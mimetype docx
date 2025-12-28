--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a615474" w14:textId="a615474">
+    <w:p w14:paraId="83bdb33" w14:textId="83bdb33">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -210,90 +210,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жарғылық капиталына мемлекет жүз пайыз қатысатын "Бәйтерек" ұлттық басқарушы холдингі" акционерлік қоғамы (бұдан әрі – қоғам) құрылсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. "Бәйтерек" холдингі қызметінің негізгі мәні өзіне меншік құқығымен тиесілі және сенімгерлік басқаруға берілген ұлттық даму институттарының, ұлттық компаниялардың және басқа да заңды тұлғалардың акциялар пакеттерін (жарғылық капиталға қатысу үлестерін) басқару, сондай-ақ агроөнеркәсіптік кешен саласындағы қызметті жүзеге асыратын заңды тұлғаларды тиімді басқару жолымен Қазақстан Республикасының агроөнеркәсіптік кешенін дамытуды ынталандыру болып айқындалсын.</w:t>
+      2. "Бәйтерек" холдингі қызметінің негізгі нысанасы өзіне меншік құқығымен тиесілі және сенімгерлік басқаруға берілген ұлттық даму институттарының, ұлттық компаниялардың және басқа да заңды тұлғалардың акциялар пакеттерін (жарғылық капиталға қатысу үлестерін) басқару, сондай-ақ агроөнеркәсіптік кешен саласындағы қызметті жүзеге асыратын заңды тұлғаларды тиімді басқару арқылы Қазақстан Республикасының агроөнеркәсіптік кешенін дамытуды ынталандыру және маңызды ірі жобаларды ұйымдастыру болып айқындалсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Үкіметінің 31.12.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 952</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Үкіметінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 981</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -793,72 +793,52 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z6" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес құрамда "Бәйтерек" ұлттық басқарушы холдингі" акционерлік қоғамы директорлар кеңесінің құрамына мемлекеттік органдардың өкілдерін сайлауды қамтамасыз етсін.</w:t>
+        <w:t>
+       7-1. Қазақстан Республикасының Ұлттық экономика министрлігі заңнамада белгіленген тәртіппен осы қаулыға 5-қосымшаға сәйкес "Бәйтерек" ұлттық инвестициялық холдингі" акционерлік қоғамының директорлар кеңесінің құрамына мемлекеттік органдардың өкілдерін сайлауды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -883,206 +863,232 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; жаңа редакцияда - ҚР Үкіметінің 17.05.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 294</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> қаулыларымен; жаңа редакцияда - ҚР Үкіметінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 981</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z18" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        8. Осы қаулы қол қойылған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="5476"/>
+        <w:gridCol w:w="6824"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5476" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6824" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5476" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Премьер-Министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6824" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С. Ахметов</w:t>
@@ -1318,647 +1324,642 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="1689"/>
+        <w:gridCol w:w="3717"/>
+        <w:gridCol w:w="6894"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р/с</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Акцияларының мемлекеттік пакеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Технологиялық даму жөніндегі ұлттық агенттік" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Отбасы банк" тұрғын үй құрылыс жинақ банкі" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қазақстан тұрғын үй компаниясы" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 98,60186962 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2012,51 +2013,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 958</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> қаулысымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2110,575 +2111,575 @@
                 <w:i w:val="false"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 958</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> қаулысымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қазақстанның Даму Банкі" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қазына Капитал Менеджмент" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "ҚазЭкспортГарант" экспорттық-кредиттік сақтандыру корпорациясы" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қазақстанның инвестициялық қоры" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Даму" кәсіпкерлікті дамыту қоры" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2918,647 +2919,642 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулыларымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="1231"/>
+        <w:gridCol w:w="3877"/>
+        <w:gridCol w:w="7192"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р/с</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Акцияларының мемлекеттік пакеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Технологиялық даму жөніндегі ұлттық агенттік" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Отбасы банк" тұрғын үй құрылыс жинақ банкі" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қазақстан тұрғын үй компаниясы" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="7192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 98,60186962 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3612,51 +3608,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 958</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> қаулысымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1231" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3883,805 +3879,784 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>меншігіне берілетін республикалық мүлік</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="736"/>
+        <w:gridCol w:w="11564"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р/с</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="11564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүліктің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="11564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="11564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1997 жылғы 14 маусымдағы Ішкі және халықаралық газ тасымалдау жүйелерінің және шаруашылық қызметінің концессиясы шартын бұзу нәтижесінде алынған газ тасымалдау жүйесінің активтері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="11564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Үштаған, Шөлтөбе, Бейнеу кенттерінде "Кавказ-15" АГТС-ке тартылған жоғары қысымды газ құбырлары және Сай-Өтес және Тәжен кенттерінде "Кавказ-10" АГТС-ке тартылған жоғары қысымды газ құбырлары </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="11564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ресей Федерациясының Алтай аймағы мен Орынбор облысы аумағында орналасқан, Қазақстан Республикасының меншігі болып табылатын теміржол көлігінің объектілері және өзге мүлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="11564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының аумағында:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) мемлекеттік шекара – Никельтау бекеті (Орск – Никельтау желісі) учаскесінде;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) мемлекеттік шекара – Тобыл бекеті (Тобыл – Қарталы желісі) учаскесінде;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) мемлекеттік шекара – Пресногорьков бекеті (Новоишимск - Утяк желісі) учаскесінде;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Петропавл станциясы (тек қана) – № 7 блок бекеті (Петропавл – Көкшетау желісі) учаскесінде орналасқан теміржол көлігінің объектілері және өзге мүлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="11564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шығыс Қазақстан облысы, Өскемен қаласы, Қайсенов көшесі 121 мекенжайы бойынша орналасқан, жалпы ауданы 71,20 шаршы метр гараж</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="11564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Бұру ұзындығы 17 771 м. (ӘЖ-10 кВ – 14676 м. электр желілері) магистральды газ құбыры және Ақтөбе облысы Шалқар ауданы Аққайтым кентіндегі АГТС (АГТСм – 1 дана) операторлары үшін екі пәтерлі тұрғын үй </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="11564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4875,832 +4850,827 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>акционерлік қоғамдар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="1637"/>
+        <w:gridCol w:w="4560"/>
+        <w:gridCol w:w="6103"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1637" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р/с</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Самұрық-Қазына" ұлттық әл-ауқат қоры" акционерлік қоғамына тиесілі акциялар пакеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1637" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1637" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қазақстанның Даму Банкі" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1637" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қазына Капитал Менеджмент" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1637" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "ҚазЭкспортГарант" экспорттық-кредиттік сақтандыру корпорациясы" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1637" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қазақстанның инвестициялық қоры" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1637" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Даму" кәсіпкерлікті дамыту қоры" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6056,69 +6026,103 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z11" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Бәйтерек" ұлттық басқарушы холдингі" акционерлік қоғамының директорлар кеңесінің құрамына сайланатын мемлекеттік органдардың өкілдері</w:t>
+        <w:t xml:space="preserve"> "Бәйтерек" ұлттық инвестициялық холдингі" акционерлік қоғамының директорлар кеңесінің құрамына сайланатын мемлекеттік органдардың өкілдері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - ҚР Үкіметінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 981</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
       Ескерту. Қаулы 5-қосымшамен толықтырылды - ҚР Үкіметінің 09.04.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 329</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен; жаңа редакцияда - ҚР Үкіметінің 18.05.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -6186,50 +6190,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 131</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 17.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 571</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 12.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 230</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулыларымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -6267,51 +6291,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Премьер-Министрінің орынбасары – Ұлттық экономика министрі, Директорлар кеңесінің мүшесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасы Президентінің кеңесшісі (келісу бойынша), Директорлар кеңесінің мүшесі</w:t>
+      Қазақстан Республикасы Президентінің экономикалық мәселелер жөніндегі көмекшісі (келісу бойынша), Директорлар кеңесінің мүшесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Қаржы министрі, Директорлар кеңесінің мүшесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7366,55 +7390,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7740,31 +7764,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>