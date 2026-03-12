--- v1 (2025-12-28)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="83bdb33" w14:textId="83bdb33">
+    <w:p w14:paraId="cad9a45" w14:textId="cad9a45">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -110,62 +110,52 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Үкіметінің 2013 жылғы 25 мамырдағы № 516 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...10 lines deleted...]
-        <w:t>БАСПАСӨЗ РЕЛИЗІ</w:t>
+        <w:t>
+      БАСПАСӨЗ РЕЛИЗІ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Даму институттарын, қаржы ұйымдарын басқару жүйесін   оңтайландыру және ұлттық экономиканы дамыту жөніндегі кейбір шаралар  туралы" Қазақстан Республикасы Президентінің 2013 жылғы 22 мамырдағы № 571 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -932,163 +922,157 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        8. Осы қаулы қол қойылған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5476"/>
-        <w:gridCol w:w="6824"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5476" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6824" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5476" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Премьер-Министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6824" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С. Ахметов</w:t>
@@ -1324,642 +1308,647 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1689"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6894"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р/с</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3717" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6894" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Акцияларының мемлекеттік пакеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3717" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6894" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3717" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Технологиялық даму жөніндегі ұлттық агенттік" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6894" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3717" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Отбасы банк" тұрғын үй құрылыс жинақ банкі" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6894" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3717" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қазақстан тұрғын үй компаниясы" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6894" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 98,60186962 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2013,51 +2002,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 958</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> қаулысымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2111,575 +2100,575 @@
                 <w:i w:val="false"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 958</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> қаулысымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3717" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қазақстанның Даму Банкі" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6894" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3717" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қазына Капитал Менеджмент" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6894" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3717" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "ҚазЭкспортГарант" экспорттық-кредиттік сақтандыру корпорациясы" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6894" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3717" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қазақстанның инвестициялық қоры" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6894" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3717" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Даму" кәсіпкерлікті дамыту қоры" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6894" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2919,642 +2908,647 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулыларымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1231"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7192"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1231" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р/с</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7192" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Акцияларының мемлекеттік пакеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1231" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7192" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1231" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Технологиялық даму жөніндегі ұлттық агенттік" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7192" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1231" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Отбасы банк" тұрғын үй құрылыс жинақ банкі" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7192" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1231" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қазақстан тұрғын үй компаниясы" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7192" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 98,60186962 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1231" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3608,51 +3602,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 958</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> қаулысымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1231" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3879,784 +3873,805 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>меншігіне берілетін республикалық мүлік</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="736"/>
-        <w:gridCol w:w="11564"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="736" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р/с</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11564" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүліктің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="736" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11564" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="736" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11564" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1997 жылғы 14 маусымдағы Ішкі және халықаралық газ тасымалдау жүйелерінің және шаруашылық қызметінің концессиясы шартын бұзу нәтижесінде алынған газ тасымалдау жүйесінің активтері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="736" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11564" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Үштаған, Шөлтөбе, Бейнеу кенттерінде "Кавказ-15" АГТС-ке тартылған жоғары қысымды газ құбырлары және Сай-Өтес және Тәжен кенттерінде "Кавказ-10" АГТС-ке тартылған жоғары қысымды газ құбырлары </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="736" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11564" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ресей Федерациясының Алтай аймағы мен Орынбор облысы аумағында орналасқан, Қазақстан Республикасының меншігі болып табылатын теміржол көлігінің объектілері және өзге мүлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="736" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11564" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының аумағында:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) мемлекеттік шекара – Никельтау бекеті (Орск – Никельтау желісі) учаскесінде;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) мемлекеттік шекара – Тобыл бекеті (Тобыл – Қарталы желісі) учаскесінде;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) мемлекеттік шекара – Пресногорьков бекеті (Новоишимск - Утяк желісі) учаскесінде;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Петропавл станциясы (тек қана) – № 7 блок бекеті (Петропавл – Көкшетау желісі) учаскесінде орналасқан теміржол көлігінің объектілері және өзге мүлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="736" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11564" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шығыс Қазақстан облысы, Өскемен қаласы, Қайсенов көшесі 121 мекенжайы бойынша орналасқан, жалпы ауданы 71,20 шаршы метр гараж</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="736" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11564" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Бұру ұзындығы 17 771 м. (ӘЖ-10 кВ – 14676 м. электр желілері) магистральды газ құбыры және Ақтөбе облысы Шалқар ауданы Аққайтым кентіндегі АГТС (АГТСм – 1 дана) операторлары үшін екі пәтерлі тұрғын үй </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="736" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11564" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4850,827 +4865,832 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>акционерлік қоғамдар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1637"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6103"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р/с</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6103" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Самұрық-Қазына" ұлттық әл-ауқат қоры" акционерлік қоғамына тиесілі акциялар пакеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6103" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қазақстанның Даму Банкі" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6103" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қазына Капитал Менеджмент" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6103" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "ҚазЭкспортГарант" экспорттық-кредиттік сақтандыру корпорациясы" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6103" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қазақстанның инвестициялық қоры" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6103" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Даму" кәсіпкерлікті дамыту қоры" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6103" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6067,275 +6087,299 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тақырып жаңа редакцияда - ҚР Үкіметінің 19.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 981</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
-      <w:r>
-[...152 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Қазақстан Республикасының Премьер-Министрі, Директорлар кеңесінің төрағасы</w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Қаулы 5-қосымшамен толықтырылды - ҚР Үкіметінің 09.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 329</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен; жаңа редакцияда - ҚР Үкіметінің 18.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 314</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен; өзгерістер енгізілді - ҚР Үкіметінің 23.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 737</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 27.09.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 838</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 28.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 131</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 17.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 571</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 12.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 230</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 20.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1118</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулыларымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасы Премьер-Министрінің бірінші орынбасары, Директорлар кеңесінің мүшесі</w:t>
+      Қазақстан Республикасының Премьер-Министрі, Директорлар кеңесінің төрағасы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасы Премьер-Министрінің орынбасары – Ұлттық экономика министрі, Директорлар кеңесінің мүшесі</w:t>
+      Қазақстан Республикасы Премьер-Министрінің бірінші орынбасары, Директорлар кеңесінің мүшесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасы Президентінің экономикалық мәселелер жөніндегі көмекшісі (келісу бойынша), Директорлар кеңесінің мүшесі</w:t>
+      Қазақстан Республикасы Премьер-Министрінің орынбасары – Ұлттық экономика министрі, Директорлар кеңесінің мүшесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Президентінің Әкімшілігі Басшысының орынбасары (келісу бойынша), Директорлар кеңесінің мүшесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Қаржы министрі, Директорлар кеңесінің мүшесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>