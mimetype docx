--- v0 (2025-10-02)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="136a300" w14:textId="136a300">
+    <w:p w14:paraId="dadfa6f" w14:textId="dadfa6f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -450,163 +450,157 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы қаулы қол қойылған күнінен бастап қолданысқа енгiзiледi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6529"/>
-        <w:gridCol w:w="5771"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6529" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5771" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6529" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Премьер-Министрi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5771" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С. Ахметов</w:t>
@@ -852,65 +846,66 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1010"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2435"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -920,344 +915,344 @@
               <w:t>
 Р/с</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өлшем бірлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2435" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баланстың ұстаушысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2435" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1296,345 +1291,345 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 М.Төлебаевтың "Біржан Сара" операсының жұмсақ және қатты декорациялары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кулисалар, көлемі 3*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2435" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Күләш Байсейітова атындағы Ұлттық опера және балет театры" республикалық мемлекеттік қазыналық кәсіпорны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Падугалар, көлемі 24*4,5 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1644,159 +1639,159 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Құздар" кулисалары, көлемі 13*3,5 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1806,159 +1801,159 @@
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ұлттық оюмен өрнектелген "Киіз үй" артқы перде, көлемі 24*13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1968,159 +1963,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ұлттық" негізгі артқы перде, көлемі 21*12 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2130,159 +2125,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Күннің батуы (киіз үй)" артқы перде, көлемі 24*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2292,159 +2287,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Киіз үй" тордан жасалған артқы перде, көлемі 24*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2454,159 +2449,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Бурабай көлі" артқы перде, көлемі 24*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2616,159 +2611,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Бурабай" тордан жасалған қиық артқы перде (жасыл желек), көлемі 24*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2778,159 +2773,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тордан жасалған (жасыл желек) аркалар, көлемі 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2940,159 +2935,159 @@
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тіл тәрізді әшекейлер, көлемі 8,7*8,5 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3102,159 +3097,159 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Құз" артқы қиық декорация, көлемі 24*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3264,159 +3259,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ағаштар және құздар" қиық артқы перде, көлемі 24*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3426,159 +3421,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төсеніш, көлемі 24*24 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3588,159 +3583,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арбадағы үй, көлемі 10*7*3 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3750,159 +3745,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баспалдағы бар алаң, көлемі 7,35*4,2*6,0 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3912,159 +3907,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сатысы бар алаң, көлемі 3,75*0,75*0,6 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4074,159 +4069,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қақпасы бар дуал, көлемі 4,75*3,75 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4236,159 +4231,159 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Киіз үйі бар станок, көлемі 5,3 6,75*1,5 м, станок, көлемі 9*4*0,8 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4398,159 +4393,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арбадағы киіз үй, көлемі 7*5,8*1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4560,159 +4555,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арбадағы киіз үй мен станок, көлемі 11*4,0*1,2, киіз үй 5,3*4,4*1,7 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4722,159 +4717,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арбадағы сәкі, көлемі 7*2,5*3,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4884,159 +4879,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арбадағы ағаш, көлемі 7*6,5*2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5046,159 +5041,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ағаштың бұтақтары, көлемі 6*4,5*10,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5208,159 +5203,159 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Сарқырама", көлемі 3,5*4,4*2,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5370,159 +5365,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арбадағы перде, көлемі 3,3*4 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5532,159 +5527,159 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арбадағы үлкен киіз үйдің есігі, көлемі 4,25*2,0*1,3 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5694,159 +5689,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арбадағы құз, көлемі 7*2,3*4 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5856,159 +5851,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арбадағы құз, көлемі 8,0-5,1*0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6018,159 +6013,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арқандағы құз, көлемі 8*7*0,5 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6180,159 +6175,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жиылмалы басқыш, көлемі 4*0,8 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6342,159 +6337,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сол жақтағы арбада орналасқан баспалдақты құз, көлемі 7,5*5*2,4 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6504,159 +6499,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арба, көлемі 3*1,2*1,1 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6666,159 +6661,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алқа, көлемі 2*1,6 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6828,159 +6823,159 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алау, көлемі 0,7*0,6*0,25 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7032,345 +7027,345 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 П.И. Чайковскийдің Аққу көлі операсының жұмсақ декорациялары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Таудағы сарай" артқы перде, көлемі 24*13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2435" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Күләш Байсейітова атындағы Ұлттық опера және балет театры" республикалық мемлекеттік қазыналық кәсіпорны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ағаштар" тордан жасалған қиық артқы перде, көлемі 24*13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7380,159 +7375,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Орман ағаштары" кулисалар аркалары, көлемі 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7542,159 +7537,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Орман ағаштары" кулисалар аркалары, көлемі 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7704,159 +7699,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Орман ағаштары" кулисалар аркалары, көлемі 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7866,159 +7861,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Орман ағаштары" кулисалар аркалары, көлемі 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8028,159 +8023,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Орман ағаштары" кулисалар аркалары, көлемі 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8190,159 +8185,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Орман ағаштары" кулисалар аркалары, көлемі 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8352,159 +8347,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Орман ағаштары" кулисалар аркалары, көлемі 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8514,159 +8509,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Орман ағаштары" кулисалар аркалары, көлемі 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8676,159 +8671,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Би залы" падугалары, көлемі 24*4 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8838,159 +8833,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Би залы" падугалары, көлемі 24*4 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9000,159 +8995,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Би залы" падугалары, көлемі 24*4 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9162,159 +9157,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Би залы" падугалары, көлемі 24*4 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9324,159 +9319,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Би залы" кулисалары, көлемі 3*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9486,159 +9481,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Би залы" кулисалары, көлемі 3*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9648,159 +9643,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Би залы" кулисалары, көлемі 3*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9810,159 +9805,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Би залы" кулисалары, көлемі 3*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9972,159 +9967,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Би залы" кулисалары, көлемі 3*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10134,159 +10129,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Би залы" кулисалары, көлемі 3*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10296,159 +10291,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Би залы" кулисалары, көлемі 3*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10458,159 +10453,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Би залы" артқы декорациясы, көлемі 24*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10620,159 +10615,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Көл" артқы перде, көлемі 24*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10782,159 +10777,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жағалау" тор секілді артқы қиық декорация, көлемі 24*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10944,159 +10939,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Орман көл" кулисалар аркалары, көлемі 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11106,159 +11101,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Орман көл" кулисалар аркалары, көлемі 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11268,159 +11263,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Орман көл" кулисалар аркалары, көлемі 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11430,159 +11425,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Орман көл" кулисалар аркалары, көлемі 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11592,159 +11587,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Орман көл" кулисалар аркалары, көлемі 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11754,159 +11749,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Орман көл" кулисалар аркалары, көлемі 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11916,159 +11911,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Орман көл" кулисалар аркалары, көлемі 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12078,159 +12073,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Орман көл" кулисалар аркалары, көлемі 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12240,159 +12235,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Би залы" кулисалары, көлемі 3*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12402,159 +12397,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тақ, көлемі 2,3*0,65*45 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12564,159 +12559,159 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәкі, көлемі 1,5*0,45*0,5 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12726,159 +12721,159 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аспалы шам, көлемі 2,65*1,5 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12888,159 +12883,159 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шандал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13092,345 +13087,345 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Б.Эйфманның Роден балетінің декорациясына арналған жарық электр техникалық бұйымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 73.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жарық пунктирлік сүйеніші бар баспалдақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2435" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Күләш Байсейітова атындағы Ұлттық опера және балет театры" республикалық мемлекеттік қазыналық кәсіпорны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баспалдақ - актерлерге жарығы бар баспалдақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13440,159 +13435,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баспалдақ торындағы актерлер үшін тік жарық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13602,159 +13597,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 76.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баспалдақ торындағы актерлер үшін көлденең жарық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13764,159 +13759,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 77.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көтеріліп түсетін "қабырғалар" - баспалдақтағы тік жарық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13926,159 +13921,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көтеріліп түсетін "қабырғалар" - терезенің автономиялық жарығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14088,159 +14083,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шамдардың сыртқы суреті бар көмескі жарық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14250,159 +14245,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шамшырақ – плафондар жарығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14412,159 +14407,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 81.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рирпроекциялық экран (жұмсақ декорациялар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14574,159 +14569,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 82.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Торлы перде (жұмсақ декорациялар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14736,159 +14731,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 83.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сурет жабыстырылған торлы перде (жұмсақ декорациялар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14898,159 +14893,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 84.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сол жақ арбаның баспалдағы (қатты декорациялар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15060,159 +15055,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оң жақ арбаның баспалдағы (қатты декорациялар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15222,159 +15217,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 86.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сол жақтағы аспалы дуал (қатты декорациялар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15384,159 +15379,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 87.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оң жақтағы аспалы дуал (қатты декорациялар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15546,159 +15541,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 88.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24 м Gerrierts дуалдың қозғалуына арналған жол (пәуеске жиынтығы және қолмен басқаратын құрылғысы бар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15708,159 +15703,159 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 89.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қалпағы бар сәндік траверса, сол жақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15870,214 +15865,207 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7751" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қалпағы бар сәндік траверса, оң жақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16169,1137 +16157,836 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 512 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Астана Опера" Мемлекеттік опера және балет театры" коммерциялық емес акционерлік қоғамы жанындағы қамқоршылық кеңестің құрамы</w:t>
+        <w:t xml:space="preserve"> "Астана Опера" Мемлекеттік опера және балет театры"  коммерциялық емес акционерлік қоғамы жанындағы қамқоршылық кеңестің құрамы</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Құрам жаңа редакцияда - ҚР Үкіметінің 01.06.2021 </w:t>
+      Ескерту. Құрам жаңа редакцияда - ҚР Үкіметінің 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 362</w:t>
+        <w:t>№ 1057</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасы Мәдениет және спорт министрі</w:t>
+      Қазақстан Республикасының Мәдениет және ақпарат министрі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Нұр-Сұлтан қаласының әкімі</w:t>
+      Қазақстан Республикасының Мәдениет және ақпарат вице-министрі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Астана қаласы әкімінің орынбасары</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Астана Опера" Мемлекеттік опера және балет театры" коммерциялық емес акционерлік қоғамының директоры (келісу бойынша)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="866"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="10730"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="866" w:type="dxa"/>
-[...131 lines deleted...]
-              <w:t>Қазақстан Республикасы Парламенті Мәжілісінің депутаты (келісу бойынша)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аблазимов </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бахаридин Нугманович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"ҚазАзот" акционерлік қоғамы директорлар кеңесінің төрағасы (келісу бойынша) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="866" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Баталов </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Райымбек Әнуарұлы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10730" w:type="dxa"/>
-[...29 lines deleted...]
-"Атамекен" Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының төралқа төрағасы (келісу бойынша)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Атамекен" Қазақстан Республикасы ұлттық кәсіпкерлер палатасы Президиумының төрағасы (келісу бойынша) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="866" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жақыпов </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нұрлан Қаршығаұлы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10730" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Самұрық-Қазына" ұлттық әл-ауқат қоры" акционерлік қоғамының басқарма төрағасы (келісу бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="866" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ибрагимов </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шухрат Алиджанұлы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10730" w:type="dxa"/>
-[...29 lines deleted...]
-ERG Sarl менеджерлер кеңесінің төрағасы (келісу бойынша)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ERG S.a.r.l. директорлар кеңесінің төрағасы (келісу бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="866" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="704" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хойтинк Сегер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10730" w:type="dxa"/>
-[...368 lines deleted...]
-ENI S.p.A. Орталық Азия филиалының басшысы (келісу бойынша)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Agip Karachaganak B.V. төрағасы және басқарушы директоры (келісу бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17599,258 +17286,242 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Астана Опера" Мемлекеттік опера және балет театры" коммерциялық емес акционерлік қоғамы жанындағы қамқоршылық кеңес туралы ЕРЕЖЕ</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Ереже жаңа редакцияда - ҚР Үкіметінің 01.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 362</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="10"/>
+    <w:bookmarkStart w:name="z43" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z44" w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z44" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Астана Опера" Мемлекеттік опера және балет театры" коммерциялық емес акционерлік қоғамы жанындағы қамқоршылық кеңес (бұдан әрі – кеңес) консультативтік-кеңесші орган болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z45" w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z45" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Кеңес өз қызметінде Қазақстан Республикасының Конституциясын, Қазақстан Республикасының заң актілерін, Қазақстан Республикасы Президентінің актілерін, сондай-ақ осы Ережені басшылыққа алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z46" w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z46" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Кеңес шешімдері ұсынымдық сипатқа ие.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z47" w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z47" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Кеңестің міндеттері мен функциялары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z48" w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z48" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Астана Опера" Мемлекеттік опера және балет театры" коммерциялық емес акционерлік қоғамының (бұдан әрі – театр) қалыптасуына және дамуына қолдау көрсету кеңестің міндеті болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z49" w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z49" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Кеңестің функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жарғылық мақсаттарды іске асыру үшін бюджеттен тыс қаржы көздерін тарту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17915,88 +17586,88 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) театрдың шығармашыл қызметкерлеріне әлеуметтік қолдау көрсету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) басқару, қаржы және шаруашылық қызмет жүйелерін жетілдіруге жәрдемдесу мәселелері бойынша ұсынымдар әзірлеу болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="17"/>
+    <w:bookmarkStart w:name="z50" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Кеңестің құқықтары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z51" w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z51" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Кеңес Қазақстан Республикасының заңнамасында белгіленген тәртіппен және өз құзыреті шегінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) театр қызметі мәселелерін талқылауға мемлекеттік органдардың, азаматтық қоғам институттарының өкілдерін тартуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18025,186 +17696,186 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Кеңес театрдың дамуына бағыттаған бюджеттен тыс қаражаттың пайдаланылуы және кеңес шешімдерінің орындалуы туралы театр басшылығынан есеп сұратуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Кеңеске жүктелген міндеттерді жүзеге асыру үшін басқа да құқықтарды жүзеге асыруға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="19"/>
+    <w:bookmarkStart w:name="z52" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Кеңестің қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z53" w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z53" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Кеңес отырысында ашық дауыс беру арқылы көпшілік дауыспен сайланған (қайта сайланған) кеңес төрағасы оның жетекшісі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z54" w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z54" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Кеңестің төрағасы болмаған жағдайда оның функцияларын кеңес шешімі бойынша кеңес мүшелерінің бірі жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z55" w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z55" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Төраға кеңес атынан әрекет етеді және осы Ережеге сәйкес оның қызметін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z56" w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z56" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Кеңестің хатшысы театр жұмыскерлері қатарынан тағайындалады және кеңес мүшесі болып табылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кеңестің хатшысы кеңес отырысына дайындықты, оның өткізілуін, материалдары мен хаттамаларын ресімдеуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="24"/>
+    <w:bookmarkStart w:name="z57" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Кеңестің төрағасы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Кеңестің қызметіне жалпы басшылықты жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18233,70 +17904,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Кеңес отырыстарында төрағалық етеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Кеңес мүшелерінің орындауы үшін міндетті нұсқаулар береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="25"/>
+    <w:bookmarkStart w:name="z58" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Кеңес мүшелері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Кеңестің жұмыс жоспары, оның отырыстарының күн тәртібі және мәселелерді талқылау тәртібі бойынша ұсыныстар енгізуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18307,128 +17978,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Кеңес отырыстарының материалдары мен оның шешімі жобаларын дайындауға қатысуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Кеңес отырысында қаралатын мәселелерді талқылауға қатысуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="26"/>
+    <w:bookmarkStart w:name="z59" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Кеңес отырыстары кеңес төрағасы белгілейтін мерзімдерде қажетіне қарай жылына екі реттен сиретпей өткізіледі және хаттамамен рәсімделеді. Кеңестің барлық мүшелері кеңес отырысының өткізілетін орны мен уақыты туралы тиісті түрде хабардар болса және мүшелерінің жалпы санының кемінде үштен екісі қатысса, кеңес отырыстары заңды деп есептеледі. Кеңес мүшелерінің өз өкілеттігін өзге лауазымды тұлғаларға беруіне жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z60" w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z60" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Кеңес шешімдері кеңес отырысына қатысып отырған мүшелерінің жалпы санының қарапайым көпшілік даусымен немесе кеңес мүшелеріне сауалнама жүргізу арқылы қабылданады. Кеңестің әрбір мүшесі дауыс беру кезінде даусын табыстау құқығынсыз бір дауысқа ие.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дауыстар тең болған жағдайда төрағаның даусы шешуші болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="28"/>
+    <w:bookmarkStart w:name="z61" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Кеңестің шешімі отырысқа қатысып отырған кеңестің барлық мүшелері қол қоюға тиіс хаттамамен ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18520,400 +18191,400 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 512 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Үкiметiнiң кейбір шешiмдерiне</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>енгiзiлетiн толықтырулар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z33" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Акциялардың мемлекеттік пакеттеріне мемлекеттік меншiктiң түрлерi және ұйымдарға қатысудың мемлекеттік үлестері туралы" Қазақстан Республикасы Үкiметiнiң 1999 жылғы 12 сәуiрдегi № 405 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 1999 ж., № 13, 124-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z37" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетiлген қаулымен бекiтiлген акцияларының мемлекеттік пакеттері мен үлестері республикалық меншікке жатқызылған акционерлік қоғамдар мен шаруашылық серiктестiктердiң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тiзбесiнде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z38" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Астана қаласы" деген бөлiм мынадай мазмұндағы реттік нөмiрi 21-158-жолмен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z39" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "21-158. "Астана Опера" Мемлекеттік опера және балет театры" коммерциялық емес акционерлік қоғамы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z34" w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z34" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Республикалық меншiктегi ұйымдар акцияларының мемлекеттiк пакеттері мен мемлекеттік үлестеріне иелiк ету және пайдалану жөнiндегi құқықтарды беру туралы" Қазақстан Республикасы Үкiметiнiң 1999 жылғы 27 мамырдағы № 659 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z40" w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z40" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетiлген қаулымен бекiтiлген иелiк ету және пайдалану құқығы салалық министрлiктерге, өзге де мемлекеттiк органдарға берiлетiн республикалық меншiк ұйымдарындағы акциялардың мемлекеттiк пакеттерiнiң және қатысудың мемлекеттiк үлестерiнiң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тiзбесiнде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z41" w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z41" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Мәдениет және ақпарат министрлiгiнiң Мәдениет комитетіне" деген бөлiм мынадай мазмұндағы реттiк нөмiрi 224-33-1-жолмен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z42" w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z42" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "222-33-1 "Астана Опера" Мемлекеттік опера және балет театры" коммерциялық емес акционерлік қоғамы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z35" w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z35" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Күші жойылды - ҚР Үкіметінің 23.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 1003</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z36" w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z36" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Күші жойылды - ҚР Үкіметінің 28.08.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 683</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>