--- v0 (2025-10-01)
+++ v1 (2026-03-12)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0201197" w14:textId="0201197">
+    <w:p w14:paraId="1b380bf" w14:textId="1b380bf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -712,15362 +713,8448 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасының азаматтарын әскери қызметке шақыруды ұйымдастыру мен жүргізу қағидалары</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Қазақстан Республикасының азаматтарын әскери  қызметке шақыруды ұйымдастыру мен жүргізу  қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар жаңа редакцияда - ҚР Үкіметінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1198</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>1-тарау. Негізгі ережелер</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+        <w:t xml:space="preserve"> 1-тарау. Негізгі ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қазақстан Республикасының азаматтарын әскери қызметке шақыруды ұйымдастыру мен жүргізу қағидалары (бұдан әрі – Қағидалар) "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасының </w:t>
+      1. Осы Қазақстан Республикасының азаматтарын әскери қызметке шақыруды ұйымдастыру мен жүргізу қағидалары (бұдан әрі – Қағидалар) "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Заң) сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Осы Қағидалар: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) азаматтарды мерзімді әскери қызметке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) запастағы офицерлерді әскери қызметке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әскери жиынға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жұмылдыру бойынша, соғыс жағдайы кезінде және соғыс уақытында әскерге шақыруды ұйымдастыру мен жүргізу тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы Қағидаларда мынадай негізгі ұғымдар қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әскери команда – екі немесе одан да көп адамнан тұратын құрамда әскери қызмет өткеретін жерге бара жатқан әскери қызметшілер тобы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) әскери команда құру – әскери бөлімдер (мекемелер) бойынша топтарды әскерге шақырылуға тиіс азаматтармен жасақтау процесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әскерге шақыру пункті – ауданның (облыстық маңызы бар қаланың) әкімшілік аумағы шегінде құрылатын, әскерге шақырылушыларды есепке алу-әскерге шақыру жұмысын жүргізуге, медициналық куәландыруға, жиын пунктіне жеткізуді және онымен бірге жүруді ұйымдастыруға арналған пункт;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) жиын пункті – облыстың (республикалық маңызы бар қаланың немесе астананың) әкімшілік аумағы шегінде құрылатын, әскерге шақырылушыларды бақылау мақсатындағы медициналық қарап-тексеруге, әскери команда құруға және оны әскери бөлімге (мекемеге) әскери қызмет өткеретін жеріне жіберуді ұйымдастыруға арналған пункт; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасы Қорғаныс министрлігінің ақпараттық жүйесі (бұдан әрі – ҚР ҚМ АЖ) – жұмылдыру ресурсын есепке алудың азаматтарды дербес әскери есепке алуға және ақпараттық жүйемен интеграциялық өзара іс-қимыл жасауға арналған автоматтандырылған жүйесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Әскери қызметке шақырылатын азаматтарды шақырту Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>30-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағына сәйкес шақырту бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шақыртуда:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) шақырылатын азаматтың тегі, аты, әкесінің аты (бар болса) және туған күні;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шақырту жіберген органның атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) азаматтың келуі қажет органның мекенжайы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) шақырту жіберілген күн;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жергілікті әскери басқару органына келетін күні мен уақыты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) азаматты шақырту мақсаты туралы мәліметтер қамтылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Азаматты шақыру мақсаты медициналық куәландыру немесе қарап-тексеру, зерделеу, әскерге шақыру комиссиясының отырысына немесе әскери қызмет өткеру үшін әскери бөлімге (мекемеге) жіберу үшін, әскери қызметке тиесілігін айқындау үшін шақыру болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z23" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Ұйым басшылары – жұмыс берушілер жергілікті әскери басқару органы шақырған кезде қызметкерлерді хабардар етуді ұйымдастырады, сондай-ақ олардың уақтылы келу мүмкіндігін қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z24" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Азаматтарды медициналық куәландыру, бақылау мақсатында медициналық қарап-тексеру, қайта медициналық куәландыру мен медициналық қайта куәландыру тәртібі, сондай-ақ медициналық комиссияның құрамы Қазақстан Республикасы Қорғаныс министрінің 2020 жылғы 21 желтоқсандағы № 716 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21869 болып тіркелген) Қазақстан Республикасының Қарулы Күштерінде әскери-дәрігерлік сараптама жүргізу қағидаларына және әскери-дәрігерлік сараптама комиссиясы туралы ережеге сәйкес айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z25" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Әскери қызметке немесе әскери жиынға шақырылатын жұмыскерлер жергілікті әскери басқару органына шақырылған кезде медициналық комиссиядан өтіп жүрген кезеңде жұмыс орны (лауазымы), жұмыс орнындағы жалақысы сақталады, ал әскерге шақыру бойынша әскери қызмет өткеріп (жұмылдыру бойынша, соғыс жағдайы кезіндегі және соғыс уақытындағы әскери қызметті қоспағанда) немесе әскери жиында жүрген кезінде жұмыс орны (лауазымы) сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорғаныс істері басқармалары (бөлімдері) жұмыскерді әскери жиынға шақыру туралы хабарламаны шақырылған күнінен бастап үш жұмыс күнінен кешіктірмей жұмыс (оқу) орнына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...152 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="13"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Азаматтарды мерзімді әскери қызметке шақыруды ұйымдастыру мен жүргізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z27" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Азаматтарды мерзімді әскери қызметке шақыру Заңның 31-бабына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қарулы Күштерді, басқа да әскерлер мен әскери құралымдарды жасақтау үшін қажетті санда мерзімді әскери қызметке әскерге шақыруды кейінге қалдыруға немесе одан босатылуға құқығы жоқ он сегіз – жиырма жеті жас аралығындағы азаматтар шақырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Алдағы күнтізбелік жылға Қазақстан Республикасының Қарулы Күштерін, басқа да әскерлері мен әскери құралымдарын жасақтау үшін азаматтарды мерзімді әскери қызметке шақыру жоспары (бұдан әрі – әскерге шақыру жоспары) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жасалады, оған Қазақстан Республикасы Қарулы Күштерінің, басқа да әскерлері мен әскери құралымдарының әскери басқару органы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша әзірлейтін, жыл сайын 15 қазанға дейін ҚР ҚК Бас штабына ұсынатын әскери бөлімдерді (мекемелерді) жасақтауға өтінім негіз болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскерге шақыру жоспарынан үзінді және оны іске асыру құжаттары тиісті жылғы 10 қаңтарға дейін әскери басқару органдары мен жергілікті әскери басқару органдарына таратылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қажет болғанда әскерге шақыру жоспарына өзгерістер енгізу күзгі әскерге шақыру басталғанға дейін, бірақ 20 тамыздан кешіктірілмей Үкімет қаулысымен белгіленген ағымдағы жылға әскери қызметке шақырылатын азаматтар саны шегінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Қорғаныс істері департаменттері тиісті жылғы 1 ақпанға және 1 тамызға дейінгі мерзімде бағынысты қорғаныс істері басқармаларына (бөлімдеріне) бақылау мақсатында медициналық қарап-тексеру және әскери команданы жөнелту графигін азаматтарды әскерге шақыруға бөлінген тапсырмасымен бірге жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Қазақстан Республикасының Қарулы Күштерін, басқа да әскерлері мен әскери құралымдарын уақтылы және сапалы жасақтауды қамтамасыз ету мақсатында азаматтарды мерзімді әскери қызметке кезекті шақыруға дайындалу кезеңінде жергілікті әскери басқару органы мерзімді әскери қызметке шақырылатын азаматтарды зерделеуді ұйымдастырады және жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Әскерге шақырылушыларды зерделеу қорғаныс істері басқармаларында (бөлімдерінде) олардың денсаулық жағдайы туралы; жұмыс (оқу) орны туралы; білімінің бар-жоғы туралы; отбасы құрамы туралы; жүргізуші куәлігінің бар-жоғы туралы; Қазақстан Республикасының аумағында болуы туралы; қылмыстық құқық бұзушылық жасаған-жасамағаны туралы мәліметтерді жоспарлы жинақтау негізінде жүзеге асырылады және екі кезеңде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірінші кезең қорғаныс істері басқармаларында (бөлімдерінде) жыл сайын 10 қаңтардан 28 ақпанға дейін және 10 шілдеден 28 тамызға дейін өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Екінші кезең жыл сайын 1 наурыздан 30 маусымға дейін және 1 қыркүйектен 31 желтоқсанға дейін жиын пунктінде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13.  Бағынысты қорғаныс істері басқармаларында (бөлімдерінде) зерделеуді ұйымдастыру мақсатында қорғаныс істері департаменттерінде мынадай іс-шаралар жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) әскерге шақырылушыларды зерделеу жоспары жасалады; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) зерделеуді бақылау үшін қорғаныс істері департаменттерінің жеке құрамы бекітіліп, әскерге шақырылушыларды зерделеуді ұйымдастыру және жүргізу туралы бұйрық шығарылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) зерделеуге дайындалу және оны жүргізу барысын бақылау жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Қорғаныс істері басқармаларында (бөлімдерінде) әскерге шақырылушыларды зерделеу үшін мынадай іс-шаралар жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әскерге шақырылушыларды зерделеуге дайындалу және оны жүргізу жоспары жасалады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) әскерге шақырылушыларды зерделеуді ұйымдастыру және жүргізу туралы бұйрық шығарылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) зерделейтін лауазымды адамдар бекітіліп, зерделенетін әскерге шақырылушылардың тізімі жасалады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әскерге шақырылушыларды зерделеу графигі мен мерзімі жасалады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Заңның 17-бабының 4-тармағында көрсетілген мәліметтер мемлекеттік органдардың мемлекеттік ақпараттық жүйесімен өзара іс-қимыл жасауды қамтамасыз ету арқылы сұратылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік ақпараттық жүйелер арасында өзара іс-қимыл болмағанда Заңның 17-бабының 4-тармағында көрсетілген мәліметтерді қорғаныс істері басқармалары (бөлімдері) тиісті сұрау салу арқылы үш жұмыс күні ішінде алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Әскерге шақырылушыларды іріктеу мен зерделеуді Қарулы Күштер, басқа да әскерлер мен әскери құралымдар, арнаулы мемлекеттік органдар өкілдерімен бірлесіп жүргізуге жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Мемлекеттік күзет қызметін (бұдан әрі – МКҚ) және Ұлттық қауіпсіздік комитетінің Шекара қызметін (бұдан әрі – ҰҚК ШҚ) жасақтау үшін әскерге шақырылушыларды іріктеу мен зерделеу басым тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Іріктеп алынған әскерге шақырылушылардың тізімін жасақталатын жергілікті әскери басқару органына өкілдер тиісті әскери бөлімдерді (мекемелерді) жасақтау басталғанға дейін 15 күн қалғанда жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Қорғаныс істері басқармаларында (бөлімдерінде) зерделенген әскерге шақырылушылардың тізімі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес 28 ақпанға және 28 тамызға қарай қорғаныс істері департаментіне беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Азаматтарды мерзімді әскери қызметке кезекті шақыру барысында зерделеуден өтпеген әскерге шақырылушылар медициналық куәландыруға жіберілгенге дейін зерделенеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Азаматтарды әскери қызметке шақыруды жергіліктi атқарушы орган ұйымдастырады және қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жергілікті атқарушы орган: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) есепке алу-әскерге шақыру жұмысын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) медициналық куәландыру және бақылау мақсатында медициналық қарап-тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) психологиялық зерделеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әскери командалар құру және оларды әскери қызмет өткеретін жеріне, әскери бөлімдерге (мекемелерге) жіберуді ұйымдастыру мақсатында жергілікті әскери басқару органын жабдықталған әскерге шақыру және жиын пунктімен, оны күтіп-ұстауды, дәрі-дәрмекпен, керек-жарақпен, өртке қарсы, медициналық және шаруашылық мүлкімен, автомобиль көлігімен, сондай-ақ байланыс және күзет құралдарымен қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Жиын пунктінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қорғаныс істері басқармаларынан (бөлімдерінен) келетін әскерге шақырылушыларды орналастыратын үй-жай;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) әскерге шақырылушылар санитариялық тазалықтан өтетін үй-жай (монша, себезгі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әскерге шақырылушылармен тәрбие жұмысы жүргізілетін үй-жай;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әрбір маман дәрігерге қажетті жабдығы бар бір бөлме есебінен медициналық қарап-тексеретін үй-жай;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) флюорографиялық қарап-тексеретін үй-жай не көшпелі рентген-кешені;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) әскерге шақырылушыларды психологиялық зерделейтін үй-жай;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тамақтанатын үй-жай;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) азық сақталатын және әскери командаға жолға азық берілетін үй-жай;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) әскери команда құрылатын үй-жай;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) әскери команданы қабылдау және онымен бірге жүру үшін келген әскери бөлім (мекеме) өкілдері орналастырылатын үй-жай;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) дезинфекциялық камерасы бар санитариялық өткізгіш, екі инфекциядан оқшаулағыш, санитариялық торап;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) әскерге шақырылушылар сапқа тұрғызылатын, саптық және спорттық сабақ өткізілетін жер болуға тиіс. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жиын пунктінде жиын пунктінің қолбасшылығы, кезекші қызмет және әскери тәртіп пен реттілікті сақтау үшін тағайындалатын басқа да адамдар орналасатын жер болуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үй-жайлар мен санитариялық өткізгіш санитариялық нормалар мен қағидаларға сәйкес болуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. Азаматтарды мерзімді әскери қызметке шақыруды ұйымдастыру мен жүргізу үшін облыстарда (республикалық маңызы бар қалаларда немесе астанада) және аудандарда (облыстық маңызы бар қалаларда) жергілікті атқарушы органның шешімі бойынша Заңның 28-бабында айқындалған құрамда әскерге шақыру комиссиясы құрылады. Әскерге шақыру комиссиясының тағайындалған мүшелерінің бірі сырқаттанып қалған немесе басқа да дәлелді себеппен болмай қалатын жағдайларға тиісті жергілікті атқарушы органның шешімімен әскерге шақыру комиссиясының резервтік құрамы айқындалады және бекітіледі. Жергілікті әскери басқару органы бірнеше әкімшілік ауданға қызмет көрсететін болса, әскерге шақыру комиссиясы әрбір ауданда тиісті аудан әкімі орынбасарының төрағалық етуімен құрылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Аудандық (облыстық маңызы бар қаланың) әскерге шақыру комиссиясының төрағасы комиссияның тиісті жұмысын қамтамасыз етеді және оның жұмысы басталғанға дейін осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша облыстың (республикалық маңызы бар қаланың немесе астананың) жергілікті атқарушы органы бекітетін үлгілік ережеге сәйкес оның мүшелерінің міндеттерін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21. Аудандық (облыстық маңызы бар қаланың) әскерге шақыру комиссиясы медициналық куәландыру нәтижесі бойынша: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жарамдылық дәрежесін "Әскери қызметке жарамды" немесе "Әскери қызметке елеусіз шектеумен жарамды" деп айқындап, "Әскери қызметке шақыруға жатады";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жарамдылық дәрежесін "Әскери қызметке уақытша жарамсыз" деп айқындап, "Әскери қызметке шақыру кейінге қалдырылсын";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жарамдылық дәрежесін "Бейбіт уақытта әскери қызметке жарамсыз, соғыс уақытында шектеулі жарамды" деп айқындап, "Әскери қызметке шақырудан босатылсын";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4)  жарамдылық дәрежесін "Әскери есептен шығарумен әскери қызметке жарамсыз" деп айқындап, "Әскери міндетті атқарудан босатылсын" деген шешімдердің бірін қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудандық (облыстық маңызы бар қаланың) әскерге шақыру комиссиясы медициналық куәландыру нәтижесі бойынша қабылдайтын шешімнен осы Қағидаларға 5-қосымшаға сәйкес нысан бойынша отырыс хаттамасы ҚР ҚМ АЖ-да электрондық түрде жасалады. Отырыс хаттамасына бір күн бойы қаралған барлық әскерге шақырылушы енгізіледі, ол комиссия төрағасының, мүшелерінің және хатшысының электрондық цифрлық қолтаңбасымен куәландырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚР ҚМ АЖ болмағанда не техникалық істен шыққанда отырыс хаттамасы осы Қағидаларға 6-қосымшаға сәйкес нысан бойынша аудандық (облыстық маңызы бар қала) әскерге шақыру комиссиясының хаттамалары кітабында ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22. Аудандық (облыстық маңызы бар қаланың) әскерге шақыру комиссиясы қабылдаған шешімді қайта қарау үшін: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) прокурорлық қадағалауға ден қою актісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сот шешімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) облыстық (республикалық маңызы бар қала немесе астана) әскерге шақыру комиссиясының шешімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) азаматтың қабылданған шешіммен келіспейтіні туралы шағымы негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінің 1) – 3) тармақшаларында көзделген негіздер бойынша аудандық (облыстық маңызы бар қаланың) әскерге шақыру комиссиясы өз шешімінің күшін жояды және аудандық (облыстық маңызы бар қала) әскерге шақыру комиссиясының хаттамалары кітабының 8-бағанына тиісті жазба енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Аудандық (облыстық маңызы бар қала) әскерге шақыру комиссиясының шешімімен келіспеу туралы шағым Қазақстан Республикасының Әкімшілік рәсімдік-процестік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тәртіппен қаралады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Аудандық (облыстық маңызы бар қаланың) әскерге шақыру комиссиясы әскерге шақырылатын әскерге шақырылушыларды олардың денсаулық жағдайын, антропометриялық деректерін, білімін, мамандығы мен кәсібін ескеріп, Қазақстан Республикасы Қарулы Күштерінің түрлері мен әскер тектері бойынша, сондай-ақ басқа да әскерлері мен әскери құралымдарына бөледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) МКҚ-ны жасақтау үшін "Қазақстан Республикасының арнаулы мемлекеттік органдары туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Қазақстан Республикасының Мемлекеттік күзет қызметі туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-1-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген ерекшеліктер ескеріліп, білім деңгейі ортадан төмен емес және МКҚ бастығы белгілеген МКҚ әскери қызметшілеріне қойылатын дене шынықтыру дайындығы талаптарына сәйкес келетін әскерге шақырылушылар жіберіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) ҰҚК ШҚ-ны жасақтау үшін "Қазақстан Республикасының арнаулы мемлекеттік органдары туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген ерекшеліктер ескеріліп, білім деңгейі ортадан төмен емес және ҰҚК ШҚ әскери қызметшілеріне қойылатын дене шынықтыру дайындығы талаптарына сәйкес келетін әскерге шақырылушылар жіберіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) десанттық-шабуылдау әскерін жасақтау үшін білім деңгейі ортадан төмен емес дене бітімі жақсы дамыған, бірінші кезекте парашютші спортшылар қатарынан әскерге шақырылушылар жіберіледі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) зымыран, авиациялық, броньды танк техникасын және радиотехникалық аппаратура шығарумен байланысты ұйымда жұмыс істейтін әскерге шақырылушылар тиісті әскер түрлері мен әскер тектерін жасақтауға жіберіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) білімі жоғары әскерге шақырылушылар біліміне және әскери даярлық бейініне ұқсас мамандық бойынша оқу-жаттығу бөліміне жіберіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) математика, физика және инженерлік-экономикалық факультетті бітірген әскерге шақырылушылар радиотехникалық, зениттік-зымыран бөлімдеріне, Қазақстан Республикасы Қарулы Күштерінің барлық түрінің, басқа да әскерлері мен әскери құралымдарының байланыс бөлімдеріне жіберіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ауыл шаруашылығын механикаландыру және электрлендіру факультетін бітірген әскерге шақырылушылар танк, авиация, зениттік-зымыран бөлімдеріне және азаматтық қорғаныс саласындағы уәкілетті органның азаматтық қорғаныс әскери бөлімдеріне, Қазақстан Республикасының Ұлттық ұланына жіберіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) медицина және фармацевтика факультетін бітірген әскерге шақырылушылар Қазақстан Республикасының Қарулы Күштеріне, басқа да әскерлері мен әскери құралымдарына тиісінше кіші медициналық персонал лауазымына жіберіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) Қазақстан Республикасының Ұлттық ұланын жасақтау үшін іріктеу білімі негізгі орта білімнен төмен емес әскерге шақырылушылар қатарынан жүзеге асырылады. Бұл ретте бұған дейін сотталып, ондай жазасы заңда белгіленген тәртіппен өтелмеген немесе алынбаған, қылмыс жасағаны үшін бұрын сотталған немесе Қазақстан Республикасы Қылмыстық-процестік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>35-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші бөлігінің 3), 4), 9), 10) және 12) тармақтары немесе 36-бабы негізінде қылмыстық жауаптылықтан босатылған, сондай-ақ бұған дейін сотталып, ондай жазасы әскерге шақырылушы әскерге шақырылған кезде белгіленген тәртіппен өтелмеген немесе алынбаған жақын туысы бар адамдар шақырылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24.  Мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отбасы жағдайы бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) білім алуды жалғастыру үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) денсаулық жағдайы бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) басқа да себептер бойынша азаматтарды мерзімді әскери қызметке шақыру кейінге қалдырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25.  Аудандық (облыстық маңызы бар қала) әскерге шақыру комиссиясының шешімімен медициналық куәландыру кезінде әскери қызметке уақытша жарамсыз деп танылған азаматтарды бір жылға дейінгі мерзімге денсаулық жағдайы бойынша мерзімді әскери қызметке шақыру кейінге қалдырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z61" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26. Осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1), 2) және 4) тармақшаларында көзделген негіздер бойынша мерзімді әскери қызметке шақыруды кейінге қалдыру Қазақстан Республикасы Қорғаныс министрінің 2020 жылғы 5 қарашадағы № 605 бұйрығымен бекітілген (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21613 болып тіркелген) "Әскерге шақыруды кейінге қалдыру" мемлекеттік қызметін көрсету қағидаларына және "Азаматтарды әскери қызметке шақырудан босату" мемлекеттік қызметін көрсету қағидаларына (бұдан әрі – Мемлекеттік қызмет көрсету қағидалары) сәйкес беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z62" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Әскерге шақыруды кейінге қалдыру негізінің күші жойылған адамдар жалпы негізде мерзімді әскери қызметке шақырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z63" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Азаматтар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) және 4) тармақшаларында көзделген негіздер бойынша аудандық (облыстық маңызы бар қаланың) әскерге шақыру комиссиясы төрағасының атына жеке өтініш беру арқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасында көзделген негіздер бойынша мүдделі адамдардан нотариат куәландырған тиісті құжатпен қоса аудандық (облыстық маңызы бар қаланың) әскерге шақыру комиссиясы төрағасының атына жеке өтініш беру арқылы мерзімді әскери қызметке шақыруды кейінге қалдырудан бас тартуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мүдделі адамдар – Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>35-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағының 1) тармақшасында көрсетілген басқа адамның көмегі мен күтіміне мұқтаж отбасы мүшелері.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      29. Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>36-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағының 3), 5) және 6) тармақшаларында көзделген негіздер бойынша азаматтар Мемлекеттік қызмет көрсету қағидаларына сәйкес мерзімді әскери қызметке шақырудан босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z65" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Аудандық (облыстық маңызы бар қала) әскерге шақыру комиссиясының "Әскери қызметке шақырудан босатылсын" және "Әскери міндетті атқарудан босатылсын" деген шешімін облыстық (республикалық маңызы бар қаланың немесе астананың) әскерге шақыру комиссиясы қабылданған шешімнің дұрыстығы тұрғысынан тексеруге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру үшін қорғаныс істері басқармаларының (бөлімдерінің) лауазымды адамдары облыстық (республикалық маңызы бар қаланың немесе астананың) әскерге шақыру комиссиясына медициналық қарап-тексеру нәтижесімен қоса есепке алу картасы мен медициналық куәландыру картасын береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттарды тексеру нәтижесі бойынша облыстық (республикалық маңызы бар қаланың немесе астананың) медициналық комиссия медициналық куәландыру картасына шешіммен келісу не қайта куәландыруға жіберу туралы тұжырыммен жүргізілген тексеру туралы тиісті белгі жасайды. Медициналық комиссияның тексеру нәтижесін облыстық (республикалық маңызы бар қаланың немесе астананың) әскерге шақыру комиссиясы қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Аудандық (облыстық маңызы бар қала) әскерге шақыру комиссиясының әскери қызметке шақырудан босату туралы шешімінің дұрыстығын тексеру нәтижесі осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тәртіппен ресімделеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Мерзімді әскери қызметке шақырудан босатылған азаматтар Қазақстан Республикасы Қорғаныс министрінің 2017 жылғы 24 қаңтардағы № 28 бұйрығымен бекітілген (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14881 болып тіркелген) Әскери міндеттілер мен әскерге шақырылушыларды әскери есепке алу қағидаларына (бұдан әрі – Әскери есепке алу қағидалары) сәйкес запасқа қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери міндетін атқарудан босатылған азаматтар әскери есептен шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Денсаулық жағдайы бойынша әскери қызметке жарамсыз деп танылған азаматтарды қоспағанда, әскери қызметке шақырудан босатылуға құқылы азаматтар аудандық (облыстық маңызы бар қаланың) әскерге шақыру комиссиясы төрағасының атына өтініш беру арқылы өзінің қалауы бойынша әскери қызметке шақырылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z68" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Облыстық (республикалық маңызы бар қала немесе астана) әскерге шақыру комиссиясының төрағасы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      комиссияның тиісті жұмысын қамтамасыз етеді және ол басталғанға дейін осы Қағидаларға 4-қосымшаға сәйкес нысан бойынша облыстың (республикалық маңызы бар қаланың немесе астананың) жергілікті атқарушы органы бекітетін үлгілік ережеге сәйкес оның мүшелерінің міндеттерін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       аудандық (облыстық маңызы бар қала) әскерге шақыру комиссиясының ісіне басшылық жасауды және оны бақылауды, азаматтарды әскери қызметке шақыруды кейінге қалдырудың және одан босатудың, азаматтардың шағымы мен жолданымын қараудың дұрыстығын тексеруді ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      34. Облыстық (республикалық маңызы бар қаланың немесе астананың) әскерге шақыру комиссиясы бақылау мақсатында медициналық қарап-тексеру нәтижесі бойынша: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жарамдылық дәрежесін "Әскери қызметке жарамды" немесе "Әскери қызметке елеусіз шектеумен жарамды" деп айқындап, "Әскери қызметке шақыруға жатады";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жарамдылық дәрежесін "Әскери қызметке уақытша жарамсыз" деп айқындап, "Әскери қызметке шақыру кейінге қалдырылсын";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жарамдылық дәрежесін "Бейбіт уақытта әскери қызметке жарамсыз, соғыс уақытында шектеулі жарамды" деп айқындап, "Әскери қызметке шақырудан босатылсын";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жарамдылық дәрежесін "Әскери есептен шығарумен әскери қызметке жарамсыз" деп айқындап, "Әскери міндетті атқарудан босатылсын" деген шешімдердің бірін қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Облыстық (республикалық маңызы бар қаланың немесе астананың) әскерге шақыру комиссиясы аудандық (облыстық маңызы бар қала) әскерге шақыру комиссиясының әскери қызметке шақырудан босату туралы шешімінің дұрыс еместігін анықтағанда оның күшін жою туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Облыстық (республикалық маңызы бар қаланың немесе астананың) әскерге шақыру комиссиясы бақылау мақсатында медициналық қарап-тексеру нәтижесі бойынша қабылдайтын шешімнен осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша отырыс хаттамасы ҚР ҚМ АЖ-да электрондық түрде жасалады. Отырыс хаттамасына бір күн бойы қаралған әскерге шақырылушылар енгізіледі, ол комиссия төрағасының, мүшелерінің және хатшысының электрондық цифрлық қолтаңбасымен куәландырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ҚР ҚМ АЖ болмағанда не техникалық істен шыққанда отырыс хаттамасы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша облыстық (республикалық маңызы бар қала немесе астана) әскерге шақыру комиссиясының хаттамалары кітабында ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Облыстық (республикалық маңызы бар қаланың немесе астананың) әскерге шақыру комиссиясы қабылдаған шешімді қайта қарау үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) прокурорлық қадағалауға ден қою актісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сот шешімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) денсаулық жағдайы бойынша әскери қызметке жарамсыз деп танылған мерзімді әскери қызметтегі әскери қызметші әскери ант қабылдағанға дейін құрылымында әскери қызмет өткеру көзделген уәкілетті орган басшысы оған қатысты қабылдаған бұйрық;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) азаматтың қабылданған шешіммен келіспейтіні туралы шағымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) азаматтың аудандық (облыстық маңызы бар қаланың) әскерге шақыру комиссиясы қабылдаған шешіммен келіспейтіні туралы шағымы негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінің 1) – 3) тармақшаларында көзделген негіздер бойынша облыстық (республикалық маңызы бар қаланың немесе астананың) әскерге шақыру комиссиясы өз шешімінің күшін жояды және облыстық (республикалық маңызы бар қала немесе астана) әскерге шақыру комиссиясының хаттамалары кітабының 9-бағанына тиісті жазба енгізеді, сондай-ақ аудандық (облыстық маңызы бар қаланың) әскерге шақыру комиссиясы шешімінің күшін жою туралы шешім шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Облыстық (республикалық маңызы бар қала немесе астана), аудандық (облыстық маңызы бар қала) әскерге шақыру комиссиясының шешімімен келіспеу туралы шағым Қазақстан Республикасының Әкімшілік рәсімдік-процестік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тәртіппен қаралады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Аудандық (облыстық маңызы бар қала) әскерге шақыру комиссиясының және облыстық (республикалық маңызы бар қала немесе астана) әскерге шақыру комиссиясының шешіміне сәйкес мерзімді әскери қызметке шақыруға жатады деп танылған азаматтарды жиын пунктіне жеткізуге дайындау кезінде қорғаныс істері басқармаларында (бөлімдерінде) ҚР ҚМ АЖ-дан олардың есепке алу картасы басып шығарылады және ол мынадай материалдармен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) медициналық куәландыру және бақылау мақсатында медициналық қарап-тексеру нәтижесі бар медициналық куәландыру картасымен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сотталған-сотталмағаны туралы анықтамамен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) есепке алу картасында жоқ құжаттардың көшірмелерімен толықтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      37. Мерзімді әскери қызметке шақырылатын азаматтарды жиын пунктіне ұйымдасқан түрде жеткізу үшін олармен бірге жүретін адам тағайындалады, оған олардың есепке алу картасы, есептік-қызметтік картасы және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша тиісті қорғаныс істері басқармасы (бөлімі) жиын пунктіне жіберген, мерзімді әскери қызметке шақырылатын азаматтардың атаулы тізімінің (бұдан әрі – атаулы тізім) үш данасы беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атаулы тізімнің бірінші және екінші данасы облыстың (республикалық маңызы бар қаланың және астананың) жиын пунктінде қалады, ал үшінші данасына команданы қабылдағаны туралы қорғаныс істері департаменті бастығы орынбасарының (әскерге шақыру жұмысы мәселесіне жетекшілік ететін) қолтаңбасы қойылып, қорғаныс істері басқармасына (бөліміне) қайтарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Азаматтарды мерзімді әскери қызметке шақыру туралы бұйрық шыққаннан кейін атаулы тізімнің бірінші және екінші данасындағы 13-баған толтырылады. Көрсетілген данаға қорғаныс істері департаменті бастығының орынбасары (әскерге шақыру жұмысы мәселесіне жетекшілік ететін) қол қояды және ол елтаңбалы мөрмен куәландырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атаулы тізімнің бірінші данасы есепке алынады және қорғаныс істері департаментінде сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атаулы тізімнің екінші данасы қорғаныс істері басқармасына (бөліміне) қайтарылады, қызметтік іс жүргізуде есепке алынады және сақтау үшін архивке беріледі. 13-бағандағы әскерге шақыру туралы жазба Әскери есепке алу қағидаларына 14-қосымшаға сәйкес нысан бойынша белгіленген есепке алу-әліпби кітабына көшіріліп жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      38. Мерзімді әскери қызметке шақырылатын азаматтарды қорғаныс істері басқармаларынан (бөлімдерінен) жиын пунктіне дейін және одан кері жеткізу жергілікті бюджеттің тиісті қаржы жылына арналған қаражаты есебінен теміржол немесе автомобиль көлігімен жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z74" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Зерделеудің екінші кезеңі шеңберінде атаулы тізімге сәйкес жиын пунктіне келген азаматтарды психологиялық зерделеуге жіберер алдында есепке алу картасы материалының мазмұны ҚР ҚМ АЖ-дағы жаңартылған мәліметтермен салыстырып тексеріледі, салыстырып тексерілген әрбір құжатқа салыстырып тексеруші салыстыру уақыты мен күнін көрсетіп, қолын қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қаралып жатқан азаматқа қатысты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мерзімді әскери қызметке шақыруды кейінге қалдыру не одан босату үшін негіз болатын мәлімет анықталғанда азамат қорғаныс істері басқармасына (бөліміне) қайтарылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мерзімді әскери қызметке шақыруды кейінге қалдыру не одан босату үшін негіз болатын мәлімет анықталғанда көрсетілген мәліметтер ҚР ҚМ АЖ-дан басып шығарылып, есепке алу картасына қоса тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Салыстырып тексеру жүргізілгеннен кейін азамат психологиялық зерделеуге жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Психологиялық зерделеу моральдық-психологиялық қасиетін айқындау және әскери бөлімдер (мекемелер) бойынша психологиялық тұрғыдан дайындығы мен төзімділік деңгейіне сәйкес анағұрлым ұтымды, оның ішінде психодиагностиканың техникалық құралдарын қолданып бөлу мақсатында жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Психологиялық зерделеу барысында: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      суицид жасау қатері факторының бар-жоғыы (әскерге шақырылушының анамнезіндегі суицид жасау ойы, жоспары, суицид жасау әрекеті); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жақын туысында расталған отбасылық суицид жасау анамнезі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      психологиялық зерделеу барысында бейімделуі қиын болуының немесе психоэмоционалдық тұрғыдан қолайсыз жағдайының объективті белгілері анықталғанда мерзімді әскери қызметке шақырылатын азаматтармен тереңдетілген психологиялық зерделеу жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тереңдетілген психологиялық зерделеу нәтижесі бойынша психологиялық қорытынды жасалады, онда анықталған тәуекел факторы, әскерге шақырылушының жеке басының ерекшелігі мен бейімделу әлеуеті сипатталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қосымша тексеру қажет болғанда әскерге шақырылушы медициналық комиссияның шешімі бойынша суицид жасау қатерін түпкілікті бағалау және Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 30 қарашадағы № ҚР ДСМ-224/2020 бұйрығымен бекітілген (нормативтік-құқықтық актілерді мемлекеттік тіркеу тізілімінде 2020 жылғы 2 желтоқсанда № 21712 болып тіркелген) Қазақстан Республикасының халқына психикалық денсаулық саласында медициналық-әлеуметтік көмек көрсетуді ұйымдастыру стандартына сәйкес психикалық денсаулық жай-күйі бойынша әскери қызметке жарамдылық санатын айқындау үшін медициналық-әлеуметтік мекемеге жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Психологиялық зерделеу және тереңдетілген психологиялық зерделеу нәтижесі есепке алу картасына тіркеледі және азамат әскери бөлім (мекеме) өкілімен әңгімелесуге жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Психологиялық зерделеу мен тереңдетілген психологиялық зерделеу нәтижесі ұсынымдық сипатта болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әңгімелесуден кейін наркологиялық тестілеу жүргізіледі, оның нәтижесі есепке алу картасына тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наркологиялық тестілеуде оң нәтиже болса, азамат облыстық (республикалық маңызы бар қала және астана) әскерге шақыру комиссиясының шешімімен наркологиялық диспансерге қосымша медициналық қарап-тексеруге жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Әскери бөлімнің (мекеменің) әскери команданы қабылдау және онымен бірге жүру үшін тағайындалған өкілдері жиын пунктіне әскери командалар жөнелтілгенге дейін кемінде үш тәулік бұрын келеді. Бұл ретте жеке құрамның өзімен бірге:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жеке басын куәландыратын құжаттар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) іссапар куәлігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әскери бөлімнен (мекемеден) әскери команданы қабылдауға және онымен бірге жүруге берілген сенімхат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әскери командаға қабылданған әскерге шақырылушыларға медициналық кітапша бланкісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) әскери команданы жеткізуге маршрут парағы болуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Әскери бөлімнің (мекеменің) өкілдері жиын пунктінде болған кезеңде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) құқық тәртібін және жұмыс уақыты регламентін сақтау мәселелері бойынша қорғаныс істері департаменті бастығының орынбасарына (әскерге шақыру жұмысы мәселесіне жетекшілік ететін) бағынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) әскери командаларға қабылдар алдында әскерге шақырылушылармен жеке әңгімелесу өткізеді, оның нәтижесі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша әңгімелесу парағында көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескертпе. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әңгімелесу нәтижесі азаматты әскери командаға қабылдаудан бас тартуға негіз болып табылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әскерге шақырылатын әскерге шақырылушыларды наркологиялық тестілеу кезінде өзі қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4)  терісінің сырылуы мен гематоманың, сондай-ақ денсаулығында және антропометриялық деректерінде қандай да бір айқын ауытқудың бар-жоғы тұрғысынан әскери командаларға қабылданған әскерге шақырылушылардың денсін күнде қарап-тексереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тамақтанған және санитариялық тазалық шараларынан өткен кезде әскери командаларға қабылданған әскерге шақырылушылармен бірге жүреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Жиын пунктінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әскери командаларды құру үш тәуліктен аспайтын мерзімде жүргізіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) әскерге шақырылушыларға (резервті ескеріп) үш мезгіл ыстық тамақ беру жергілікті атқарушы органның қаражаты есебінен ұйымдастырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3)  әскери команда құрамында жөнелтілетіндердің жалпы санының жиырма пайызына дейін әскерге шақырылушылар резервін ұстауға жол беріледі, ол әскери командаларға қабылданған әскерге шақырылушыларды ауыстыру керек болғанда қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Қорғаныс істері департаменттерінің бастықтары және олардың орынбасарлары (тәрбие және идеологиялық жұмыс мәселесіне жетекшілік ететін) жиын пунктінде әскерге шақырылушылар арасында қажетті тәрбие жұмысы мен идеологиялық жұмысты ұйымдастырады, шығарып салуға келген ата-анамен түсіндіру жұмысын жүргізеді, сондай-ақ жергілікті атқарушы орган, қоғамдық ұйым өкілдерінің және әскерге шақырылушылардың ата-анасының қатысуымен әскери командалардың жеке құрамын салтанатты түрде шығарып салуды ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жиын пунктінде, сондай-ақ жолда әскерге шақырылушылармен тәрбие жұмысы мен идеологиялық жұмыс кезінде жоғары ұйымшылдық пен тәртіпті қамтамасыз етуге, жергілікті тұрғындарға қатысты бұзақылық және басқа да жат қылық жасау жағдайын болғызбауға назар аударылады. Жол жүргенде және тоқтаған жерде өзін-өзі ұстау қағидалары мен қауіпсіздік шаралары, жеке құрамның әскери тәртіпті, мемлекеттік құпияларды құрайтын мәліметтерді қатаң сақтау қажеттілігі түсіндіріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Әскери команданы құру аяқталғаннан кейін әскери командаға қабылданған әскерге шақырылушыларға қатысты ҚР ҚМ АЖ-ны қолданып, мерзімді әскери қызметке шақыру және әскери атақ беру туралы қорғаныс істері департаменті бастығының бұйрығы (бұдан әрі – әскерге шақыру туралы бұйрық) шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскерге шақыру туралы бұйрықты жасау кезінде техникалық істен шығу (ақау) орын алғанда бұйрықты қағаз жеткізгіште басып шығаруға, кейіннен бұйрықты бұрын айқындалған деректемелермен ҚР ҚМ АЖ-да қайта шығаруға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскерге шақыру туралы бұйрық шыққаннан кейін белгіленген тәртіппен кейіннен қол қойғызып беру үшін сержант және қатардағы жауынгер құрамының әскери билеті жазып беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери командаға қабылданған азамат қорғаныс істері департаменті бастығының әскерге шақыру туралы бұйрығы шыққан сәттен бастап мерзімді әскери қызметтің әскери қызметшісі мәртебесіне ие болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мерзімді әскери қызметке шақырылған және құрылымында әскери қызмет өткеру көзделген уәкілетті орган басшысының бұйрығы негізінде әскери ант қабылдағанға дейін денсаулық жағдайы бойынша қайтарылған азаматқа қатысты әскерге шақыру туралы бұйрықтың күшін жою туралы қорғаныс істері департаменті бастығының бұйрығы шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      45. Әскери қызмет өткеретін жерге кететін күні әскери бөлім (мекеме) өкілдері бірге жүру үшін әскери команданы тиісті қорғаныс істері департаменті бастығының бұйрығымен мерзімді әскери қызметке шақырылған және әскери бөлімге (мекемеге) жіберілген азаматтарды атаулы тізім бойынша қабылдайды, ол тізімі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша екі данада жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атаулы тізімнің бірінші данасы әскери бөлім (мекеме) өкіліне мынадай құжаттармен беріледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      азық-түлік аттестаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      маршрут парағы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 065/у нысанындағы профилактикалық екпе картасынан үзінді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      есептік-қызметтік карта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      медициналық кітапша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      психологиялық зерделеу нәтижесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атаулы тізімнің екінші данасы қорғаныс істері департаментінде есепке алынады және әскери билет беру ведомосымен бірге сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери команда әскери қызмет өткеретін жерге кеткеннен кейін әскерге шақырылған азаматтардың есепке алу картасы бұдан әрі екі жыл бойы сақтау үшін тиісті қорғаныс істері басқармаларына (бөлімдеріне) қайтарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      46. МКҚ-ға әскерге шақырылған мерзімді әскери қызметтің әскери қызметшілері әскери қызмет өткеретін жерге келгеннен кейін әскери ант қабылданғанға дейін "Қазақстан Республикасының арнаулы мемлекеттік органдары туралы" Қазақстан Республикасы Заңының 7-бабында көзделген талаптарға сәйкес келуін тексеру бойынша іс-шаралар жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мерзiмдi әскери қызметтің әскери қызметшiлерінiң белгiленген талаптарға сәйкес келмейтiнi анықталғанда әскери бөлiм командирi оларды әскери бөлiм тiзiмiнен шығару туралы бұйрық шығарады және оны әскерге шақырылған жері бойынша қорғаныс iстерi департаментіне жiбередi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      47. Қазақстан Республикасының Қарулы Күштеріне, басқа да әскерлері мен әскери құралымдарына мерзімді әскери қызметке шақырылған азаматтарды жеткізуге жұмсалған шығынды өтеуді тиісті мемлекеттік орган республикалық бюджетте осы мақсатқа көзделген қаражат шегінде жеткізуді жүзеге асыратын ұйым ұсынған шот бойынша оған тікелей жүргізеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z83" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      48. Әскери бөлім (мекеме) мерзімді әскери қызметтің әскери қызметшілеріне талап ету орны бойынша ұсыну үшін осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша тиісті анықтама береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z84" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      49. Мәліметтерді ҚР ҚМ АЖ-ға енгізу мақсатында мерзімді әскери қызметке шақырылатын азаматтар жиын пунктінде жөнелту алдында осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша дербес деректерді жинауға, өңдеуге және кредиттік бюроға беруге келісімге қол қояды, ол ҚР ҚМ АЖ-да электрондық есепке алу картасына қоса тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z85" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Азаматтарды мерзімді әскери қызметке шақыруды ұйымдастыру мен жүргізу тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="14"/>
+        <w:t xml:space="preserve"> 3-тарау. Запастағы офицерлерді әскери қызметке шақыруды ұйымдастыру мен жүргізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z86" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Запастағы офицерлерді офицер құрамының лауазымына әскери қызметке шақыру Заңның 32-бабына сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Денсаулық жағдайы бойынша әскери қызметке жарамды және әскерге шақыруды кейінге қалдыруға немесе одан босатылуға құқығы жоқ, Қазақстан Республикасының жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымы жанындағы әскери кафедрада (әскери факультетте) запастағы офицерлер бағдарламасы бойынша әскери даярлықты бітірген жиырма тоғыз жасқа толмаған запастағы офицерлер және отыз екі жасқа толмаған медициналық қызметтің запастағы офицерлері әскери қызметке шақырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Запастағы офицерлер бейбіт уақытта офицер құрамының лауазымында әскери қызмет өткеру үшін құрылымында әскери қызмет өткеру көзделген уәкілетті органдардың (бұдан әрі – уәкілетті орган) өтінімі бойынша Қазақстан Республикасы Үкіметінің қаулысымен бекітілген санда әскерге шақырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Қорғаныс істері басқармалары (бөлімдері) осы Қағидалардың 50-тармағында белгіленген талаптарға сәйкес келетін запастағы офицерлерді зерделеу және іріктеу жұмысын жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Запастағы офицерлерді зерделеу және іріктеу рәсімі екі кезеңде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірінші кезеңде запастағы офицерлерді әскери қызметке шақыруға тапсырма алғаннан кейін он жұмыс күні ішінде қорғаныс істері басқармаларында (бөлімдерінде) мынадай іс-шаралар жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дайындалу және зерделеу мен іріктеу жоспары жасалады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) зерделеу мен іріктеуді ұйымдастыру және жүргізу туралы бұйрық шығарылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) зерделейтін және іріктейтін лауазымды адамдарды бекітіп, зерделеуге жататын запастағы офицерлердің тізімі жасалады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) зерделеу мен іріктеу графигі жасалады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Заңның 17-бабының 4-тармағында көрсетілген мәліметтер мемлекеттік органның мемлекеттік ақпараттық жүйесінің өзара іс-қимыл жасауын қамтамасыз ету арқылы сұратылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік ақпараттық жүйелер арасында өзара іс-қимыл болмағанда Заңның 17-бабының 4-тармағында көрсетілген мәліметтерді қорғаныс істері басқармалары (бөлімдері) үш жұмыс күні ішінде тиісті сұрау салу бойынша алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зерделеудің екінші кезеңі шеңберінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) запастағы офицерлер медициналық куәландыруға жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Медициналық куәландыру нәтижесі (жарамдылық дәрежесі) ҚР ҚМ АЖ-ның электрондық есепке алу картасына енгізіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ҚР ҚМ АЖ-да электрондық есепке алу картасы жаңартылады;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Азаматтарды мерзімді әскери қызметке шақыру Заңның </w:t>
-[...9 lines deleted...]
-        <w:t>31-бабына</w:t>
+      3) запастағы офицермен әңгімелесу жүргізіледі, оның нәтижесі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша әңгімелесу парағына енгізіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) материал ресімделеді және арнайы тексеру үшін жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Запастағы офицердің әскери қызметке шақыруға сәйкес келетіні туралы шешім зерделеу, медициналық куәландыру және арнайы тексеру нәтижесі бойынша қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>35-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағының 1) және 2) тармақшаларында көзделген отбасы жағдайы бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) білім алуды жалғастыру үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) денсаулық жағдайы бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) басқа да себептер бойынша запастағы офицерлерді әскери қызметке шақыру кейінге қалдырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери қызметке шақыру осы тармақтың 1), 2) және 4) тармақшаларында көзделген негіздер бойынша Мемлекеттік қызмет көрсету қағидаларына сәйкес кейінге қалдырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Медициналық куәландыру кезінде жарамдылық дәрежесі "Әскери қызметке уақытша жарамсыз" деп айқындалған запастағы офицерлерді әскери қызметке шақыру денсаулық жағдайы бойынша бір жылға дейінгі мерзімге кейінге қалдырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жарамдылық дәрежесі туралы қорытындысы бар медициналық куәландыру картасының сканерленген көшірмесі электрондық есепке алу картасының "Құжаттар" деген бөліміне жүктеледі, сондай-ақ ҚР ҚМ АЖ-дағы "Жарамдылық дәрежесі" деген жолға тиісті өзгеріс енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z89" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      53. Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>36-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағының 3), 5) және 6) тармақшаларында көзделген негіздер бойынша запастағы офицерлерді әскери қызметке шақырудан босату Мемлекеттік қызмет көрсету қағидаларына сәйкес беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Медициналық куәландыру кезінде: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жарамдылық дәрежесі "Бейбіт уақытта әскери қызметке жарамсыз, соғыс уақытында шектеулі жарамды" деп айқындалған запастағы офицерлер әскери қызметке шақырудан босатылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жарамдылық дәрежесі "Әскери есептен шығарумен әскери қызметке жарамсыз" деп айқындалған запастағы офицерлер әскери есептен шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жарамдылық дәрежесі туралы қорытындысы бар медициналық куәландырудың сканерленген көшірмесі электрондық есепке алу картасының "Құжаттар" деген бөліміне жүктеледі, сондай-ақ ҚР ҚМ АЖ-дағы "Жарамдылық дәрежесі" деген жолға тиісті өзгеріс енгізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Запастағы офицерлер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>52-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) және 4) тармақшаларында көзделген негіздер бойынша тиісті қорғаныс істері басқармасы (бөлімі) бастығының атына өзі өтініш беру арқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>52-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасында көзделген негіздер бойынша мүдделі адамдардан нотариат куәландырған тиісті құжатпен қоса тиісті қорғаныс істері басқармасы (бөлімі) бастығының атына өзі өтініш беру арқылы әскери қызметке шақыруды кейінге қалдырудан бас тартуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мүдделі адамдар – Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>35-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағының 1) тармақшасында көрсетілген басқа адамның көмегіне және күтіміне мұқтаж отбасы мүшелері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Денсаулық жағдайы бойынша әскери қызметке жарамсыз деп танылған адамдарды қоспағанда, әскери қызметке шақырудан босатылуға құқығы бар запастағы офицерлер тиісті қорғаныс істері басқармасы (бөлімі) бастығының атына өзі өтініш берсе, олар өз қалауы бойынша әскери қызметке шақырылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Қорғаныс істері басқармалары (бөлімдері) кейіннен уәкілетті органға жіберу үшін әскери қызметке шақыруға іріктелген запастағы офицерлердің мынадай материалдарын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қызметтік картасын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) медициналық картасын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) білімі туралы құжаттың (құжаттардың) көшірмесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сотталған-сотталмағаны туралы хабарламаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қорғаныс істері басқармасының (бөлімінің) бастығы куәландырған арнайы тексеру нәтижесінің көшірмесін қорғаныс істері департаментіне жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56.  Әскери қызметке шақыру үшін іріктелген запастағы офицерлерге қорғаныс істері департаменті берген материал бойынша уәкілетті органның басшысы оларды әскерге шақыру туралы бұйрық шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Запастағы офицерлерді әскери қызметке шақыру туралы бұйрықтан үзінді тиісті әскери бөлімге (мекемеге) және қорғаныс істері департаментіне жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Запастағы офицерлерді әскери қызметке шақыру туралы бұйрықтан үзіндіні алған сәттен бастап әскери бөлім (мекеме) командирі (бастығы) тиісті жергілікті әскери басқару органымен өзара іс-қимылды ұйымдастыру арқылы олардың келуін бақылауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z94" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Тиісті қорғаныс істері басқармасының (бөлімінің) бастығы уәкілетті орган басшысының запастағы офицерді әскери қызметке шақыру туралы бұйрығынан үзіндіні алған сәттен бастап жеті жұмыс күні ішінде соның негізінде әскери қызметке шақырылған офицердің әскери қызмет өткеретін жерге кетуі туралы бұйрық шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорғаныс істері басқармасы (бөлімі) бастығының запастағы офицердің кетуі туралы бұйрығы шыққан сәттен бастап ол әскери қызметші мәртебесіне ие болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Қорғаныс істері басқармасының (бөлімінің) бастығы әскерге шақырылған офицерге нұсқама береді және оның әскери бөлімге (мекемеге) кетуін бақылауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұсқамада көрсетілген әскери қызмет өткеретін жерге келетін күні жұмыс орнынан шығару және жолда жүру үшін қажетті уақыт ескеріліп айқындалады. Әскери қызмет өткеретін жерге келудің жалпы мерзімі нұсқама берілген күннен бастап есептелетін күнтізбелік он күннен аспауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери қызметке шақырылған офицердің кетуі туралы ақпарат қорғаныс істері департаментіне және ол әскери қызмет өткеруге жіберілген әскери бөлімге (мекемеге) хабарланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әскери қызметке шақырылған офицер кету туралы бұйрық шыққан сәттен бастап үш жұмыс күні өткеннен кейін нұсқама алу үшін келмегенде қорғаныс істері басқармасының (бөлімінің) бастығы әскери полиция органы мен қорғаныс істері департаментіне нұсқаманы уақтылы тапсыруға бағытталып қабылданған шаралардан нәтиже болмағаны туралы хабарлайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Кеткен сәттен бастап үш жұмыс күні ішінде әскери қызметке шақырылған офицердің жеке ісі тиісті әскери бөлімге (мекемеге) жіберіледі, онда мынадай материал:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қызметтік тізім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қызметтік карта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) аттестаттау парағы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасы Қорғаныс министрінің офицер құрамының әскери атағын беру туралы бұйрығынан үзінді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) уәкілетті орган басшысының әскери қызметке шақыру туралы бұйрығынан үзінді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қорғаныс істері басқармасы (бөлімі) бастығының әскери қызмет өткеретін жерге кетуі туралы бұйрығынан үзінді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) зертханалық және аспаптық зерттеу нәтижесін, сондай-ақ созылмалы ауруы бар пациентті динамикалық бақылау орталығынан берілген анықтамамен қоса медициналық куәландыру картасының көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) ішкі істер органынан әкімшілік құқық бұзушылықтың бар-жоғы туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) сотталған-сотталмағаны туралы хабарлама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) мемлекеттік кіріс органының белгіленген нысанындағы салық есептілігін электрондық түрде, оның ішінде жұбайы (зайыбы) үшін де, қабылдағаны немесе қабылдамағаны туралы хабарлама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) білімі туралы құжаттың (құжаттардың) көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) өмірбаян (өз қолымен жазылған және терілген);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) зерделеу парағы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) жеке нөмірі жазылған жетон болуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Әскери бөлімнің (мекеменің) кадр бөлімшесі әскери қызметке шақырылған офицер қызмет өткеретін жеріне келмегенде себебін нақтылау үшін тиісті жергілікті әскери басқару органына сұрау салу жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z98" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Әскери жиынға шақыруды ұйымдастыру және оны өткізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z99" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. Әскери жиынның негізгі мақсаттары әскери бөлімдердің (мекемелердің) жауынгерлік және жұмылдыру даярлығын арттыру, сондай-ақ жұмылдыру, соғыс жағдайы кезеңінде және соғыс уақытында Қазақстан Республикасының Қарулы Күштерін, басқа да әскерлері мен әскери құралымдарын жасақтауға қажетті әскери оқытып-үйретілген ресурсты даярлау және запаста ұстау болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z100" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      63. Әскери жиынға шақыру Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>33-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери жиынға әскери қызметке жарамды, әскерге шақырудан босатылуға құқығы жоқ әскери міндеттілер шақырылуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      64. Әскери жиынға шақырудан босату Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>36-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағында көзделген негіздер бойынша беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>36-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағының 9) тармақшасында көрсетілген адамдарды қоспағанда, әскери жиынға шақырудан босатуға құқығы бар азаматтар тиісті қорғаныс істері басқармасы (бөлімі) бастығының атына өзі өтініш берсе, олар өз қалауы бойынша әскери жиынға шақырылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Әскери жиынды ұйымдастыруды мен өткізуді жалпы жоспарлауды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қарулы Күштерде (аумақтық әскерді қоспағанда) – Қазақстан Республикасы Қарулы Күштерінің Бас штабы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) басқа да әскерлер мен әскери құралымдарда – Қазақстан Республикасы Қарулы Күштерінің Бас штабымен келісу бойынша уәкілетті орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) аумақтық әскерде – Қазақстан Республикасы Қарулы Күштерінің Бас штабымен келісу бойынша жергілікті атқарушы орган жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z103" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Әскери жиын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әскери міндеттілерді даярлау және қайта даярлау мақсатында өткізілетін оқу-жаттығу жиыны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) төтенше жағдай режимін енгізу және қамтамасыз ету, төтенше жағдай мен олардың салдарын жою іс-шараларын орындау мақсатында және Қазақстан Республикасының Президенті айқындайтын өзге де жағдайда өткізілетін арнайы жиын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) соғыс уақытының ұйымдық-штаттық құрылымында міндеттерді орындауға арналған әскери бөлімдердің (мекемелердің) әзірлігін тексеру мақсатында өткізілетін тексеру жиыны болып бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Әскери-оқытылған ресурсты даярлау және жинақтау үшін оқу-жаттығу жиыны өткізіледі, оның барысында:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) запастағы сержанттар мен қатардағы жауынгерлерден запастағы офицерлерді даярлау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) әскери міндеттілерді жоғары лауазымға даярлау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әскери міндеттілерді басқа да әскери-есептік мамандыққа қайта даярлау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әскери білімді жетілдіру және әскери міндеттілерді қару-жарақ пен әскери техниканың жаңа түрінде даярлау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қару-жарақ пен әскери техникаға, сондай-ақ жұмсалмайтын қор мүлкі мен ұзақ сақталатын қорға қызмет көрсету жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z105" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Төтенше жағдай режимін енгізу және қамтамасыз ету, төтенше жағдай мен олардың салдарын жою іс-шараларын орындау мақсатында және Қазақстан Республикасының Президенті айқындайтын өзге де жағдайда жүктелген міндеттерді орындау үшін қажетті санда азаматтарды арнайы жиынға шақыру жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z106" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Әскери басқару органының, әскери бөлімдердің (мекемелердің) соғыс уақытының ұйымдық-штаттық құрылымында міндеттерді орындауға әзірлігін тексеру (инспекциялау) үшін тексеру жиыны өткізіледі, оның барысында:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әскери басқару органының, әскери бөлімдердің (мекемелердің), бөлімшелердің жауынгерлік және жұмылдыру әзірлігінің жеке элементтерін тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) әскери міндеттілердің жұмылдыруда арналуы бойынша лауазымдық міндеттерін орындауға әзірлігін тексеру жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Әскери жиынға шақырылатын әскери міндеттілер саны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әскери басқару органына, Қарулы Күштердің әскери бөлімдеріне (мекемелеріне) (аумақтық әскерді қоспағанда) – Қазақстан Республикасы Қорғаныс министрінің бұйрығы негізінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) әскери басқару органына, басқа да әскерлер мен әскери құралымдардың әскери бөлімдеріне (мекемелеріне) – Қорғаныс министрлігімен келісу бойынша уәкілетті мемлекеттік орган бірінші басшысының бұйрығы негізінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қарулы Күштер аумақтық әскерінің аумақтық органына жұмылдыру даярлығы, Қазақстан Республикасы аумақтық қорғанысының дайындығы жөніндегі іс-шаралар шеңберінде – Қазақстан Республикасы Қарулы Күштерінің Бас штабымен келісу бойынша облыс, республикалық маңызы бар қала, астана әкімдігінің қаулысы негізінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Қарулы Күштерге оқу-жаттығу және тексеру жиынына шақырылатындар саны Қазақстан Республикасы Қарулы Күштерінің әскери басқару органынан ҚР ҚК Бас штабына жыл сайын алдағы жылға 1 қарашаға дейін жіберілетін өтінім негізінде жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алынған өтінім негізінде, алдағы жылға Қарулы Күштердің жұмылдыру даярлығы іс-шараларын ескеріп, ҚР ҚК Бас штабы Қазақстан Республикасы Қорғаныс министрінің әскери міндеттілерді тиісті жылға әскери жиынға шақыру туралы бұйрығын және Қорғаныс министрінің бірінші орынбасары – ҚР ҚК Бас штабының бастығы бекітетін әскери жиынды өткізу жоспарын әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. Арнайы жиынға шақырылатындар саны ҚР ҚК Бас штабына жіберілетін әскери басқару органының, мемлекеттік және жергілікті атқарушы органның өтінімі негізінде жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z110" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Басқа да әскерлер мен әскери құралымдарға, аумақтық әскер бөлімшелеріне оқу-жаттығу және тексеру жиынына шақырылатындар саны әскери басқару органы мен аумақтық әскер бөлімшелері жыл сайын алдағы жылға 1 қарашаға дейін тиісінше уәкілетті немесе жергілікті атқарушы органға жіберетін өтінім негізінде жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алынған өтінім негізінде алдағы жылға жұмылдыру даярлығы іс-шараларын ескеріп, уәкілетті және жергілікті атқарушы орган ҚР ҚК Бас штабымен келісілетін тиісті бұйрық (қаулы) және әскери жиын өткізу жоспарын әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Қазақстан Республикасының Қарулы Күштері өткізетін әскери жиынға әскери міндеттілерді шақыру нұсқауын және нарядын ҚР ҚК Бас штабы әскери жиын басталғанға дейін екі ай бұрын әскери басқару органына және жергілікті әскери басқару органына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқа да әскерлер мен әскери құралымдар, аумақтық әскер бөлімшелері өткізетін әскери жиынға әскери міндеттілерді шақыру нұсқауын және нарядын ҚР ҚК Бас штабы әскери жиын басталғанға дейін бір ай бұрын жергілікті әскери басқару органына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. ҚР ҚК Бас штабының нұсқауы негізінде әскери басқару органы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мамандықтар бойынша шақырылатын әскери міндеттілер санын, жиынды өткізу мерзімін, сондай-ақ жиынды материалдық-техникалық қамтамасыз ету, оқу-жаттығу алаңы мен оқ ату алаңын бөлу іс-шараларын көрсетіп, әскери бөлімдер (мекемелер) үшін әскери жиын өткізу жоспарын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бағынысты әскери бөлімдерде (мекемелерде) әскери міндеттілердің әскери жиынды ұйымдастыру және өткізу мәселелері бойынша оқу бағдарламаларын, әдістемелік ұсынымды және тиісті нұсқауды әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. Қазақстан Республикасының Қарулы Күштерін, басқа да әскерлері мен әскери құралымдарын уақтылы және сапалы жасақтауды қамтамасыз ету мақсатында әскери жиынға дайындалу кезеңінде жергілікті әскери басқару органы әскери жиынға шақыру үшін әскери міндеттілерді іріктеу мен зерделеуді ұйымдастырады және жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери жиынға шақыру үшін әскери міндеттілерді зерделеу мен іріктеу әскери басқару органының, әскери бөлім (мекеме) өкілдерімен бірлесіп жүргізілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z114" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. Әскери міндеттілерді іріктеу мен зерделеу әскери жиын міндеттері мен түрін ескеріп, қорғаныс істері басқармаларында (бөлімдерінде) жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Іріктеу мен зерделеу үшін мынадай іс-шаралар жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) зерделеуге жататын әскери міндеттілердің тізімі жасалады және оны өткізу күні белгіленеді; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ҚР ҚМ АЖ арқылы электрондық есепке алу картасындағы мәліметтер жаңартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚР ҚМ АЖ-да жоқ қосымша мәліметтерді алу қажет болғанда мемлекеттік органдар мен ұйымдарға тиісті сұрау салу жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z115" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. Әскери міндеттілерді сапалы іріктеуді ұйымдастыру үшін жергілікті әскери басқару органы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әскери жиын облыс (республикалық маңызы бар қала, астана) аумағында өткізілгенде – қорғаныс істері басқармалары (бөлімдері);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әскери жиынды облыс (республикалық маңызы бар қала, астана) аумағынан тыс жерде өткізілгенде – қорғаныс істері департаменттері жасақталатын әскери бөлімдермен (мекемелермен) өзара іс-қимыл жасауды ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z116" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Әскери оқу-жаттығу жиынына:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) запастағы сержанттар мен қатардағы жауынгерлерден запастағы офицерлерді даярлау үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      командалық бейін бойынша – білімі жоғары және тиісті әскери-есептік мамандық бойынша әскери қызмет өткерген, 30 жасқа толмаған запастағы сержанттар мен қатардағы жауынгерлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инженерлік-техникалық және басқа да бейін бойынша – әскери-есептік мамандық бейініне жақын мамандық бойынша білімі жоғары немесе ол бойынша әскери қызмет өткерген, 35 жасқа толмаған запастағы сержанттар мен қатардағы жауынгерлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы Қағидалардың 67-тармағының 2) – 5) тармақшаларында көзделген әскери міндеттілерді даярлау үшін – тиісті әскери-есептік мамандық бойынша әскери қызмет өткерген не азаматтық мамандығы немесе практикалық жұмыс тәжірибесі әскери-есептік мамандыққа жақын 40 жасқа толмаған әскери міндеттілер басымдықпен шақырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z117" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. Тексеру жиынына Қазақстан Республикасының Қарулы Күштерін, басқа да әскерлері мен әскери құралымдарын жасақтауға арналған әскери міндеттілер шақырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әскери жиынға шақырудан босатылған әскери міндеттілер осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>79-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасында көзделген талаптарға сәйкес келетін әскери міндеттілермен ауыстырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z118" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. Оқу-жаттығу жиынына және арнайы жиынға дайындалу кезеңінде шақыру үшін іріктелген әскери міндеттілер медициналық куәландыруға жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру жиынына шақыру кезінде денсаулық жағдайына шағым жасаған әскери міндеттілер медициналық қарап-тексерілуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери міндеттілердің ұшқыш-мамандар құрамы дәрігер-ұшқыштар комиссиясында медициналық қарап-тексерілуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Медициналық куәландыру картасы нәтижеслермен бірге запастағы офицерлердің жеке ісіне тігіледі, ал сержант және қатардағы жауынгер құрамының жеке ісі қызметтік іс жүргізуде есепке алынады және тиісті іске тігіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери жиынға шақырылатын запастағы офицерлердің жеке ісі әскери бөлімдерге (мекемелерге) құпия поштамен жіберіледі, ал атаулы тізім, ұшу кітапшасы және медициналық кітапша режимдік бөлімдерге (мекемелерге) оларды жиын басталардан екі күн бұрын алу есебінен құпия пошта арқылы жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z119" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82. Мемлекеттік құпияларға рұқсат ету талап етілетін әскери бөлімдерге (мекемелерге) шақырылатын әскери міндеттілерге рұқсат ету мемлекеттік құпияларды қорғау саласындағы заңнамаға сәйкес ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z120" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Әскери жиынға шақыру үшін іріктелген әскери міндеттілерді хабардар ету әскери команданы құру және әскери жиын өткізілетін жерге дейін жеткізу уақытын ескеріп, алдын ала жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z121" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Әскери міндеттілерді тексеру жиынына шақыру жұмылдыру жоспарына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z122" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. Облыс (республикалық маңызы бар қала, астана) аумағында әскери жиын өткізу кезінде әскери команда құру аяқталғаннан кейін әскери командаға қабылданған әскери міндеттілерге қатысты әскери жиынға шақыру туралы қорғаныс істері басқармасы (бөлімі) бастығының бұйрығы ҚР ҚМ АЖ қолданылып шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шақыру туралы бұйрық жасау кезінде техникалық істен шыққанда (ақау) орын алғанда бұйрықты қағаз жеткізгіште басып шығаруға, кейіннен бұйрықты бұрын анықталған деректемелермен ҚР ҚМ АЖ-да қайта шығаруға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери жиынға шақыру туралы бұйрық шығарылғаннан кейін бұрын әскери билеті болмаған әскери міндеттілерге белгіленген тәртіппен әскери билет жазылып, кейіннен оларға қолтаңбасы қойғызылып беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорғаныс істері басқармасы (бөлімі) бастығының әскери міндеттілерді әскери жиынға шақыру туралы бұйрығынан үзінді әскери жиыннан өтетін жерге (басқа да әскерлер мен әскери құралымдарға және аумақтық әскерге жіберілетінді қоспағанда) азық-түлік аттестатын жазу және жіберу үшін қорғаныс істері департаментіне жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери командаға қабылданған әскери міндетті қорғаныс істері басқармасы (бөлімі) бастығының жиынға шақыру туралы бұйрығы шыққан сәттен бастап әскери қызметші мәртебесіне ие болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Шақырылған әскери міндеттілерді оқу-жаттығу жиынынан және арнайы жиыннан өтетін жерге ұйымдасқан түрде жеткізу үшін олармен бірге жүретін адам тағайындалады, оған әскери команданы жеткізуге маршрут парағы және тиісті жергілікті әскери басқару органы әскери жиынға шақырған және әскери бөлімге (мекемеге) жіберген әскери міндеттілердің осы Қағидаларға 15-қосымшаға сәйкес нысан бойынша жасалған атаулы тізімінің (бұдан әрі – атаулы тізім) екі данасы беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атаулы тізімге командирдің (бастықтың) орынбасарларының бірі қол қояды және әскери команда қабылданғаннан кейін әскери бөлімнің (мекеменің) елтаңбалы мөрімен куәландырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атаулы тізімнің бірінші данасы әскери бөлімде (мекемеде) қалады, ал екінші данасы қорғаныс істері департаментіне қайтарылады, қызметтік іс жүргізуде есепке алынады және архивке сақтауға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z124" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87. Әскери командаларды облыс (республикалық маңызы бар қала, астана) шегінен тыс оқу-жаттығу жиынына және арнайы жиынға жіберу жиын пункті арқылы жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шақырылатын әскери міндеттілерді жиын пунктіне жеткізуді ұйымдастыруды және тиісті құжаттарды жіберуді қорғаныс істері басқармалары (бөлімдері) қорғаныс істері департаментінің нұсқауына және нарядына сәйкес ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z125" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88. Жиын пунктінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әскери команда құру бір тәуліктен аспайтын мерзімде жүргізіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) әскери команда құрамында жөнелтілетіндердің жалпы санының жиырма пайызына дейін әскерге шақырылушылар резервін ұстауға жол беріледі, ол әскери командаларға қабылданған әскерге шақырылушыларды ауыстыру керек болғанда қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z126" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89. Әскери жиын облыс (республикалық маңызы бар қала, астана) аумағынан тыс жерде өткізілгенде әскери пунктте әскери команда құру аяқталғаннан кейін әскери командаға қабылданған әскери міндеттілерге қатысты қорғаныс істері департаменті бастығының әскери жиынға шақыру туралы бұйрығы ҚР ҚМ АЖ қолданылып шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жиынға шақыру туралы бұйрық жасаған кезінде техникалық істен шығу (ақау) орын алғанда бұйрықты қағаз жеткізгіште басып шығаруға, кейіннен бұйрықты бұрын анықталған деректемелермен ҚР ҚМ АЖ-да қайта шығаруға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери жиынға шақыру туралы бұйрық шығарылғаннан кейін белгіленген тәртіппен бұрын әскери билеті болмаған әскери міндеттілерге әскери билет жазылып, кейіннен оларға қолтаңбасын қойғызып беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери командаға қабылданған әскери міндетті қорғаныс істері департаменті бастығының жиынға шақыру туралы бұйрығы шыққан сәттен бастап әскери қызметші мәртебесіне ие болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z127" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      90. Оқу-жаттығу жиынына және арнайы жиынға шақырылған әскери міндеттілерді жиын пунктінен әскери қызмет өткеретін жерге ұйымдасқан түрде жеткізу үшін бірге жүретін адам(дар) тағайындалады, оған (оларға): </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) екі данада әскери міндеттілердің атаулы тізімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) азық-түлік аттестаты (басқа да әскерлер мен әскери құралымдарға және аумақтық әскерге жіберілетіндерді қоспағанда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әскери команданы жеткізуге маршрут парағы беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери жиынға шақырылған әскери міндеттілердің атаулы тізіміне командирдің (бастықтың) орынбасарларының бірі қол қояды және әскери команда қабылданғаннан кейін әскери бөлімнің (мекеменің) елтаңбалы мөрімен куәландырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атаулы тізімнің бірінші данасы әскери бөлімде (мекемеде) қалады, ал екінші данасы қорғаныс істері департаментіне қайтарылады, қызметтік іс жүргізуде есепке алынады және архивке сақтауға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z128" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. Ұшқыш-мамандар құрамын даярлау әскери жиынына шақырылған әскери міндеттілермен бірге жүретін адамға мөр қойылған қосымша ұшу кітапшасы және медициналық кітапша беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z129" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. Әскери командамен бірге жүретін адам әскери жиыннан өтетін жерге келгеннен кейін әскери команданы атаулы тізім бойынша қабылдау пунктінің бастығына береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z130" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93. Әскери жиынға шақырылған әскери міндеттілерді жауынгерлік даярлау әскери жиын өткізудің әдістемелік нұсқаулары мен бағдарламаларына сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z131" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      94. Әскери жиын өткізетін әскери бөлім (мекеме) командирлері жиынға шақырылған әскери міндеттілердің жауынгерлік даярлығын ұйымдастыруға және оның сапасына, әскери жиынды уақтылы және толық материалдық-техникалық қамтамасыз етуге, оқу базасын дайындауға, әскери міндеттілерді қабылдауды және жиыннан жіберуді ұйымдастыруға жауапты болады. Құпия жұмысты жүргізу және құпия құжаттардың, техника мен қару-жарақтың сақталуын қамтамасыз ету үшін қажетті жағдай жасауға ерекше назар аударылуға тиіс. Жиынға шақырылған әскери міндеттілерге құпия құжаттарды, техника мен қару-жарақты сақтау және онымен жұмыс істеу, жеке хат алмасу тәртібі және мемлекеттік және әскери құпияны сақтағаны үшін дербес жауаптылық, жеке блокнотқа құпия жазба, суреттеме, есеп жазуға және әскери объектілер мен құпия техниканың фото-кино түсірілімін жасауға жол бермеу жөніндегі негізгі талаптар жеткізілуге тиіс. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z132" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95. Оқу-жаттығу және тексеру жиынына шақырылған әскери міндеттілер казармалық жағдайда болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z133" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96. Әскери жиынға шақырылған әскери міндеттілерді шаруашылық және құрылыс жұмысының кез келген түріне, сондай-ақ әскери жиыннан өтумен байланысты емес қызмет өткеруге тартуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z134" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97. Әскери жиынға шақырылған және бұрын әскери ант қабылдамаған әскери міндеттілер күнтізбелік үш күн ішінде әскери ант қабылдайды, ол туралы әскери билетінде тиісті белгі жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z135" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98. Әскери жиын аяқталғаннан кейін әскери бөлімдер (мекемелер):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ерекше көзге түскендерді көтермелеп, салтанатты түрде шығарып салады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) запастағы офицерлерге, сондай-ақ офицер құрамына даярлықтан өткен запастағы сержанттар мен қатардағы жауынгерлерге мінездеме жазады, онда әскери жиынның оқу бағдарламасын меңгеру деңгейін, әскери істі зерделеуге деген көзқарасын және көрсетілген моральдық қасиетін, соғыс уақытында офицер тағайындала алатын лауазымды, ол есепке алынатын әскери-есептік мамандықты (егер офицер жаңа мамандық бойынша қайта даярлықтан өтсе), кезекті (алғашқы) әскери атақ беру мүмкіндігін көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оқу бағдарламасын табысты аяқтаған әскери міндеттілерге офицер, сержант және қатардағы жауынгер құрамының кезекті (алғашқы) әскери атағын беруге өтінішхат жазады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жеке іске және әскери билеттің тиісті бөлігіне әскери жиыннан өткені (әскери жиынның ұзақтығы, әскери-есептік мамандық пен даярлықтан өткен лауазым коды) туралы белгі қояды, оны әскери бөлім (мекеме) командирінің (бастығының) қолтаңбасымен және мөрімен куәландырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z136" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99. Әскери жиын аяқталғаннан кейін жергілікті әскери басқару органына ұйымдасқан түрде жеткізу үшін әскери міндеттілер атаулы тізімге сәйкес жергілікті әскери басқару органының өкілімен бірге жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұшқыш-мамандар құрамын даярлау әскери жиынынан өткен әскери міндеттілермен бірге жүрушіге қосымша мөр қойылған ұшу кітапшасы және медициналық кітапша беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әскери жиыннан өткендердің жеке ісі, мінездеме материалы мен әскери атақ беруге өтінішхат әскери жиын аяқталғаннан кейін күнтізбелік он күн ішінде жергілікті әскери басқару органына жіберіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z137" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      100. Қорғаныс істері басқармалары (бөлімдері) әскери жиын аяқталғаннан кейін жеке істі, мінездеме материалын және әскери атақ беруге өтінішхатты алысымен бес жұмыс күні ішінде: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әскери жиыннан өткен әскери міндеттілердің есепке алу картасына ҚР ҚМ АЖ-ға әскери-есептік мамандық пен лауазымның өзекті кодын енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қорғаныс істері департаменттеріне офицер, сержант және қатардағы жауынгер құрамының кезекті (алғашқы) әскери атағын беру үшін материал жібереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жұмыс берушілерге оларға еңбек ұжымында құрмет көрсету үшін әскери жиыннан сәтті өткен жұмыскерлері бойынша алғысхат жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z138" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101. Қорғаныс істері департаменттері қорғаныс істері басқармаларынан (бөлімдерінен) офицер, сержант және қатардағы жауынгер құрамының кезекті (алғашқы) әскери атағын беру үшін материал алғаннан кейін бес жұмыс күні ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бастықтың сержант және қатардағы жауынгер құрамының кезекті (алғашқы) әскери атағын беру туралы бұйрығын шығарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) офицер құрамының кезекті (алғашқы) әскери атағын беру үшін материалды Қазақстан Республикасы Қорғаныс министрлігінің Кадрлар департаментіне жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z139" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102. Қарулы Күштердің, басқа да әскерлер мен әскери құралымдардың әскери басқару органын, әскери бөлімдерін (мекемелерін) соғыс уақытының ұйымдық-штаттық құрылымына дейін жасақтау сапасын арттыру мақсатында қорғаныс істері басқармалары (бөлімдері) әскери жиын қорытындысы бойынша жұмылдыруда арналуын қайта қарау жұмысын жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z140" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103. Әскери бөлімдерде (мекемелерде) әскери жиыннан өту кезеңінде әскери міндеттілерге:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қарулы Күштер (аумақтық әскерді қоспағанда) – тиісті қаржы жылына республикалық бюджетте көзделген Қазақстан Республикасы Қорғаныс министрлігінің қаражаты есебінен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) басқа да әскерлер мен әскери құралымдар – тиісті қаржы жылына республикалық бюджетте көзделген уәкілетті органның қаражаты есебінен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) аумақтық әскер – тиісті қаржы жылына жергілікті бюджетте көзделген жергілікті атқарушы органның қаражаты есебінен орташа, бірақ республика бойынша орташа жалақыдан жоғары емес жалақы, ал жұмыс істемейтіндерге ең төменгі жалақы төленеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z141" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104. Әскери жиынға шақырылған әскери міндеттілерді әскери жиын өтетін жерге және одан кері қарай жеткізу әуе, теміржол немесе автомобиль көлігімен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеткізу шығыстарын төлеуді тиісті мемлекеттік немесе жергілікті атқарушы орган республикалық немесе жергілікті бюджетте осы мақсатқа көзделген қаражат шегінде жеткізуді жүзеге асыратын ұйым ұсынған көрсетілген қызмет актісі және шот бойынша оған тікелей жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z142" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105. Әскери жиынға шақырылған әскери міндеттілерді тұрғылықты жерінен жиын өтетін жерге дейін, сондай-ақ жиын аяқталғаннан кейін тұрғылықты жеріне дейін жеткенше азықпен қамтамасыз етуді тиісті қаржы жылына республикалық және жергілікті бюджетте көзделген тиісінше Қазақстан Республикасы Қорғаныс министрлігінің, уәкілетті органның немесе жергілікті атқарушы органның қаражаты есебінен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жергілікті әскери басқару органы – әскери жиын өтетін жерге дейін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әскери бөлім (мекеме) – жергілікті әскери басқару органына дейін жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z143" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106. Әскери жиынға шақырылған әскери міндеттілер әскери жиын кезеңінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әскери міндеттілер әскери жиын өтетін әскери бөлімнің (мекеменің) жеке құрамы үшін белгіленген азық нормасы бойынша азық-түлікпен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әскери міндеттілердің тиісті санаты үшін белгіленген норма бойынша заттай мүлікпен және медициналық қызмет көрсетумен қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5896 lines deleted...]
-      7) әскерлерден әскери командаларды әскери бөлімдерге (мекемелерге) қабылдау және бірге жүру үшін келген жеке құрамды орналастыруға арналған үй-жай;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Жұмылдыру бойынша, соғыс жағдайы кезінде және соғыс уақытында әскери қызметке шақыруды ұйымдастыру мен жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z431" w:id="143"/>
-[...15 lines deleted...]
-      8) тамақтандыру пункті;</w:t>
+    <w:bookmarkStart w:name="z145" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107. Азаматтарды жұмылдыру бойынша, соғыс жағдайы кезінде және соғыс уақытында әскери қызметке шақыру Қазақстан Республикасы Президентінің Жарлығы негізінде және Заңда белгіленген тәртіппен жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z432" w:id="144"/>
-[...15 lines deleted...]
-      9) дезинфекциялық камералары бар санитариялық өткізгіш, екі инфекцияға арналған оқшаулағыш, санитариялық тораптар;</w:t>
+    <w:bookmarkStart w:name="z146" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108. Облыс (республикалық маңызы бар қала немесе астана), аудан (облыстық маңызы бар қала) аумағында жалпы немесе ішінара жұмылдыру жариялау туралы бұйрықты жергілікті әскери басқару органының бастықтары Қазақстан Республикасы Президентінің жалпы немесе ішінара жұмылдыру жариялау туралы Жарлығын орындау үшін және Қазақстан Республикасы Қорғаныс министрінің тиісті бұйрығы негізінде шығарады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z433" w:id="145"/>
-[...15 lines deleted...]
-      10) жеке құрамды сапқа тұрғызуға және онымен саптық және спорттық сабақ өткізуге арналған орын;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жергілікті әскери басқару органы бастығының жалпы немесе ішінара жұмылдыру жариялау туралы бұйрығы тұрғындарға хабар тарату желісін, теледидарды және басқа да бұқаралық ақпарат құралдарын пайдаланып жеткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109. Азаматтарды жұмылдыру бойынша, соғыс жағдайы кезінде және соғыс уақытында әскери қызметке шақыруды жергілікті атқарушы орган ұйымдастырады және қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z434" w:id="146"/>
-[...15 lines deleted...]
-      11) әскери командаға заттай мүлік және жеке тамақтану рационын беруге және сақтауға арналған үй-жай;</w:t>
+    <w:bookmarkStart w:name="z148" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110. Жұмылдыру бойынша, соғыс жағдайы кезінде және соғыс уақытында әскери қызметке шақыру мемлекеттік органдар мен ұйымдардың жұмылдыру жоспарында белгіленген санда және мерзімде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z435" w:id="147"/>
-[...15 lines deleted...]
-      12) әскери қызметке шақырылатын азаматтарға психологиялық зерделеу (зерттеу) жүргізуге арналған үй-жай болуға тиіс.</w:t>
+    <w:bookmarkStart w:name="z149" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111. Жұмылдыру кезеңінде, соғыс жағдайы кезінде және соғыс уақытында денсаулық жағдайы бойынша берілген кейінге қалдыруды қоспағанда, бұрын берілген әскери қызметке шақыруды кейінге қалдыру тоқтатыла тұрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:p>
-[...133 lines deleted...]
-      36. Қорғаныс істері департаменттерінің бастықтары және олардың тәрбие және идеологиялық жұмыс жөніндегі орынбасарлары облыстық (республикалық маңызы бар қалалардың немесе астананың) жиын пункттерінде әскерге шақырылушылар арасында қажетті тәрбие жұмысы мен идеологиялық жұмысты ұйымдастырады, шығарып салуға келген ата-аналармен түсіндіру жұмысын жүргізеді, сондай-ақ жергілікті атқарушы органдар, қоғамдық ұйымдар өкілдерінің және әскерге шақырылушылар ата-аналарының қатысуымен әскери командалардың жеке құрамын салтанатты түрде шығарып салуды ұйымдастырады.</w:t>
+    <w:bookmarkStart w:name="z150" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112. Денсаулық жағдайы бойынша әскери қызметке жарамсыз деп танылған азаматтар жұмылдыру бойынша, соғыс жағдайы кезінде және соғыс уақытында әскери қызметке шақырудан босатылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:p>
-[...8846 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16127,861 +9214,5003 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>азаматтарын әскери қызметке</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шақыруды ұйымдастыру мен жүргізу</w:t>
+              <w:t>шақыруды ұйымдастыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
+              <w:t>мен жүргізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20__ жылғы № ___ тізімдеме бойынша</w:t>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z333" w:id="356"/>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Келісілді Қазақстан Республикасы Қарулы Күштері Тыл басқармасының бастығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+__________________________________ (әскери атағы, қолы, инициалы, тегі)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___жылғы "___" __________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бекітемін Қорғаныс министрінің бірінші орынбасары – Қазақстан Республикасы Қарулы Күштері Бас штабының бастығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+__________________________________ (әскери атағы, қолы, инициалы, тегі)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___жылғы "___" __________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z152" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Облыстық (республикалық маңызы бар қала немесе астана)</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Қазақстан Республикасының Қарулы Күштерін, басқа да әскерлері мен  әскери құралымдарын жасақтау үшін азаматтарды мерзімді әскери қызметке шақырудың  20__ жылға арналған жоспары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскери бөлім (мекеме) атауы, орналасқан жері, мамандығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір жылға саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01.03. бастап 30.06. дейін</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(көктемде әскерге шақыру)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскерге шақырылу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Астана қ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алматы қ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шымкент қ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+және т.б. облыстар бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кестенің жалғасы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01.09. бастап 31.12. дейін</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(күзде әскерге шақыру)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскерге шақырылу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Астана қ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алматы қ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шымкент қ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+және т.б. облыс бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31-47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Қарулы Күштері Бас штабы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйымдастыру-жұмылдыру жұмыстары департаментінің бастығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (әскери атағы, қолы, инициалы, тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. 2-бағанда осы Қағидаларға 2-қосымшада көзделген әскери бөлімдерді (мекемелерді) жасақтауға берілген өтінімге сәйкес мемлекеттік құпияларға рұқсат ету нысаны қосымша көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 6 – 25 және 28 – 47-бағандарда мерзімді әскери қызметке шақырылатын азаматтар саны, әскери команда нөмірі және әскери команда жөнелтілген күн көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>азаматтарын әскери қызметке</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шақыруды ұйымдастыру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен жүргізу қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z154" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>әскерге шақыру комиссиясының хаттамалар кітабы</w:t>
-[...38 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> ______________________ әскери бөлімін (мекемесін) жасақтауға 20___ жылға арналған өтінім (Қарулы Күштердің әскери басқару органы, уәкілетті орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с</w:t>
-[...1 lines deleted...]
-          </w:p>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+Әскери бөлім (мекеме) атауы, орналасқан жері, мамандығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегі, аты, әкесінің аты</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+Саны (адам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Туған жылы</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+01.03. бастап 30.06. дейін</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қай аудандық әскерге шақыру комиссиясы және қашан куәландырды, комиссияның шешімі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+(көктемде әскерге шақыру)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шағымдар (әскерге шақырылушының басқа да өтініштері)</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+01.09. бастап 31.12. дейін</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Объективті, зертханалық және құралдық тексеру деректері, диагнозы</w:t>
-[...71 lines deleted...]
-Ескертпе</w:t>
+(күзде әскерге шақыру)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+Саны (адам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+Жасақтау күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+Саны (адам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...143 lines deleted...]
-8</w:t>
+Жасақтау күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 __ ж. "___" _____________ № ________ хаттама</w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -17067,700 +14296,640 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
-            <w:tcBorders>
-[...90 lines deleted...]
-          </w:p>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...521 lines deleted...]
-      Ескертпе: облыстық шақыру комиссиясының хаттамалар кітабын жүргізу жөніндегі талаптар аудандық (қалалық, облыстық маңызы бар қаланың) шақыру комиссиясының хаттамаларын жүргізумен бірдей.</w:t>
+    <w:bookmarkStart w:name="z155" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. 2-бағанда қажет болса мемлекеттік құпияларға рұқсат нысаны қосымша көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 3-бағанда мерзімді әскери қызмет әскери қызметшілерінің бір жылда тиісті әскери бөлімді (мекемені) жасақтау үшін қажетті саны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. 4 және 6-бағандарда мерзімді әскери қызмет әскери қызметшілерінің көрсетілген кезеңде тиісті әскери бөлімді (мекемені) жасақтау үшін қажетті саны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 5 және 7-бағандарда бұрын мерзімді әскери қызметке шақырылған әскери қызметшілерді запасқа шығару (ауыстыру) салдарынан казармалық қор босатылған күн ескеріліп айқындалатын мерзімді әскери қызметтің әскери қызметшілерімен жасақтау күні көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери бөлімдерді (мекемелерді) мерзімді әскери қызметтің саны 150 және одан да көп әскери қызметшілерімен жасақтауды бірнеше күн ішінде жүргізуге жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -17822,582 +14991,1775 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>азаматтарын әскери қызметке</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шақыруды ұйымдастыру мен жүргізу</w:t>
+              <w:t>шақыруды ұйымдастыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
+              <w:t>мен жүргізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z157" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______ ауданы қорғаныс істері басқармасында (бөлімінде)  зерделенген әскерге шақырылушылардың тізімі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АӘТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туған жылы, күні, айы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жарамдылық дәрежесі (литер)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Курстық даярлығының бар-жоғы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚР ҚМ АЖ-дағы мәліметтер жаңартылған күн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зерделеушінің әскери атағы, инициалы мен тегі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қорытынды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескертпе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______ ауданы (қаласы) қорғаныс істері басқармасының (бөлімінің) бастығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (әскери атағы, қолы, инициалы мен тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z158" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Қорғаныс істері жөніндегі </w:t>
-[...483 lines deleted...]
-</w:t>
+      1. 7-бағанда курстық даярлықтан өткені көрсетіледі, мысалы: тиісті санаты, сыныбы, деңгейі немесе рұқсаты бар жүргізуші, тракторист-машинист, электрик, краншы, дәнекерлеуші және басқа. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 10-бағанда әскерге шақырылушыларды Қазақстан Республикасы Қарулы Күштері түрлері мен әскер тектері бойынша, сондай-ақ басқа да әскерлері мен әскери құралымдарына алдын ала бөлу көрсетіледі (мысалы: Мемлекеттік күзет қызметіне ұсынылды).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18433,147 +16795,902 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Азаматтарды әскери қызметке</w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шақыруды ұйымдастыру мен</w:t>
+              <w:t>азаматтарын әскери қызметке</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жүргізу қағидаларына</w:t>
+              <w:t>шақыруды ұйымдастыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-1-қосымша</w:t>
+              <w:t>мен жүргізу қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z160" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әскерге шақырылушының отбасы жағдайын тексеру актici</w:t>
-[...13 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> Әскерге шақыру комиссиясының  үлгілік ережесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z161" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z162" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы Әскерге шақыру комиссиясының үлгілік ережесі (бұдан әрі – Үлгілік ереже) Қазақстан Республикасы Үкіметінің 2012 жылғы 15 мамырдағы № 620 қаулысымен бекітілген Қазақстан Республикасының азаматтарын әскери қызметке шақыруды ұйымдастыру мен жүргізу қағидаларының 33-тармағына сәйкес әзірленді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z163" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ауданның, облыстық маңызы бар қаланың, облыстың, республикалық маңызы бар қаланың, астананың әскерге шақыру комиссиясы (бұдан әрі – әскерге шақыру комиссиясы) – азаматтарды әскери қызметке шақыру кезеңінде жергілікті атқарушы органның шешімі бойынша және Президенттің Жарлығына және оны іске асыру үшін Үкімет қаулысына сәйкес құрылатын уақытша алқалы орган.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z164" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағидалар 2-1-қосымшамен толықтырылды - ҚР Үкіметінің 07.11.2019 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      3. Әскерге шақыру комиссиясы өз қызметінде Қазақстан Республикасының Конституциясын, Қазақстан Республикасының заңдарын, Қазақстан Республикасының Президенті мен Үкіметінің актілерін, Қазақстан Республикасының өзге де нормативтік құқықтық актілерін, сондай-ақ осы Үлгілік ережені басшылыққа алады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әскерге шақыру комиссиясы өз жұмысын ашықтық, жариялылық, алқалық және бейтараптық қағидаты бойынша ұйымдастырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z165" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Әскерге шақыру комиссиясының құрамы және оны құру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z166" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Әскерге шақыру комиссиясының құрамына мыналар кіреді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) комиссия төрағасы – ауданның, облыстық маңызы бар қаланың, облыстың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органы басшысының (әкімнің) орынбасары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) комиссия мүшелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ауданның, облыстық маңызы бар қаланың, облыстың, республикалық маңызы бар қаланың, астананың жергілікті әскери басқару органының бастығы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ішкі істер органы тиісті аумақтық бөлімшесінің өкілі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ауданның, облыстық маңызы бар қаланың, облыстың, республикалық маңызы бар қаланың, астананың тиісті жергілікті денсаулық сақтауды басқару органы бастығының (бас дәрігердің) орынбасары – медициналық комиссия төрағасы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      хатшы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әскерге шақыру комиссиясының құрамына өзге мемлекеттік органдар мен қоғамдық бірлестіктердің өкілдері кіруі де мүмкін. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z167" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Әскерге шақыру комиссиясының сандық құрамы тақ болуға тиіс. Мүдделер қайшылығы туындағанда әскерге шақыру комиссиясының мүшесі өздігінен бас тартуға міндетті. Қажет болғанда комиссия мүшелерін немесе хатшысын ауыстыруды жүзеге асыру үшін әскерге шақыру комиссиясының резервтегі құрамы көзделеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z168" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Облыстық, республикалық маңызы бар қала, астана әскерге шақыру комиссиясының құрамына Қазақстан Республикасы Ұлттық қауіпсіздік комитеті аумақтық органы басшысының орынбасары енгізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z169" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Әскерге шақыру комиссиясының жұмыс істеу мерзімі жергілікті атқарушы органның шешімімен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z170" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Әскерге шақыру комиссиясының төрағасы өз өкілеттігі шегінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әскерге шақыру комиссиясының қызметіне жалпы басшылықты жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әскерге шақыру комиссиясының жұмысы басталғанға дейін оның мүшелерінің міндеттерін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      аудандық (облыстық маңызы бар қала) әскерге шақыру комиссиясының ісіне басшылық жасауды және оны бақылауды, азаматтарға әскерге шақыруды кейінге қалдырудың және одан босатудың дұрыс берілуін тексеруді, азаматтардың шағымы мен жолданымын қарауды (облыстық (республикалық маңызы бар қала немесе астана) әскерге шақыру комиссиясының төрағасы үшін) жүзеге асыруды ұйымдастырады; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ...</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z171" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Әскерге шақыру комиссиясының мүшелері өз өкілеттігі шегінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әскерге шақыру комиссиясының отырысына қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отырысқа қатысу мүмкін болмағанда бұл туралы әскерге шақыру комиссиясының хатшысына хабарлайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қарауға ұсынылған материал мен жеке істі зерделейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шешім қабылдау кезінде дауыс беруге қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қажет болғанда әскерге шақыру комиссиясының құзыретіне қатысты мәселелер бойынша ескертулер мен ұсыныстар береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әскерге шақыру комиссиясының қарауына шығарылған мәселелер бойынша талқылауға және шешім шығаруға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      …</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z172" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Әскерге шақыру комиссиясының хатшысы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әскерге шақыру комиссиясы отырысының күн тәртібін жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      әскерге шақыру комиссиясы отырысының хаттамасын жүргізеді және ресімдейді; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      әскерге шақыру комиссиясының жұмысын сапалы ұйымдастыру үшін әскерге шақыру комиссиясын қажетті құжаттармен (материалмен) қамтамасыз етеді; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      әскерге шақыру комиссиясының кезекті отырысына қажетті барлық материалды уақтылы дайындауды қамтамасыз етеді; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әскерге шақыру комиссиясы отырысының хаттамалары кітабының сақталуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      …</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскерге шақыру комиссиясының хатшысы оның мүшесі болып табылмайды және әскерге шақыру комиссиясы шешім қабылдағанда дауыс беруге құқылы емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z173" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Әскерге шақыру комиссиясының отырысы тікелей қатысу тәртібінде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Үлгілік ереженің нысаны соңғы болып табылмайды және оған Қазақстан Республикасының қолданыстағы заңнамасына қайшы келмейтін қажетті өзгерістер мен толықтырулар енгізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18609,4819 +17726,789 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>20__жылғы "___" ________</w:t>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>азаматтарын әскери қызметке</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шақыруды ұйымдастыру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен жүргізу қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Құрамында қорғаныс iстерi жөнiндегi басқармадан (бөлiмнен, біріктірілген бөлімнен) өкіл</w:t>
-[...2165 lines deleted...]
-        <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z456" w:id="358"/>
+    <w:bookmarkStart w:name="z175" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әскерге шақырылушыны зерделеу парағы</w:t>
-[...2118 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> ____________ ауданы (қаласы, облыстық маңызы бар қаланың) әскерге шақыру комиссиясы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отырысының хаттамасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с №</w:t>
+Р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Т.А.Ә (бар болса)</w:t>
+ЖСН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-туған күні</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="2"/>
+АӘТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жарамдылығы</w:t>
+Туған жылы, күні, айы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-қандай оқу орнын бітірді (мамандығы)</w:t>
+Денсаулық жағдайына шағымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-отбасы құрамы (әкесі, анасы)</w:t>
+Медициналық куәландыру қорытындысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ҚІБ(Б)</w:t>
+Әскерге шақыру комиссиясының шешімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...37 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-тіркеу кезінде</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-әскерге шақыру кезінде</w:t>
-[...40 lines deleted...]
-          <w:p/>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -23657,51 +18744,880 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Кестенің жалғасы</w:t>
+      20 ___ жылғы "__" _____ барлығы _____ адам қаралуға тиіс, _____ адам қаралды,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оның ішінде мынадай шешім қабылданды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Әскери қызметке шақыруға жатады" – _____адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Әскери қызметке шақыру кейінге қалдырылсын" – _____ адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Әскери қызметке шақырудан босатылсын" – _____ адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "Әскери міндетті атқарудан босатылсын" – _____ адам.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "Қосымша қарап-тексеруге жіберілсін" – _____ адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "20__ж "____" _________ № _____ шешімнің күші жойылсын".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия төрағасы ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                        (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия төрағасының  орынбасары ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                                                       (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия мүшелері: ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                             (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия хатшысы ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                         (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы құжат "Электрондық құжат және электрондық цифрлық қолтаңба туралы" Қазақстан Республикасы Заңының 7-бабына сәйкес қағаз жеткізгіштегі қол қойылған құжатпен бірдей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2984500" cy="1600200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2984500" cy="1600200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескертпе: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Отырыс хаттамасын комиссия хатшысы жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 7-бағанда осы Қағидалардың 19-тармағында көзделген жазба жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Отырыс хаттамасына әскерге шақыру комиссиясы бір күн ішінде қараған, оның ішінде қосымша қарап-тексеруге жіберілген барлық әскерге шақырылушы енгізіледі. Қарап-тексеруден қайтып келген әскерге шақырылушылар әскерге шақыру комиссиясы түпкілікті шешім қабылдаған күні қайта жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 8-бағанда күші жойылған шешім бойынша мынадай мазмұндағы: "Шешімнің күші жойылды, хаттамаға сілтеме" деген жазба жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>азаматтарын әскери қызметке</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шақыруды ұйымдастыру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен жүргізу қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20 ___ жылғы № ____тізімдеме бойынша есепке алынды</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z177" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________ ауданы (облыстық маңызы бар қаланың) әскерге шақыру комиссиясының  хаттамалар кітабы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20 ___ жылғы ___ _________ басталды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20 ___ жылғы ___ _________ аяқталды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
@@ -23721,334 +19637,687 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-арнайы тексеру нәтижелері</w:t>
+Р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-тағайындалды (әскер тегі)</w:t>
+ЖСН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-діни ұйымдарға қатынасы</w:t>
+АӘТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-психологиялық зерделеу нәтижесі</w:t>
+Туған жылы, күні, айы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-зерделеушінің Т.А.Ә. (бар болса)</w:t>
+Денсаулық жағдайына шағымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-зерделеу күні</w:t>
+Медициналық куәландыру қорытындысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-қорытынды</w:t>
+Әскерге шақыру комиссиясының шешімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ескертпе</w:t>
+Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___ж. "___"_______ №___ хаттама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -24255,87 +20524,531 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қаланың (ауданның) қорғаныс істері жөніндегі  басқармасының (бөлімінің) бастығы</w:t>
-[...35 lines deleted...]
-    </w:p>
+      20 ___ жылғы "__" _____ барлығы _____ адам қаралуға тиіс болды, _____ адам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қаралды, оның ішінде мынадай шешім қабылданды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Әскери қызметке шақыруға жатады" – _____адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Әскери қызметке шақыру кейінге қалдырылсын" – _____ адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Әскери қызметке шақырудан босатылсын" – _____ адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "Әскери міндетті атқарудан босатылсын" – _____ адам.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "Қосымша қарап-тексеруге жіберілсін" – _____ адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "20__ж "____" _________ № _____ шешімнің күші жойылсын".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия төрағасы ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                        (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия төрағасының  орынбасары ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                                                     (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия мүшелері: ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                          (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия хатшысы ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                       (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z178" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z179" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Әскерге шақыру комиссиясының хаттамалар кітабы белгіленген тәртіппен жергілікті әскери басқару органының қызметтік іс жүргізуінде тіркелуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z180" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Хаттамалар кітабындағы жазбаны комиссия хатшысы жүргізеді. Барлық жазба көк түсті сиямен, түсінікті және ұқыпты жазылады. Жазбаны өшіруге және жазбалар арасында бос жер тастауға жол берілмейді. Толтыру кезінде қателікке жол берілгенде қаралып жатқан азамат туралы барлық жазба сызылады және қайтадан енгізіледі, ол туралы хаттамалар кітабы парағының төменгі жағына ескертпе жасалады, жергілікті әскери басқару органының бастығы қол қояды және елтаңбалы мөрмен куәландырылады. 7-бағанда осы Қағидалардың 19-тармағында көзделген жазба жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z181" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Хаттамалар кітабына әскерге шақыру комиссиясы бір күн бойы қараған, оның ішінде қосымша қарап-тексеруге жіберілген барлық әскерге шақырылушы енгізіледі. Қарап-тексеруден қайтып келген әскерге шақырылушылар әскерге шақыру комиссиясы түпкілікті шешім қабылдаған күні қайта жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z182" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 8-бағанда күші жойылған шешім бойынша мынадай мазмұндағы: "Шешімнің күші жойылды, 20 __ ж. "__" _________ № __ хаттаманы қараңыз" деген жазба жасалады. Бұл ретте хаттама нөмірінің алымында хаттама нөмірі, бөлімінде хаттамадағы реттік нөмір көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24421,459 +21134,1748 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мен жүргізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z184" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________ облысы (қаласы) әскерге шақыру комиссиясы  отырысының хаттамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АӘТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туған жылы, күні, айы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Денсаулық жағдайына шағымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық куәландыру қорытындысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қай аудандық (облыстық маңызы бар қаланың) әскерге шақыру комиссиясы жіберді, шешімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскерге шақыру комиссиясының шешімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескертпе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___ж. "___"_______ №___ хаттама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20 ___ жылғы "__" _____ барлығы _____ адам қаралуға тиіс болды, _____ адам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қаралды, оның ішінде мынадай шешім қабылданды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Әскери қызметке шақыруға жатады" – _____ адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Әскери қызметке шақыру кейінге қалдырылсын" – _____ адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Әскери қызметке шақырудан босатылсын" – _____ адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "Әскери міндетті атқарудан босатылсын" – _____ адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "Қосымша тексеруге жіберілсін" – ___ адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 3-қосымша жаңа редакцияда - ҚР Үкіметінің 07.11.2019 </w:t>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z450" w:id="360"/>
+      6) "________ ауданы (қаласы) әскерге шақыру комиссиясының шешімінің күші </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жойылсын" – ___ адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) "20__ж. "____" №___шешімнің күші жойылсын".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қаралғанның ішінен аудандық (облыстық маңызы бар қала) әскерге шақыру </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      комиссиясының ________ шешімі расталды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия төрағасы _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                         (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия төрағасының  орынбасары _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                                                      (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия мүшелері: _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                          (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________  (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________  (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________  (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия хатшысы _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                         (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы құжат "Электрондық құжат және электрондық цифрлық қолтаңба туралы" Қазақстан Республикасы Заңының 7-бабына сәйкес қағаз жеткізгіштегі қол қойылған құжатпен бірдей.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...335 lines deleted...]
-    <w:bookmarkEnd w:id="364"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2984500" cy="1600200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2984500" cy="1600200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z185" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z186" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Отырыс хаттамасын комиссия хатшысы жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z187" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 7-бағанда осы Қағидалардың 19-тармағында көзделген жазба жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z188" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Отырыс хаттамасына әскерге шақыру комиссиясы бір күн ішінде қараған, оның ішінде қосымша қарап-тексеруге жіберілген барлық әскерге шақырылушы енгізіледі. Қарап-тексеруден қайтып келген әскерге шақырылушылар әскерге шақыру комиссиясы түпкілікті шешім қабылдаған күні қайта жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z189" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 8-бағанда күші жойылған шешім бойынша мынадай мазмұндағы жазба жазылады: "Шешімнің күші жойылды, хаттамаға сілтеме".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24933,2752 +22935,1752 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>азаматтарын әскери қызметке</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шақыруды ұйымдастыру мен жүргізу</w:t>
+              <w:t>шақыруды ұйымдастыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
+              <w:t>мен жүргізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4-қосымша</w:t>
+              <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20__ жылғы № ___ тізімдеме бойынша</w:t>
-[...19 lines deleted...]
-    </w:p>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20 ___ жылғы № ____тізімдеме бойынша есепке алынды </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z191" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ________________________ облысы</w:t>
+        <w:t xml:space="preserve"> ___________ облысы (қаласы) әскерге шақыру комиссиясының  хаттамалар кітабы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20 ___ жылғы ___ _________ басталды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20 ___ жылғы ___ _________ аяқталды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...679 lines deleted...]
-    <w:bookmarkEnd w:id="365"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1537"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Хаттама нөмірі</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Р/с</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Күні</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әскерге шақыру комиссиясынан өтті</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+ЖСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әскери қызметке жарамдылары</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+АӘТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кейінге қалдырылды</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+Туған жылы, күні, айы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бейбіт уақытта әскери қызметке жарамсыздары, соғыс уақытында шектеулі жарамдылары</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+Денсаулық жағдайына шағымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әскери қызметке есептен шығара отырып жарамсызы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+Медициналық куәландыру қорытындысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тексерілуге жіберілгені</w:t>
+Қай аудандық (облыстық маңызы бар қаланың) әскерге шақыру комиссиясы жіберді, шешімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскерге шақыру комиссиясының шешімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...223 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...799 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z345" w:id="366"/>
-[...220 lines deleted...]
-    <w:bookmarkEnd w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20 ___ жылғы "__" ____ барлығы ______ адам қаралуға тиіс болды, _____ адам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қаралды, оның ішінде мынадай шешім қабылданды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Әскери қызметке шақыруға жатады" – _____ адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Әскери қызметке шақыру кейінге қалдырылсын" – _____ адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Әскери қызметке шақырудан босатылсын" – _____ адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "Әскери міндетті атқарудан босатылсын" – _____ адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "Қосымша тексеруге жіберілсін" – ___ адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "________ ауданы (қаласы) әскерге шақыру комиссиясының шешімінің күші</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жойылсын" – ___ адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) "20__ж. "____" №___ шешімнің күші жойылсын".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қаралғанның ішінен аудандық (облыстық маңызы бар қала) әскерге шақыру </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      комиссиясының ________ шешімі расталды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия төрағасы ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                         (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия төрағасының  орынбасары ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                                                      (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия мүшелері: ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                           (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________  (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________  (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________  (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия хатшысы ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                        (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z192" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z193" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Әскерге шақыру комиссиясының хаттамалар кітабы белгіленген тәртіппен жергілікті әскери басқару органының қызметтік іс жүргізуінде тіркелуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z194" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Хаттамалар кітабындағы жазбаны комиссия хатшысы жүргізеді. Барлық жазба көк түсті сиямен, түсінікті және ұқыпты жазылады. Өшіруге және жазба арасында жол қалдыруға жол берілмейді. Толтыру кезінде қателікке жол берілгенде қаралып жатқан азамат туралы барлық жазба сызылады және қайтадан жазылады, ол туралы хаттамалар кітабы парағының төменгі жағына ескертпе жасалады, жергілікті әскери басқару органының бастығы қол қояды және елтаңбалы мөрмен куәландырылады. 8-бағанда осы Қағидалардың 31-тармағында көзделген жазба жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z195" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Хаттамалар кітабына шақыру комиссиясы бір күн бойы қараған, оның ішінде қосымша қарап-тексеруге жіберілген барлық әскерге шақырылушы енгізіледі. Қарап-тексеруден қайтып келген әскерге шақырылушылар әскерге шақыру комиссиясы түпкілікті шешім қабылдаған күні қайта жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z196" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 9-бағанда күші жойылған шешім бойынша мынадай мазмұндағы жазба енгізіледі: "Шешімнің күші жойылды, 20 __ ж. "__" ______№ __ хаттаманы қараңыз". Бұл ретте хаттама нөмірінің алымында хаттама нөмірі, бөлімінде хаттамадағы реттік нөмір көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -27738,168 +24740,154 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>азаматтарын әскери қызметке</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шақыруды ұйымдастыру мен жүргізу</w:t>
+              <w:t>шақыруды ұйымдастыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
+              <w:t>мен жүргізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5-қосымша</w:t>
+              <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z356" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z198" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әскерлерге жөнелту үшін облыстық (республикалық маңызы бар</w:t>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="376"/>
+        <w:t xml:space="preserve"> _________________ ауданы (қаласы) қорғаныс істері басқармасы (бөлімі) жиын пунктіне  жіберген мерзімді әскери қызметке шақырылатын азаматтардың  атаулы тізімі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1537"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27909,1029 +24897,1795 @@
               <w:t>
 Р/с</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Т.А.Ә.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+ЖСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Туған жылы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+АӘТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тағайындалды</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+Туған жылы, күні, айы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әскери мамандығы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+Ұлты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әскерлерге жөнелту үшін ҚІБ (ҚІБ) келді (күні, айы, жылы)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Команда нөмірі, қашан және қандай әскери командамен әскерлерге жөнелтілді</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+Курстық даярлығының бар-жоғы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спорттық разрядының бар-жоғы, спорт түрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жарамдылық дәрежесі (литер)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскери командаға арналған (нөмірі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстық (республикалық маңызы бар қала, астана) әскерге шақыру комиссиясының шешімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...223 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...167 lines deleted...]
-    <w:bookmarkEnd w:id="381"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______ ауданы (қаласы) қорғаныс істері басқармасының (бөлімінің) бастығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (әскери атағы, қолы, инициалы мен тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z199" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z200" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. 8-бағанда курстық даярлықтан өткені көрсетіледі, мысалы: тиісті санаты, сыныбы, деңгейі немесе рұқсаты бар жүргізуші, тракторист-машинист, электрик, краншы, дәнекерлеуші және басқа. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z201" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 12-баған жиын пунктінде азаматқа қатысты Қағидалардың 31-тармағында көзделген шешім қабылданғаннан кейін толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z202" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. 13-баған мерзімді әскери қызметке шақырылған және әскери қызмет өткеретін жерге жіберілген азаматтар бойынша жиын пунктінде мынадай мәліметтерді енгізіп толтырылады: қорғаныс істері департаменті бастығы бұйрығының нөмірі мен күні, қай әскери бөлімге (мекемеге) әскерге шақырылды не қорғаныс істері басқармасына (бөліміне) қайтару себебі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -28978,2679 +26732,215 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>азаматтарын әскери қызметке</w:t>
+              <w:t>азаматтарынәскери қызметке</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шақыруды ұйымдастыру мен</w:t>
+              <w:t>шақыруды ұйымдастыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жүргізу қағидаларына</w:t>
+              <w:t>мен жүргізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5-1-қосымша</w:t>
+              <w:t>10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z460" w:id="382"/>
+    <w:bookmarkStart w:name="z204" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әскери қызметке шақырылуын растау туралы мәліметтер</w:t>
-[...556 lines deleted...]
-    <w:bookmarkStart w:name="z462" w:id="383"/>
+        <w:t xml:space="preserve"> Әңгімелесу парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖСН _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АӘТ _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Туған жылы, күні, айы _____________________________</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...1983 lines deleted...]
-        <w:t xml:space="preserve"> Қорытынды/Итоговое заключение</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -31665,229 +26955,2603 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Диагноз</w:t>
+Р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жарамдылық санаты/</w:t>
-[...1 lines deleted...]
-          </w:p>
+Сұрақтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Категория годности</w:t>
-[...53 lines deleted...]
-Показатель предназначения</w:t>
+Жауаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қандай оқу орнын бітірдіңіз? Қашан және қандай мамандық бойынша бітірдіңіз?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сіздің жұмыс орныңыз және атқаратын лауазымыңыз, еңбек өтіліңіз?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сіздің отбасы жағдайыңыз қандай және балаларыңыз бар ма?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Толық отбасында тұрасыз ба және қанша бауырыңыз бен әпке-қарындасыңыз бар?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сіз немесе Сіздің жақын туысыңыз қылмыстық жауаптылыққа тартылды ма? Ондай болса, кім және қандай баппен?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сіз немесе Сіздің жақын туысыңыз суицид немесе суицидке әрекет жасады ма? Ондай болса, кім, қашан және қандай жағдайда?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сіз қандай курстан өттіңіз? Курсты аяқтағаныңыз туралы куәлігіңіз бар ма және қандай мамандық немесе санат бойынша аяқтадыңыз?</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мысалы: жүргізуші, дәнекерлеуші, краншы, тракторист-машинист, электрик және басқа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сіз бастапқы әскери даярлықтан өттіңіз бе?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қандай да бір әскери-патриоттық клубта тұрдыңыз ба?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сіз белгіленген тәртіппен тіркелмеген саяси немесе жастар ұйымының, қоғамдық бірлестіктердің және дәстүрлі емес діни ағымның мүшесі болып табыласыз ба?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сізде мемлекеттік награда немесе төсбелгі бар ма?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сізде қандай спорттық разряд бар және қандай спорт түрі бойынша?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сіз қандай шет тілін білесіз?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскердің қай түрінде немесе тегінде мерзімді әскери қызмет өткергіңіз келеді?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Болашақта келісімшарт бойынша әскери қызмет өткеруді жоспарлайсыз ба?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Келесі беті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сіз әскери немесе арнайы оқу орнына оқуға түсуді жоспарлайсыз ба?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскери қызметтен кейін құқық қорғау немесе арнаулы мемлекеттік органға орналасуды жоспарлайсыз ба?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сізде қандай кредит немесе ипотека бар?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сіз әскери қызметтен кейін оқу орнына грантқа оқуға түсуді жоспарлайсыз ба?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сіз мерзімді әскери қызмет өткергеннен кейін азаматқа берілетін жеңілдік туралы білесіз бе?</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескертпе:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мерзімді әскери қызметтің белгіленген мерзімін өткерген азаматтар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) әскери, арнаулы оқу орнына оқуға түсуге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жоғары оқу орны мен колледжге грантқа оқуға түсуге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) әскери қызметтен шығарылғаннан кейін екі жыл ішінде ұлттық бірыңғай тестілеу мен емтихан нәтижесін ескермей, жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымына ақылы негізде оқуға түсуге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) мемлекеттік білім беру тапсырысы немесе грант негізінде оқуына байланысты оны жұмыспен өтеу міндетін тоқтатуға;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) әскери қызмет өткеру кезеңінде және ол аяқталғаннан кейін алпыс күн банктік қарыз немесе микрокредит шарттары бойынша кредиттік каникул алуға;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) әскери қызмет өткеру кезеңінде жұмыс орнының (лауазымының) сақталуына құқылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскерге шақыруды кейінге қалдырудан қандай себеппен бас тарттыңыз? (берілген әскерге шақыруды кейінге қалдырудан бас тартқан әскерге шақырылушыларға сұрақ)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -31895,159 +29559,339 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ҚІД медицина қызметінің бастығы/</w:t>
-[...107 lines deleted...]
-      20___ жылғы /года "__" ____________</w:t>
+      Қорытынды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери командаға қабылдансын/мынадай себептер бойынша әскери командаға</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қажет емесі сызып тасталсын)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қабылдаудан бас тартылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (бас тартудың объективті (заңды негіздері бар) себептері көрсетіледі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери бөлім (мекеме) өкілі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (әскери бөлім нөмірі немесе мекеме атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (әскери атағы, қолы, инициалы, тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскерге шақырылушының әңгімелесу нәтижесімен танысуы туралы қолы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________  (қолы, инициалы, тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әңгімелесу өткізілген жер ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әңгімелесу өткізілген күн 20___ жылғы "____" _________.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -32109,224 +29953,1131 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>азаматтарын әскери қызметке</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шақыруды ұйымдастыру мен жүргізу</w:t>
+              <w:t>шақыруды ұйымдастыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
+              <w:t>мен жүргізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6-қосымша</w:t>
+              <w:t>11-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20__ жылғы № ____</w:t>
-[...125 lines deleted...]
-      20__ ж."__" ________ аяқталды</w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z206" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________ облысы (қаласы) қорғаныс істері департаменті бастығының  20____жылғы "___" _________ №____ бұйрығымен мерзімді әскери қызметке шақырылған және _________________ әскери бөліміне (мекемесіне) жіберілген азаматтардың атаулы тізімі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АӘТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туған жылы, күні, айы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұлты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қай қорғаныс істері басқармасы (бөлімі) жіберді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қосымша: № 065/у нысанындағы профилактикалық екпе картасынан үзінді; есепке алу-қызметтік карта; медициналық кітапша; психологиялық зерделеу нәтижесі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -32343,554 +31094,1045 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с</w:t>
-[...1 lines deleted...]
-          </w:p>
+Әскери билет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+№ 065/у нысандағы профилактикалық екпе картасынан үзінді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегі, аты, әкесінің аты</w:t>
+Есепке алу-қызметтік карта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Туған жылы</w:t>
+Медициналық кітапша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әскерге шақырылушы қайтарылған қорғаныс істері жөніндегі басқарманың (бөлімнің) атауы</w:t>
-[...35 lines deleted...]
-Қайтарылу себебі</w:t>
+Психологиялық зерделеу нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...145 lines deleted...]
-    <w:bookmarkEnd w:id="386"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (құжаттар саны көрсетіледі)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мерзімді әскери қызметке шақырылған саны _____ адамды, олардың құжаттарын (қосымшаға сәйкес) және жеке тамақтану рационын толық көлемде әскери бөлім (мекеме) өкіліне</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(әскери атағы, инициалы, тегі)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тапсырдым.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қорғаныс істері департаменті бастығының орынбасары (әскерге шақыру жұмысы мәселелеріне жетекшілік ететін) – басқарма бастығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(әскери атағы, қолы, инициалы, тегі)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+__________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(әскери бөлім (мекеме) атауы, лауазымы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+әскери атағы, инициалы, тегі)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+берген 20__ ж.___ №______ сенімхатқа сәйкес мерзімді әскери қызметке шақырылған саны _____ адамды, олардың құжаттарын (қосымшаға сәйкес) және жеке тамақтану рационын толық көлемде қабылдадым, шағымым жоқ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскери бөлім (мекеме) өкілі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(әскери атағы, қолы, инициалы, тегі)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(облысы, республикалық маңызы бар қала, астана)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қорғаныс істері департаментінің бастығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ М.О. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(әскери атағы, қолы, инициалы, тегі)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(әскери бөлім нөмірі немесе мекеме атауы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+әскери бөлімінің (мекемесінің)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+командирі (бастығы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М.О.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(әскери атағы, қолы, инициалы, тегі)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -32950,440 +32192,350 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>азаматтарын әскери қызметке</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шақыруды ұйымдастыру мен жүргізу</w:t>
+              <w:t>шақыруды ұйымдастыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
+              <w:t>мен жүргізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>7-қосымша</w:t>
+              <w:t>12-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қорғаныс істері жөніндегі</w:t>
-[...341 lines deleted...]
-      (әскери атағы, қолы)</w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери бөлімнің (мекеменің)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұрыштама мөртаңбасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z208" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы анықтама әскери қызметші</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (әскери атағы, аты, әкесінің аты (бар болса) тегі) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әскери бөлімінде  (мекемесінде) мерзімді әскери қызмет өткеріп жатқанын растайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ол ____________ облысы (қаласы) қорғаныс істері департаменті бастығының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20__ жылғы "__" ____.№ ____ бұйрығымен мерзімді әскери қызметке шақырылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери бөлім (мекеме) командирі (бастығы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (әскери атағы, қолы, инициалы, тегі)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -33445,1134 +32597,296 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>азаматтарын әскери қызметке</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шақыруды ұйымдастыру мен жүргізу</w:t>
+              <w:t>шақыруды ұйымдастыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
+              <w:t>мен жүргізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>8-қосымша</w:t>
+              <w:t>13-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z210" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ___________________________ өңірлік қолбасшылығы, Қазақстан</w:t>
-[...1037 lines deleted...]
-      (әскери атағы, қолы)</w:t>
+        <w:t xml:space="preserve"> Дербес деректерді жинауға, өңдеуге және беруге келісім</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖСН _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АӘТ ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Туған жылы, күні, айы _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мен,___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                         (аты, әкесінің аты (бар болса) тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңдарында көзделген менің заңды құқықтарым мен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      мүддемді іске асыру үшін менің дербес деректерімді жинауға, өңдеуге және </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік органдар мен ұйымдарға беруге өз келісімімді беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________ __________________  (инициалы, тегі) (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20___ ж. "___" ____________ </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -34634,480 +32948,4807 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>азаматтарын әскери қызметке</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шақыруды ұйымдастыру мен</w:t>
+              <w:t>шақыруды ұйымдастыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жүргізу қағидаларына</w:t>
+              <w:t>мен жүргізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>9-қосымша</w:t>
+              <w:t>14-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z464" w:id="387"/>
+    <w:bookmarkStart w:name="z212" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әскери қызметшінің қызмет орнынан  мәліметтер</w:t>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> Әңгімелесу парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖСН _________________________ әскери атағы____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АӘТ __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Туған жылы, күні, айы _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сұрақтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жауаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қандай оқу орнын бітірдіңіз? Қашан және қандай мамандық бойынша бітірдіңіз?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сіздің жұмыс орныңыз және атқаратын лауазымыңыз, еңбек өтіліңіз?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сіздің отбасы жағдайыңыз және балаларыңыз бар ма?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Толық отбасында тұрасыз ба және қанша бауырыңыз бен әпке-қарындасыңыз бар?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сіз немесе Сіздің жақын туысыңыз қылмыстық жауаптылыққа тартылды ма? Ондай болса, кім және қандай баппен?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сіз немесе Сіздің жақын туысыңыз суицид немесе суицидке әрекет жасады ма? Ондай болса, кім, қашан және қандай жағдайда?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сіз қандай курстан өттіңіз? Курсты аяқтағаныңыз туралы куәлігіңіз бар ма және қандай мамандық немесе санат бойынша аяқтадыңыз?</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мысалы: жүргізуші, дәнекерлеуші, краншы, тракторист-машинист, электрик және басқа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сіз қандай әскери кафедраны бітірдіңіз және қай жылы?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қандай да бір әскери-патриоттық клубта тұрдыңыз ба?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сіз белгіленген тәртіппен тіркелмеген саяси немесе жастар ұйымының, қоғамдық бірлестіктердің және дәстүрлі емес діни ағымның мүшесі болып табыласыз ба?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сізде мемлекеттік награда немесе төсбелгі бар ма?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сізде қандай спорттық разряд бар және қандай спорт түрі бойынша?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сіз қандай шет тілін білесіз?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскердің қай түрінде немесе тегінде әскери қызмет өткергіңіз келеді?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Келесі беті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Болашақта келісімшарт бойынша әскери қызметті жалғастыруды жоспарлайсыз ба?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сіз әскери немесе арнайы оқу орнына оқуға түсуді жоспарлайсыз ба?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскери қызметтен кейін құқық қорғау немесе арнаулы мемлекеттік органға орналасуды жоспарлайсыз ба?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сізде кредит немесе ипотека бар ма?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскери қызмет өткергеннен кейін азаматқа берілетін жеңілдік туралы білесіз бе?</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескертпе:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскери қызметтің белгіленген мерзімін өткерген азаматтар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) әскери қызметтен шығарылғаннан кейін екі жыл ішінде ұлттық бірыңғай тестілеу мен емтихан нәтижесін ескермей, жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымына ақылы негізде оқуға түсуге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) мемлекеттік білім беру тапсырысы немесе грант негізінде оқуына байланысты оны жұмыспен өтеу міндетін тоқтатуға;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) әскери қызмет өткеру кезеңінде жұмыс орнының (лауазымының) сақталуына құқылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскерге шақыруды кейінге қалдырудан қандай себеппен бас тарттыңыз? (берілген әскерге шақыруды кейінге қалдырудан бас тартқан запастағы офицерлерге сұрақ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (әңгімелескен адамның лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (әскери атағы, қолы, инициалы, тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Запастағы офицердің әңгімелесу нәтижесімен танысуы  туралы қолы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________  (қолы, инициалы, тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әңгімелесу өткізілген жер ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әңгімелесу өткізілген күн 20___ жылғы "____" _________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>азаматтарын әскери қызметке</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шақыруды ұйымдастыру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен жүргізу қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z214" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________ облысы (қаласы ауданы) қорғаныс істері департаменті (басқармасы, бөлімі) әскери жиынға шақырған және _____________________ әскери бөліміне (мекемесіне) жіберген әскери міндеттілердің  атаулы тізімі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АӘТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туған жылы, күні, айы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұлты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Курстық даярлығының бар-жоғы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спорттық разрядының бар-жоғы, спорт түрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскери атағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алу бойынша әскери-есептік мамандығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қандай әскери-есептік мамандық бойынша даярлауға жіберілді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық куәландыру нәтижесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________ облысы, қаласы (ауданы) қорғаныс істері департаментінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (басқармасының, бөлімінің) бастығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (әскери атағы, қолы, инициалы мен тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағидалар 9-қосымшамен толықтырылды - ҚР Үкіметінің 01.09.2022 </w:t>
-[...345 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес азамат облыстың (республикалық маңызы бар қаланың немесе астананың) жергiлiктi әскери басқару органы бастығының әскери қызметке шақыру туралы бұйрығы шыққан кезден бастап әскери қызметке шақырылды деп есептеледi.</w:t>
+      1. 8-бағанда курстық даярлықтан өткені көрсетіледі, мысалы: тиісті санаты, сыныбы, деңгейі немесе рұқсаты бар жүргізуші, тракторист-машинист, электрик, краншы, дәнекерлеуші және басқа. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 13-бағанда жарамдылық дәрежесінің литері, тіркеу нөмірі және қызметтік іс жүргізуде есепке алу күні көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -35147,55 +37788,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -35517,35 +38158,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>