--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a8a014f" w14:textId="a8a014f">
+    <w:p w14:paraId="633e7d1" w14:textId="633e7d1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -887,131 +887,193 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Біржолғы өтемақыны төлеу қызметкерге немесе оны алуға құқығы бар адамдарға мынадай жағдайларда:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z149" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) қызметкер қызметтік міндеттерін атқарып жүрген кезінде не қызметтік міндеттерін атқарып жүрген кезінде науқастануы, мертігуі (жарақаттануы, жаралануы, контузия алуы) салдарынан қызметтен босатылғаннан кейін бір жыл ішінде қаза тапқан (қайтыс болған) жағдайда (қызметкердің асырауындағы адамдар немесе мұрагерлері біржолғы өтемақы алуға құқығы бар адамдар болып табылады);</w:t>
+      1) қызметкер қызметтiк міндеттерін атқарып жүрген кезiнде науқастануы, мертігуі (жарақаттануы, жаралануы, контузия алуы) салдарынан не қызметтiк мiндеттерiн атқарып жүрген кезiнде науқастануы, мертігуі (жарақаттануы, жаралануы, контузия алуы) салдарынан қызметтен босатылғаннан кейiнгі бiр жыл ішінде қаза тапқан (қайтыс болған) жағдайда (қызметкердің асырауындағы адамдар немесе мұрагерлері біржолғы өтемақы алуға құқығы бар адамдар болып табылады);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z150" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) қызметкерге қызметтік міндеттерін атқарып жүрген кезінде науқастануы, мертігуі (жарақаттануы, жаралануы, контузия алуы) салдарынан болған мүгедектік белгіленген кезде;</w:t>
+      2) қызметкерге қызметтiк мiндеттерiн атқарып жүрген кезiнде науқастануы, мертігуі (жарақаттануы, жаралануы, контузия алуы) салдарынан немесе қызметкер қызметтік міндеттерін атқарып жүрген кезінде науқастануы, мертігуі (жарақаттануы, жаралануы, контузия алуы) салдарынан қызметтен босатылған күнінен бастап бір жыл өткенге дейін мүгедектік белгіленген кезде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z151" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қызметкер қызметтік міндеттерін атқарып жүрген кезінде мүгедектікке әкеп соқтырмайтын ауыр немесе жеңіл мертіккен (жарақаттанған, жараланған, контузия алған) жағдайда жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 09.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 837</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z152" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Біржолғы өтемақыны алу үшін қызметкер немесе оны алуға құқығы бар адамдар мынадай құжаттарды ресімдейді және қызметкер қызмет өткерген жердегі құқық қорғау органының, азаматтық қорғау органының, мемлекеттік фельдъегерлік қызметтің қаржы бөлімшесіне (бұдан әрі – қаржы бөлімшесі) ұсынады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z153" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) қызметкер қызметтік міндеттерін атқарып жүрген кезеңінде не қызметтік міндеттерін атқару кезінде науқастануы, мертігуі (жарақаттануы, жаралануы, контузия алуы) салдарынан қызметтен босатылғаннан кейін бір жыл ішінде қаза тапқан (қайтыс болған) жағдайда:</w:t>
+      1) қызметкер қызметтік міндеттерін атқарып жүрген кезiнде науқастануы, мертігуі (жарақаттануы, жаралануы, контузия алуы) салдарынан не қызметтiк мiндеттерiн атқарып жүрген кезiнде науқастануы, мертігуі (жарақаттануы, жаралануы, контузия алуы) салдарынан қызметтен босатылғаннан кейін бір жыл ішінде қаза тапқан (қайтыс болған) жағдайда:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1059,52 +1121,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаза тапқан (қайтыс болған) адамның қызмет өткерген жерінен қаза табуының (қайтыс болуының) мән-жайлары туралы қорытындының көшірмесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      егер төлемге өтініш берген адам қаза тапқан (қайтыс болған) адамның мұрагері болып табылса, мұраға құқығы туралы куәлік; </w:t>
+        <w:t>
+      егер төлемге өтініш берген адам қаза тапқан (қайтыс болған) адамның мұрагері болып табылса, мұраға құқығы туралы куәлік;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       асырауында болғаны туралы анықтама;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1113,72 +1175,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаза тапқан (қайтыс болған) адамның қаза тапқан (қайтыс болған) күнгі ақшалай үлесі туралы қаржы бөлімшесінің анықтамасы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілген оқиғалар туындаған кезде денсаулығына келтірілген зақымның салдарынан бір жыл өткенге дейін қайтыс болған қызметкердің қаза табу (қайтыс болу) фактісі бойынша әскери-дәрігерлік комиссияның (бұдан әрі – ӘДК) қорытындысы ұсынылады;</w:t>
+        <w:t>
+      Бұдан басқа, осы Қағидалардың 2-тармағының 1) тармақшасында көрсетілген оқиғалар туындаған кезде денсаулығына келтірілген зақымның салдарынан бір жыл өткенге дейін қайтыс болған қызметкердің қаза табу (қайтыс болу) фактісі бойынша әскери-дәрігерлік комиссияның (бұдан әрі – ӘДК) қорытындысы ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z154" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қызметкерге қызметтік міндеттерін атқарып жүрген кезінде науқастануы, мертігуі (жарақаттануы, жаралануы, контузия алуы) салдарынан болған мүгедектік белгіленген кезде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1377,50 +1419,112 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       емдеу-профилактикалық мекемесінің не ӘДК-нің мертігудің ауырлығы туралы анықтамасы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қызметкердің оқиға болған күнгі ақшалай үлесі туралы қаржы бөлімшесінің анықтамасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 09.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 837</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z156" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қызметкерге қызметтік міндеттерін атқарып жүрген кезінде науқастануы, мертігуі (жарақаттануы, жаралануы, контузия алуы) салдарынан немесе қызметкер қызметтік міндеттерін атқарып жүрген кезінде науқастануы, мертігуі (жарақаттануы, жаралануы, контузия алуы) салдарынан құқық қорғау қызметінен босатылған күннен бастап бір жыл өткенге дейін болған мүгедектік белгіленген кезде біржолғы өтемақы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z157" w:id="17"/>
     <w:p>
       <w:pPr>
@@ -4035,556 +4139,510 @@
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және Қазақстан Республикасы құқық қорғау органдарының, азаматтық қорғау органдарының, мемлекеттік фельдъегерлік қызметінің қызметкерлерін Қазақстан Республикасының мемлекеттік органдарына және Қазақстан Республикасы мүшесі болып табылатын халықаралық ұйымдарға (бұдан әрі – халықаралық ұйымдар) іссапарға жіберу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z166" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасының тиісті заңдарында айқындалған міндеттерді орындау мақсатында Қазақстан Республикасы құқық қорғау органдарының, азаматтық қорғау органдарының, мемлекеттік фельдъегерлік қызметінің қызметкерлерін (бұдан әрі – іссапарға жіберілген адамдар) іссапарға жіберу:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z167" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасы Президентінің Әкімшілігіне, Қазақстан Республикасы Парламенті палаталарының аппараттарына, Қазақстан Республикасы Үкіметінің Аппаратына – Қазақстан Республикасы Үкіметінің актісі негізінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z168" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының өзге мемлекеттік органдарына – олардың бірінші басшыларының келісуі бойынша Қазақстан Республикасының құқық қорғау органының, азаматтық қорғау органдарының, мемлекеттік фельдъегерлік қызметінің актісі негізінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z169" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) халықаралық ұйымдарға – егер ратификацияланған тиісті халықаралық шарттарда өзгеше белгіленбесе, Қазақстан Республикасы Үкіметінің актісі негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...57 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 17.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z170" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Іссапарға жіберілген адамдардың Қазақстан Республикасының тиісті құқық қорғау органдарының, азаматтық қорғау органдарының, мемлекеттік фельдъегерлік қызметінің қызметкері мәртебесі сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z171" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Іссапарға жіберілген адамдарға Қазақстан Республикасы Президентінің Әкімшілігі, Қазақстан Республикасы Парламенті палаталарының аппараттары, Қазақстан Республикасы Үкіметінің Аппараты және Қазақстан Республикасының басқа да мемлекеттік органдары қызметкерлерінің тиісті санаттары үшін белгіленген лауазымдық айлықақылар, сондай-ақ арнаулы атағы (сыныптық шені) бойынша қолданыстағы заңнамада белгіленген айлықақылар (қосымша ақылар) төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте іссапарға жіберілген адамдардың лауазымдық айлықақыны белгілеуге құқық беретін мемлекеттік қызмет өтілін есептеу Қазақстан Республикасының тиісті құқық қорғау органының, азаматтық қорғау органының, мемлекеттік фельдъегерлік қызметінің кадр қызметі ұсынатын анықтама негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Іссапарға жіберілген адамдарға лауазымдық айлықақылар, сауықтыру жәрдемақылары мен сыйлықақылар төлеу Қазақстан Республикасы Президентінің Әкімшілігін, Қазақстан Республикасы Парламенті палаталарының аппараттарын, Қазақстан Республикасы Үкіметінің Аппаратын және Қазақстан Республикасының басқа да мемлекеттік органдарын ұстауға көзделген қаражат есебінен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Іссапарға жіберілген адамдарға сыйлықақы беру Қазақстан Республикасы Президенті Әкімшілігінің, Қазақстан Республикасы Парламенті палаталары аппараттарының, Қазақстан Республикасы Үкіметі Аппаратының және Қазақстан Республикасының басқа да мемлекеттік органдарының қызметкерлері үшін айқындалған тәртіппен лауазымдық айлықақылар негізге алына отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 17.03.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Үкіметінің 17.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 236</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z170" w:id="32"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z172" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Халықаралық ұйымдарға іссапарға жіберілген адамдарға, егер ратификацияланған тиісті халықаралық шарттарда өзгеше белгіленбесе, Қазақстан Республикасының заңнамасында көзделген қаражат есебінен халықаралық ұйымдар жұмыскерлерінің тиісті санаттары үшін белгіленген, жалақы төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z173" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Өзге төлемдер, сондай-ақ іссапарға жіберілген адамдарды заттай мүлікпен қамтамасыз ету іссапарға жіберген Қазақстан Республикасының тиісті құқық қорғау органдарын, азаматтық қорғау органдарын, мемлекеттік фельдъегерлік қызметін ұстауға көзделген қаражат есебінен жүзеге асырылады. Біржолғы сипаттағы төлемдер іссапарға жіберілгенге дейін атқарған соңғы лауазымы бойынша лауазымдық айлықақыдан есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z174" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Іссапарға жіберілген адамдарға кезекті арнаулы атақтар мен сыныптық шендер беру Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z175" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Мемлекеттік органдарға іссапарға жіберілген адамдарды аттестаттау тиісті мемлекеттік органдардың қызметкерлері үшін белгіленген тәртіппен, ал халықаралық ұйымдарға іссапарға жіберілген адамдарды аттестаттау Қазақстан Республикасының құқық қорғау органдарының, азаматтық қорғау органдарының, мемлекеттік фельдъегерлік қызметінің қызметкерлері үшін белгіленген тәртіппен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z176" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Іссапарға жіберілген адамдарды көтермелеу және тәртіптік жауаптылыққа тарту Қазақстан Республикасы Президенті Әкімшілігінің, Қазақстан Республикасы Парламенті палаталары аппараттарының, Қазақстан Республикасы Үкіметі Аппаратының және Қазақстан Республикасының басқа да мемлекеттік органдарының қызметкерлері үшін белгіленген тәртіппен осы мемлекеттік органдардың Қазақстан Республикасының заңнамасында айқындалған өкілеттіктері шегінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...77 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Үкіметінің 17.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 236</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...221 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z177" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Іссапарға жіберілген адамдарды зейнетақымен қамсыздандыру Қазақстан Республикасының зейнетақы заңнамасына сәйкес жүзеге асырылады. Бұл ретте мемлекеттік органдарға іссапарға жіберілген адамдар үшін олар Қазақстан Республикасы Президентінің Әкімшілігінде, Қазақстан Республикасы Парламенті палаталарының аппараттарында, Қазақстан Республикасы Үкіметінің Аппаратында және Қазақстан Республикасының басқа да мемлекеттік органдарында атқаратын лауазымдары бойынша лауазымдық айлықақылар, ал халықаралық ұйымдарға іссапарға жіберілген адамдар үшін іссапарға жіберілгенге дейін атқарған соңғы лауазымы бойынша лауазымдық айлықақылар есепке алынады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4738,1232 +4796,1232 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 1192 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z63" w:id="37"/>
+    <w:bookmarkStart w:name="z63" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Үкіметінің күші жойылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z64" w:id="38"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z64" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасының өсімдік карантині жөніндегі мемлекеттік қызмет қызметкерлерін нысандық киіммен қамтамасыз ету туралы" Қазақстан Республикасы Министрлер Кабинетінің 1993 жылғы 18 маусымдағы № 515 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z65" w:id="39"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z65" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Ішкі істер органдарының қатардағы және басшы құрамдағы адамдарының қызмет өткеруі туралы ережені бекіту туралы" Қазақстан Республикасы Үкіметінің 1996 жылғы 27 желтоқсандағы № 1644 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z66" w:id="40"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z66" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Сот приставтарының нысандық киімі мен ерекшелік белгілері туралы" Қазақстан Республикасы Үкіметінің 1999 жылғы 16 қарашадағы № 1726 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z67" w:id="41"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z67" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасы Үкіметінің 1996 жылғы 27 желтоқсандағы № 1644 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2000 жылғы 21 тамыздағы № 1287 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z68" w:id="42"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z68" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасының ішкі істер органдары қызметкерінің қызметтік міндеттерін немесе қызметтік борышын атқару кезеңінде оның қаза табуы (қайтыс болуы) немесе зақымдануы жағдайында біржолғы өтемақы төлеудің ережесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2002 жылғы 24 қаңтардағы № 97 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2002 ж., № 5, 28-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z69" w:id="43"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z69" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасы қаржы полициясы органдарының қызметкері қызметтік міндеттерін немесе қызметтік борышын атқару кезеңінде қаза тапқан (өлген) немесе мертіккен жағдайда және қайтыс болған немесе қаза болған қаржы полициясы органдарының қызметкерлері мен зейнеткерлерін жерлеу үшін біржолғы өтемақы төлеу ережесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2002 жылғы 26 қарашадағы № 1260 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z70" w:id="44"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z70" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Қазақстан Республикасындағы теңіз және ішкі су көлігіндегі мемлекеттік бақылау қызметкерлерінің нысанды киімінің мәселелері" Қазақстан Республикасы Үкіметінің 2003 жылғы 1 қазандағы № 1013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z71" w:id="45"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z71" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Қазақстан Республикасы Үкіметінің 1999 жылғы 16 қарашадағы № 1726 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2003 жылғы 22 желтоқсандағы № 1283 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z72" w:id="46"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z72" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Әскери қызметшілерді, ішкі істер органдарының, қаржы полициясының, прокуратураның қызметкерлерін Қазақстан Республикасының жекелеген мемлекеттік органдарына іссапарға жіберу тәртібі туралы" Қазақстан Республикасы Үкіметінің 2004 жылғы 3 тамыздағы № 826 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2004 ж., № 29, 384-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z73" w:id="47"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z73" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Қазақстан Республикасы прокуратура органдарының қызметкері қызметтік міндеттерін атқару кезеңінде не қызметтік міндеттерін атқару кезінде алған жарақат немесе мертігу салдарынан қызметтен босатылғаннан кейінгі бір жыл ішінде қаза тапқан (қайтыс болған) жағдайда олардың асырауындағылары мен мұрагерлеріне біржолғы өтемақы төлеу ережесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2005 жылғы 7 ақпандағы № 114 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2005 ж., № 6, 62-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z74" w:id="48"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z74" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. "Мемлекеттік өртке қарсы қызмет органдарының қызметкері қызметтік міндеттерін немесе қызметтік борышын атқару кезеңінде мертіккен жағдайда оған, ал ол қаза тапқан (қайтыс болған) жағдайда өтемақы алуға құқығы бар адамдарға біржолғы өтемақы төлеу ережесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2005 жылғы 5 наурыздағы № 212 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2005 ж., № 12, 118-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z75" w:id="49"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z75" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. "Қазақстан Республикасы әділет органдарының қылмыстық-атқару жүйесі қызметкерлеріне қызметтік міндеттерін немесе қызметтік борышын атқару кезеңінде мертіккен кезде, ал олар қаза тапқан (қайтыс болған) жағдайда оны алуға құқығы бар адамдарға біржолғы өтемақы төлеу ережесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2005 жылқы 4 сәуірдегі № 299 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2005 ж., № 14, 159-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z76" w:id="50"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z76" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. "Мемлекеттік өртке қарсы қызмет органдарының қатардағы және басшы құрамының қызмет өткеруі туралы ережені бекіту туралы" Қазақстан Республикасы Үкіметінің 2005 жылғы 15 сәуірдегі № 363 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2005 ж., № 17, 201-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z77" w:id="51"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z77" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. "Қазақстан Республикасы Үкіметінің 2005 жылғы 5 наурыздағы № 212 қаулысына өзгеріс енгізу туралы" Қазақстан Республикасы Үкіметінің 2005 жылғы 11 қазандағы № 1011 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2005 ж., № 37, 519-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z78" w:id="52"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z78" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. "Қазақстан Республикасы Үкіметінің 1996 жылғы 27 желтоқсандағы № 1644 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2005 жылғы 3 қарашадағы № 1093 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z79" w:id="53"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z79" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. "Қазақстан Республикасы Үкіметінің 2003 жылғы 1 қазандағы № 1013 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2005 жылғы 29 қарашадағы № 1172 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z80" w:id="54"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z80" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. "Қазақстан Республикасының әділет органдары қылмыстық-атқару жүйесінің қызметкерлерін мемлекеттік органдар мен халықаралық ұйымдарға іссапарға жіберу ережесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2007 жылғы 19 шілдедегі № 614 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z81" w:id="55"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z81" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. "Қазақстан Республикасының әділет органдары қылмыстық-атқару жүйесінің қатардағы және басшы құрамдағы адамдардың қызмет өткеруі туралы ережені бекіту туралы" Қазақстан Республикасы Үкіметінің 2007 жылғы 30 шілдедегі № 639 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2007 ж., № 26, 302-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z82" w:id="56"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z82" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. "Қазақстан Республикасы Үкіметінің 1996 жылғы 27 желтоқсандағы № 1644 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2007 жылғы 2 қарашадағы № 1034 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2007 ж., № 42, 488-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z83" w:id="57"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z83" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. "Қазақстан Республикасы Үкіметінің 2007 жылғы 30 шілдедегі № 639 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2008 жылғы 25 қаңтардағы № 68 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2008 ж., № 2, 31-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z84" w:id="58"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z84" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. "Қазақстан Республикасы Үкіметінің өрт қауіпсіздігі саласындағы кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2008 жылғы 18 қарашадағы № 1068 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2008 ж., № 43, 492-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z85" w:id="59"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z85" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. "Қазақстан Республикасы Үкіметінің өрт қауіпсіздігі саласындағы кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2008 жылғы 18 қарашадағы № 1068 каулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z86" w:id="60"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z86" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. "Қазақстан Республикасы Көлік және коммуникация министрлігінің мәселелері" Қазақстан Республикасы Үкіметінің 2009 жылғы 16 маусымдағы № 913 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2009 ж., № 30, 271-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z87" w:id="61"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z87" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. "Қазақстан Республикасы Үкіметінің 2007 жылғы 30 шілдедегі № 639 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2009 жылғы 23 шілдедегі № 1125 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2009 ж., № 34, 323-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z88" w:id="62"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z88" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. "Қазақстан Республикасы Үкіметінің 2007 жылғы 30 шілдедегі № 639 қаулысына өзгеріс пен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2010 жылғы 24 сәуірдегі № 350 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2010 ж., № 31, 244-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z89" w:id="63"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z89" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. "Қазақстан Республикасы Үкіметінің 2004 жылғы 3 тамыздағы № 826 қаулысына толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2010 жылғы 3 шілдедегі № 694</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2010 ж., № 42, 378-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z90" w:id="64"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z90" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. "Қазақстан Республикасы Үкіметінің 1996 жылғы 27 желтоқсандағы № 1644 қаулысына толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2010 жылғы 2 қыркүйектегі № 873</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z91" w:id="65"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z91" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. "Кеден органының лауазымды адамына қызметтік міндеттерін орындауына байланысты, өзінің кәсіби қызметімен одан әрі айналысуына мүмкіндік бермейтіндей болып мертіккен не денсаулығына өзге де зақым келген кезде, сондай-ақ ол қаза тапқан (қайтыс болған) жағдайда біржолғы өтемақы төлеу қағидасын бекіту туралы" Қазақстан Республикасы Үкіметінің 2010 жылғы 7 қазандағы № 1034 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>