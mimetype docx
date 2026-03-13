--- v0 (2025-11-08)
+++ v1 (2026-03-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="85d71ef" w14:textId="85d71ef">
+    <w:p w14:paraId="700b438" w14:textId="700b438">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,363 +85,585 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Үкіметінің 2002 жылғы 30 шілдедегі № 850 қаулысына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Үкіметінің 2010 жылғы 12 қазандағы № 1060 Қаулысы</w:t>
+        <w:t>Қазақстан Республикасы Үкіметінің 2010 жылғы 12 қазандағы № 1060 Қаулысы. Күші жойылды - Қазақстан Республикасы Үкіметінің 2026 жылғы 20 ақпандағы № 96 қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Үкіметінің 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Үкіметі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. "Республикалық микроорганизмдер коллекциясы туралы" Қазақстан Республикасы Үкіметінің 2002 жылғы 30 шілдедегі № 850 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2002 ж., № 25, 267-құжат) мынадай өзгерістер енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2 және 3-тармақтар мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. Мыналар республикалық микроорганизмдер коллекциясының функцияларын жүзеге асыратын органдар болып белгіленсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өнеркәсіптік микроорганизмдер бойынша - Қазақстан Республикасы Білім және ғылым министрлігі Ғылым комитетінің "Республикалық микроорганизмдер коллекциясы" республикалық мемлекеттік кәсіпорны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аса қауіпті инфекциялар қоздырғыштары бойынша - Қазақстан Республикасы Денсаулық сақтау министрлігі Мемлекеттік санитарлық-эпидемиологиялық қадағалау комитетінің "Масғұт Айқымбаев атындағы Қазақ карантиндік және зооноздық жұқпалар ғылыми орталығы" республикалық мемлекеттік қазыналық кәсіпорны, Қазақстан Республикасы Ауыл шаруашылығы министрлігі Агроөнеркәсіптік кешендегі мемлекеттік инспекция комитетінің "Ветеринария бойынша ұлттық референттік орталық" мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасы Денсаулық сақтау министрлігі Мемлекеттік санитарлық-эпидемиологиялық қадағалау комитетінің "Масғұт Айқымбаев атындағы Қазақ карантиндік және зооноздық жұқпалар ғылыми орталығы" республикалық мемлекеттік қазыналық кәсіпорны, Қазақстан Республикасы Білім және ғылым министрлігі Ғылым комитетінің "Биологиялық қауіпсіздік проблемаларының ғылыми-зерттеу институты" республикалық мемлекеттік кәсіпорны және Қазақстан Республикасы Ауыл шаруашылығы министрлігі Агроөнеркәсіптік кешендегі мемлекеттік инспекция комитетінің "Ветеринария бойынша ұлттық референттік орталық" мемлекеттік мекемесі аса қауіпті инфекциялар қоздырғыштарының депозитарийлері болып белгіленсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Ауыл шаруашылығы министрлігінің "Қазақ тамақ өнеркәсібі ғылыми-зерттеу институты" республикалық мемлекеттік қазыналық кәсіпорны және Қазақстан Республикасы Білім және ғылым министрлігі Ғылым комитетінің "Ұлттық биотехнология орталығы" республикалық мемлекеттік кәсіпорны өнеркәсіптік микроорганизмдердің депозитарийлері болып белгіленсін.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы қаулы қол қойылған күнінен бастап қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Премьер-Министрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+К. Мәсімов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...201 lines deleted...]
-        <w:t>      Премьер-Министрі                              К. Мәсімов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -761,35 +985,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>