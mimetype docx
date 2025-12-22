--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8bb9cbb" w14:textId="8bb9cbb">
+    <w:p w14:paraId="c47cdca" w14:textId="c47cdca">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -364,148 +364,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Осы қаулы қол қойылған күнінен бастап қолданысқа енгiзiледi. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10093"/>
-        <w:gridCol w:w="2207"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10093" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Премьер-Министрінің</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>міндетін атқарушы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2207" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -577,739 +579,347 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Үкiметiнiң</w:t>
+              <w:t>Үкіметінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2006 жылғы 15 наурыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>N 169 қаулысымен</w:t>
+              <w:t>№ 169 қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бекiтiлген</w:t>
+              <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ұжымдық қауiпсiздiк туралы шарт ұйымына мүше</w:t>
-[...23 lines deleted...]
-        <w:t>мемлекетаралық комиссияның қазақстандық бөлiгiнiң құрамы</w:t>
+        <w:t xml:space="preserve"> Ұжымдық қауіпсіздік туралы шарт ұйымына мүше мемлекеттердің Әскери-экономикалық ынтымақтастығы жөніндегі мемлекетаралық комиссияның қазақстандық бөлігінің құрамы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Комиссияның құрамына өзгерістер енгізілді - ҚР Үкіметінің 2006.08.04 </w:t>
+      Ескерту. Комиссияның құрамы жаңа редакцияда - ҚР Үкіметінің 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>N 739</w:t>
+        <w:t>№ 945</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 2007.04.02 N </w:t>
-[...129 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...421 lines deleted...]
-      </w:r>
+      Қазақстан Республикасы Қорғаныс министрінің орынбасары, тең төраға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
+      Қазақстан Республикасы Қорғаныс министрлігінің Әскери-техникалық саясат департаменті бастығының орынбасары, тең төрағаның орынбасары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Қорғаныс министрлігінің Әскери-техникалық саясат департаменті әскери-техникалық ынтымақтастық басқармасының бастығы, жауапты хатшы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Әділет министрлігінің Зияткерлік меншік құқығы комитеті төрағасының орынбасары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Сыртқы істер министрлігінің Еуразиялық интеграция департаменті Ұжымдық қауіпсіздік туралы шарт ұйымы мәселелері жөніндегі басқармасының басшысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Ұлттық экономика министрлігінің Арнайы бағдарламалар комитеті қорғанысты экономикалық қамтамасыз етуді жоспарлау және үйлестіру жөніндегі басқармасының басшысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Сауда және интеграция министрлігінің Техникалық реттеу және метрология комитеті стандарттау және тауар шығаратын елдер басқармасының бастығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Қорғаныстық-өнеркәсіптік кешен департаменті экономика, қорғаныстық ғылыми зерттеулер және әскери-өнеркәсіптік стандарттау және әскери-техникалық ынтымақтастық басқармасының басшысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Әділет министрлігінің Зияткерлік меншік құқығы комитеті өнеркәсіптік меншік басқармасының бас сарапшысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Қорғаныстық-өнеркәсіптік кешен департаменті экономика, қорғаныстық ғылыми зерттеулер және әскери-өнеркәсіптік стандарттау және әскери-техникалық ынтымақтастық басқармасының бас сарапшысы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстан инжиниринг" R&amp;D орталығы" жауапкершілігі шектеулі серіктестігінің бас директоры.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1453,54 +1063,92 @@
         </w:rPr>
         <w:t xml:space="preserve">мемлекеттердiң әскери-экономикалық ынтымақтастығы жөнiндегi </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>мемлекетаралық комиссияның қазақстандық бөлiгi туралы ереже</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+        <w:t>1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-тараудың тақырыбы жаңа редакцияда - ҚР Үкіметінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 945</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы ереже Ұжымдық қауiпсiздiк туралы шарт ұйымының (бұдан әрi - ҰҚШҰ) Ұжымдық қауiпсiздiк кеңесiнiң 2005 жылғы 23 маусымдағы шешiмiне және көрсетiлген шешiммен бекiтiлген Ұжымдық қауiпсiздiк туралы шарт ұйымының әскери-экономикалық ынтымақтастық жөнiндегi мемлекетаралық комиссиясы туралы ережеге (бұдан әрi - ҰҚШҰ ӘЭЫМК) сәйкес әзiрленген. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1512,93 +1160,295 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Ереже Қазақстан Республикасының барлық ҰҚШҰ-ға мүше мемлекеттермен көп жақты ынтымақтастықты одан әрi тереңдету және жетiлдiру және әскери мақсаттағы өнiмдердi әзiрлеу мен өндiру саласындағы ықпалдастықты дамыту, сондай-ақ әскери және азаматтық мақсаттағы өнiмдердi өндiру кезiнде қосарлы мақсаттағы (қолданыстағы) технологияларды пайдалану жөнiндегi күш-жiгерiн бiрiктiру әрi үйлестiру мақсатында әзiрлендi. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3. ҰҚШҰ-ның Әскери-экономикалық ынтымақтастық жөнiндегi мемлекетаралық комиссиясының (бұдан әрi - Комиссия) қазақстандық бөлiгi ҰҚШҰ ӘЭЫМК-де қазақстандық тараптың атынан өкiлдiк ететiн консультациялық-кеңесшi орган болып табылады және өз қызметiнде ҰҚШҰ жарғысын, ҰҚШҰ шеңберiнде қабылданған халықаралық шарттарды және шешiмдердi, осы Ереженi, сондай-ақ Қазақстан Республикасының заңнамасын басшылыққа алады. </w:t>
+        <w:t>
+      3. ҰҚШҰ-ның Әскери-экономикалық ынтымақтастық жөнiндегi мемлекетаралық комиссиясының (бұдан әрi - Комиссия) қазақстандық бөлiгi ҰҚШҰ ӘЭЫМК-де қазақстандық тараптың атынан өкiлдiк ететiн консультациялық-кеңесшi орган болып табылады және өз қызметiнде ҰҚШҰ жарғысын, ҰҚШҰ шеңберiнде қабылданған халықаралық шарттарды және шешiмдердi, осы Ереженi, сондай-ақ Қазақстан Республикасының заңнамасын басшылыққа алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkStart w:name="z28" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Комиссияның құрамы мен ол туралы ережені Қазақстан Республикасының Үкіметі бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тарау 3-1-тармақпен толықтырылды - ҚР Үкіметінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 945</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-2. Қажет болған жағдайда Қазақстан Республикасының мүдделі мемлекеттік органдарының өкілдері ҰҚШҰ ӘЭЫМК отырыстарына қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тарау 3-2-тармақпен толықтырылды - ҚР Үкіметінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 945</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Комиссияның функциялары</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+        <w:t xml:space="preserve"> 2-тарау. Комиссияның функциялары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-тараудың тақырыбы жаңа редакцияда - ҚР Үкіметінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 945</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Комиссия мынадай бағыттар бойынша көп жақты әскери-экономикалық ынтымақтастықты қамтамасыз етуге бағытталған ұсынымдарды қарайды және әзiрлейдi: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) әскери-экономикалық ынтымақтастықтың ұзақ мерзiмдi бағдарламаларын әзiрлеу және iске асыру; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1753,130 +1603,130 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) Қазақстан Республикасының заңнамасын ескере отырып, әскери мақсаттағы өнiмдердi жасау, пайдалану, жаңғырту және кәдеге жарату саласындағы нормативтiк-техникалық құжаттама алмасу және оны бiрлесiп әзiрлеу жөнiнде ұсыныстар дайындау; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) ҰҚШҰ-ға қатысушы мемлекеттердiң өнеркәсiбi кәсiпорындарының әскери мақсаттағы өнiмдердi өндiру үшiн шикiзатты, материалдар мен жинақтаушы бұйымдарды кооперациялық жеткiзуi кезiнде даулы мәселелердi реттеу жөнiнде ұсынымдар әзiрлеу. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkStart w:name="z16" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Комиссия әскери-экономикалық ынтымақтастық жөнiндегi көп жақты келiсiмдердi, сондай-ақ көп жақты келiсiмдердi iске асыру мақсатында жасалатын екi жақты келiсiмдердi дайындауға қатысады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z17" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Комиссия Қазақстан Республикасы мүдделi мемлекеттiк органдарының Комиссияның функцияларын iске асыруға қатысты мәселелерi бөлiгiндегi iс-қимылдарын келiсуге ықпал етедi, сондай-ақ Қазақстан Республикасы жасасқан халықаралық шарттардың iске асырылуын жүйелi талдауды жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z18" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Комиссия ақпараттық жүйелердi және Комиссия қызметiнiң бағыттары бойынша дерекқор құру жөнiндегi жұмыстарды ұйымдастыруға қатысады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z19" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Өзiне жүктелген функцияларды жүзеге асыру үшiн Комиссия: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) әскери-экономикалық ынтымақтастыққа қатысты мәселелер кешенi бойынша ұсынымдар әзiрлеуге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1923,144 +1773,162 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) қажет болған жағдайда өз қызметiнiң бағыттары бойынша ұсыныстар әзiрлеу үшiн Қазақстан Республикасының орталық және жергiлiктi атқарушы органдары мен ұйымдарының өкiлдерiнен тұрақты немесе уақытша негiзде жұмыс тобын құруға, сондай-ақ конференциялар мен кеңестер шақыруға құқылы. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Комиссияның жұмыс топтарының қызметi Комиссияның тең төрағасы айқындайтын тәртiппен жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:bookmarkStart w:name="z20" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Комиссияның құрамы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-[...56 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-тарау алып тасталды - ҚР Үкіметінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 945</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Комиссияның қызметiн ұйымдастыру</w:t>
+        <w:t xml:space="preserve"> 4-тарау. Комиссия қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-тараудың тақырыбы жаңа редакцияда - ҚР Үкіметінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 945</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Комиссияның тең төрағасы: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2254,55 +2122,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2628,31 +2496,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>