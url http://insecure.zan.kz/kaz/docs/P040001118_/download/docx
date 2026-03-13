--- v0 (2025-11-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e88b8a7" w14:textId="e88b8a7">
+    <w:p w14:paraId="3636a02" w14:textId="3636a02">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4151,4096 +4151,4328 @@
         <w:t>
       98) инвестициялар тарту саласындағы ұлттық компания және оның өңірлік өкілдері мен өкілдіктері, инвестициялар тарту саласындағы өңірлік ұйымдар жүзеге асыратын, инвесторлар үшін "бір терезе" қағидаты бойынша инвесторларды қолдап отыру жөніндегі қызметті үйлестіруді және мониторингтеуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
     <w:bookmarkStart w:name="z249" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       99) мемлекеттік және басқа да қызметтерді көрсетуге жауапты мемлекеттік органдармен бірлесіп, инвесторларға осы қызметтерді көрсету және оларды мемлекеттік органдар мен өзге де ұйымдарда сүйемелдеу шеңберінде өзара іс-қимыл жасау үшін жауапты тұлғаларды айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z250" w:id="152"/>
-[...15 lines deleted...]
-      100) мемлекеттік жоспарлау жөніндегі орталық уәкілетті органмен және бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша инвестициялық келісімшарт шеңберінде импорты қосылған құн салығынан босатылатын шикізаттың және (немесе) материалдардың тізбесін бекіту;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">100) алып тасталды - ҚР Үкіметінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1187</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">101) алып тасталды - ҚР Үкіметінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1187</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z252" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102) Қазақстан Республикасының заңнамасында белгіленген тәртіппен стандарттау саласындағы уәкілетті органға ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат жіктеуіштерін, стандарттау жөніндегі ұсынымдарды әзірлеу, оларға өзгерістер енгізу, қайта қарау және олардың күшін жою туралы ұсыныстар дайындауды және енгізуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z251" w:id="153"/>
-[...15 lines deleted...]
-      101) инвестициялық салық кредитін алу үшін инвестициялық салық кредиті туралы келісім жасасу тәртібін салық және бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті мемлекеттік органмен және мемлекеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша бекіту;</w:t>
+    <w:bookmarkStart w:name="z253" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103) стандарттау саласындағы уәкілетті органмен келісу бойынша ұлттық стандарттарды және ұлттық техникалық-экономикалық ақпарат жіктеуіштерін әзірлеуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z252" w:id="154"/>
-[...15 lines deleted...]
-      102) Қазақстан Республикасының заңнамасында белгіленген тәртіппен стандарттау саласындағы уәкілетті органға ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат жіктеуіштерін, стандарттау жөніндегі ұсынымдарды әзірлеу, оларға өзгерістер енгізу, қайта қарау және олардың күшін жою туралы ұсыныстар дайындауды және енгізуді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z254" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104) стандарттау жөніндегі құжаттар мен ұлттық стандарттау жоспарының жобаларын қарау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z253" w:id="155"/>
-[...15 lines deleted...]
-      103) стандарттау саласындағы уәкілетті органмен келісу бойынша ұлттық стандарттарды және ұлттық техникалық-экономикалық ақпарат жіктеуіштерін әзірлеуді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z255" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105) стандарттау жөніндегі техникалық комитеттерді құру жөнінде ұсыныстар дайындауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z254" w:id="156"/>
-[...15 lines deleted...]
-      104) стандарттау жөніндегі құжаттар мен ұлттық стандарттау жоспарының жобаларын қарау;</w:t>
+    <w:bookmarkStart w:name="z256" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106) стандарттау жөніндегі техникалық комитеттердің және стандарттау жөніндегі ұлттық органның, стандарттау жөніндегі халықаралық ұйымдардың жұмысына қатысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z255" w:id="157"/>
-[...15 lines deleted...]
-      105) стандарттау жөніндегі техникалық комитеттерді құру жөнінде ұсыныстар дайындауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z257" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107) өлшем бірлігін қамтамасыз ету саласындағы бірыңғай мемлекеттік саясатты іске асыруға қатысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z256" w:id="158"/>
-[...15 lines deleted...]
-      106) стандарттау жөніндегі техникалық комитеттердің және стандарттау жөніндегі ұлттық органның, стандарттау жөніндегі халықаралық ұйымдардың жұмысына қатысу;</w:t>
+    <w:bookmarkStart w:name="z258" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108) дамуға ресми көмек іс-шараларының жоспарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z257" w:id="159"/>
-[...15 lines deleted...]
-      107) өлшем бірлігін қамтамасыз ету саласындағы бірыңғай мемлекеттік саясатты іске асыруға қатысу;</w:t>
+    <w:bookmarkStart w:name="z259" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109) мемлекеттік органдар мен ұйымдардың дамуға ресми көмек саласындағы өзара іс-қимылының тәртібін бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z258" w:id="160"/>
-[...15 lines deleted...]
-      108) дамуға ресми көмек іс-шараларының жоспарын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z260" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110) Қазақстан Республикасының дамуға ресми көмек саласындағы қызметін ақпараттық сүйемелдеуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z259" w:id="161"/>
-[...15 lines deleted...]
-      109) мемлекеттік органдар мен ұйымдардың дамуға ресми көмек саласындағы өзара іс-қимылының тәртібін бекіту;</w:t>
+    <w:bookmarkStart w:name="z261" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111) дамуға ресми көмектің жобалық ұсынысының нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z260" w:id="162"/>
-[...15 lines deleted...]
-      110) Қазақстан Республикасының дамуға ресми көмек саласындағы қызметін ақпараттық сүйемелдеуді қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z262" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112) мемлекеттік органдардың, оператордың және өзге де ұйымдардың дамуға ресми көмек саласындағы қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z261" w:id="163"/>
-[...15 lines deleted...]
-      111) дамуға ресми көмектің жобалық ұсынысының нысанын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z263" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113) дамуға ресми көмекті есепке алуды және талдауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z262" w:id="164"/>
-[...15 lines deleted...]
-      112) мемлекеттік органдардың, оператордың және өзге де ұйымдардың дамуға ресми көмек саласындағы қызметін үйлестіру;</w:t>
+    <w:bookmarkStart w:name="z264" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114) халықаралық ұйымдарға дамуға ресми көмекке арналған ерікті жарналарды төлеу жоспарын бекіту және оны іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z263" w:id="165"/>
-[...15 lines deleted...]
-      113) дамуға ресми көмекті есепке алуды және талдауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z265" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115) Қазақстан Республикасының Үкіметіне дамуға ресми көмектің іске асырылу барысы туралы жыл сайынғы есепті ұсыну;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z264" w:id="166"/>
-[...15 lines deleted...]
-      114) халықаралық ұйымдарға дамуға ресми көмекке арналған ерікті жарналарды төлеу жоспарын бекіту және оны іске асыру;</w:t>
+    <w:bookmarkStart w:name="z266" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116) оператордың дамуға ресми көмек үшін бөлінген бюджет қаражатын пайдалану саласындағы қызметіне мониторингті жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z265" w:id="167"/>
-[...15 lines deleted...]
-      115) Қазақстан Республикасының Үкіметіне дамуға ресми көмектің іске асырылу барысы туралы жыл сайынғы есепті ұсыну;</w:t>
+    <w:bookmarkStart w:name="z267" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117) дамуға ресми көмек жобасына мониторинг жүргізу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z266" w:id="168"/>
-[...15 lines deleted...]
-      116) оператордың дамуға ресми көмек үшін бөлінген бюджет қаражатын пайдалану саласындағы қызметіне мониторингті жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z268" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118) дамуға ресми көмек жобаларының іске асырылу тиімділігін бағалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z267" w:id="169"/>
-[...15 lines deleted...]
-      117) дамуға ресми көмек жобасына мониторинг жүргізу тәртібін айқындау;</w:t>
+    <w:bookmarkStart w:name="z269" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119) мыналарды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z268" w:id="170"/>
-[...15 lines deleted...]
-      118) дамуға ресми көмек жобаларының іске асырылу тиімділігін бағалауды жүзеге асыру;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шет мемлекеттердің дипломатиялық және оларға теңестірілген өкілдіктерін, халықаралық ұйымдарды және (немесе) олардың өкілдіктерін, сондай-ақ шет мемлекеттердің консулдық мекемелерін тіркеуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасындағы шет мемлекеттердің дипломатиялық және оларға теңестірілген өкілдіктерінің, халықаралық ұйымдардың және (немесе) олардың өкілдіктерінің басшыларын, персоналы мүшелерін, шет мемлекеттердің консулдық мекемелерінің жұмыскерлерін аккредиттеуді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z270" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120) мыналарды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z269" w:id="171"/>
-[...15 lines deleted...]
-      119) мыналарды:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шет мемлекеттердің дипломатиялық және оларға теңестірілген өкілдіктерін, халықаралық ұйымдарды және (немесе) олардың өкілдіктерін, сондай-ақ шет мемлекеттердің консулдық мекемелерін тіркеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасындағы шет мемлекеттердің дипломатиялық және оларға теңестірілген өкілдіктерінің, халықаралық ұйымдардың және (немесе) олардың өкілдіктерінің басшыларын, персоналы мүшелерін, шет мемлекеттердің консулдық мекемелерінің жұмыскерлерін аккредиттеу тәртібін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z271" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121) Қазақстан Республикасы мемлекеттік органдарының делимитациялауға, демаркациялауға және қайта демаркациялауға байланысты мәселелер бойынша қызметін үйлестіру, Қазақстан Республикасының Мемлекеттік шекарасы режимі туралы шарттар жасасу жөніндегі келіссөздерге қатысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:p>
-[...51 lines deleted...]
-      120) мыналарды:</w:t>
+    <w:bookmarkStart w:name="z272" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122) Қазақстан Республикасы Мемлекеттік шекарасының сыртқы саяси, халықаралық-құқықтық қорғалуын қамтамасыз етуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:p>
-[...51 lines deleted...]
-      121) Қазақстан Республикасы мемлекеттік органдарының делимитациялауға, демаркациялауға және қайта демаркациялауға байланысты мәселелер бойынша қызметін үйлестіру, Қазақстан Республикасының Мемлекеттік шекарасы режимі туралы шарттар жасасу жөніндегі келіссөздерге қатысу;</w:t>
+    <w:bookmarkStart w:name="z273" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123) Қазақстан Республикасына қатысты шет мемлекеттердiң шекара және виза саясатындағы өзгерістер, басқа мемлекеттердегi мемлекеттік шекаралар арқылы өткізу тәртiбі, шектес мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасын делимитациялауды, демаркациялауды немесе қайта демаркациялауды жүргiзу туралы Қазақстан Республикасы Ұлттық қауіпсіздік комитетінің Шекара қызметiн хабардар ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z272" w:id="174"/>
-[...15 lines deleted...]
-      122) Қазақстан Республикасы Мемлекеттік шекарасының сыртқы саяси, халықаралық-құқықтық қорғалуын қамтамасыз етуді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z274" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124) Қазақстан Республикасының Ұлттық қауіпсіздік комитеті Шекара қызметiнің шекара өкiлдерi реттемеген Қазақстан Республикасының Мемлекеттік шекарасы режимін сақтау мәселелерін және шекарадағы тосын оқиғаларды дипломатиялық құралдармен және әдістермен шешу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z273" w:id="175"/>
-[...15 lines deleted...]
-      123) Қазақстан Республикасына қатысты шет мемлекеттердiң шекара және виза саясатындағы өзгерістер, басқа мемлекеттердегi мемлекеттік шекаралар арқылы өткізу тәртiбі, шектес мемлекеттермен Қазақстан Республикасының Мемлекеттік шекарасын делимитациялауды, демаркациялауды немесе қайта демаркациялауды жүргiзу туралы Қазақстан Республикасы Ұлттық қауіпсіздік комитетінің Шекара қызметiн хабардар ету;</w:t>
+    <w:bookmarkStart w:name="z275" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125) Қазақстан Республикасының Мемлекеттік шекарасын қорғау мәселелері бойынша халықаралық іс-шараларды өткізу кезінде уәкілетті органдардың лауазымды адамдарын шетелге іссапарға жіберуге арналған қаражатты пайдалану жөнінде шешімдер қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z274" w:id="176"/>
-[...15 lines deleted...]
-      124) Қазақстан Республикасының Ұлттық қауіпсіздік комитеті Шекара қызметiнің шекара өкiлдерi реттемеген Қазақстан Республикасының Мемлекеттік шекарасы режимін сақтау мәселелерін және шекарадағы тосын оқиғаларды дипломатиялық құралдармен және әдістермен шешу;</w:t>
+    <w:bookmarkStart w:name="z276" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126) шектес мемлекеттермен шекара өкілдерінің тізімдерімен алмасуды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z275" w:id="177"/>
-[...15 lines deleted...]
-      125) Қазақстан Республикасының Мемлекеттік шекарасын қорғау мәселелері бойынша халықаралық іс-шараларды өткізу кезінде уәкілетті органдардың лауазымды адамдарын шетелге іссапарға жіберуге арналған қаражатты пайдалану жөнінде шешімдер қабылдау;</w:t>
+    <w:bookmarkStart w:name="z277" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127) дипломатиялық және консулдық артықшылықтар мен иммунитеттердiң сақталуын бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z276" w:id="178"/>
-[...15 lines deleted...]
-      126) шектес мемлекеттермен шекара өкілдерінің тізімдерімен алмасуды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z278" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128) Қазақстан Республикасының аумағындағы дипломатиялық өкiлдiктердiң және консулдық мекемелердiң жұмыс iстеуiне жәрдемдесу, өз құзыретi шегiнде оларға қызмет көрсететiн ұйымдардың қызметiн бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z277" w:id="179"/>
-[...15 lines deleted...]
-      127) дипломатиялық және консулдық артықшылықтар мен иммунитеттердiң сақталуын бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z279" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129) Қазақстан Республикасының құрметті (штаттан тыс) консулдарының функциялары мен өкілеттіктерін айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z278" w:id="180"/>
-[...15 lines deleted...]
-      128) Қазақстан Республикасының аумағындағы дипломатиялық өкiлдiктердiң және консулдық мекемелердiң жұмыс iстеуiне жәрдемдесу, өз құзыретi шегiнде оларға қызмет көрсететiн ұйымдардың қызметiн бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z280" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130) Қазақстан Республикасында аккредиттелген дипломатиялық өкiлдiктердiң және консулдық мекемелердiң, сондай-ақ оларға теңестiрiлген халықаралық ұйымдар өкілдіктерінің қызметкерлеріне шекаралық және өзге де бақылау түрлері жүзеге асырылатын өткізу пункттеріндегі үй-жайларға және өзге де орындарға жіберу үшін рұқсаттамалар беруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z279" w:id="181"/>
-[...15 lines deleted...]
-      129) Қазақстан Республикасының құрметті (штаттан тыс) консулдарының функциялары мен өкілеттіктерін айқындау;</w:t>
+    <w:bookmarkStart w:name="z281" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131) шет мемлекеттердің сыртқы саяси ведомстволарының, дипломатиялық және оларға теңестірілген өкілдіктерінің, консулдық мекемелерінің, халықаралық ұйымдардың және олардың өкілдіктерінің шақыруларын қабылдау және келісу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z280" w:id="182"/>
-[...15 lines deleted...]
-      130) Қазақстан Республикасында аккредиттелген дипломатиялық өкiлдiктердiң және консулдық мекемелердiң, сондай-ақ оларға теңестiрiлген халықаралық ұйымдар өкілдіктерінің қызметкерлеріне шекаралық және өзге де бақылау түрлері жүзеге асырылатын өткізу пункттеріндегі үй-жайларға және өзге де орындарға жіберу үшін рұқсаттамалар беруді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z282" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132) өздеріне қатысты қосылған құн салығын қайтару жүзеге асырылатын шет мемлекеттердің дипломатиялық және оларға теңестірілген өкілдіктерінің, шет мемлекеттің Қазақстан Республикасында аккредиттелген консулдық мекемелерінің тізбесін бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z281" w:id="183"/>
-[...15 lines deleted...]
-      131) шет мемлекеттердің сыртқы саяси ведомстволарының, дипломатиялық және оларға теңестірілген өкілдіктерінің, консулдық мекемелерінің, халықаралық ұйымдардың және олардың өкілдіктерінің шақыруларын қабылдау және келісу;</w:t>
+    <w:bookmarkStart w:name="z283" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133) салық және бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын мемлекеттік органмен келісу бойынша өздеріне қатысты қосылған құн салығын қайтару жөнінде шектеулер белгіленетін шет мемлекеттердің дипломатиялық және оларға теңестірілген өкілдіктерінің, шет мемлекеттің Қазақстан Республикасында аккредиттелген консулдық мекемелерінің тізбесін бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z282" w:id="184"/>
-[...15 lines deleted...]
-      132) өздеріне қатысты қосылған құн салығын қайтару жүзеге асырылатын шет мемлекеттердің дипломатиялық және оларға теңестірілген өкілдіктерінің, шет мемлекеттің Қазақстан Республикасында аккредиттелген консулдық мекемелерінің тізбесін бекіту;</w:t>
+    <w:bookmarkStart w:name="z284" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134) Қазақстан Республикасында аккредиттелген шет мемлекеттің дипломатиялық немесе оған теңестірілген өкілдігінің орналасқан жері бойынша салық органына осындай дипломатиялық және оған теңестірілген өкілдіктің аккредиттелуі мен орналасқан жерін растайтын құжаттарды аккредиттеу күнінен бастап он жұмыс күні ішінде беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z283" w:id="185"/>
-[...15 lines deleted...]
-      133) салық және бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын мемлекеттік органмен келісу бойынша өздеріне қатысты қосылған құн салығын қайтару жөнінде шектеулер белгіленетін шет мемлекеттердің дипломатиялық және оларға теңестірілген өкілдіктерінің, шет мемлекеттің Қазақстан Республикасында аккредиттелген консулдық мекемелерінің тізбесін бекіту;</w:t>
+    <w:bookmarkStart w:name="z285" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135) дипломатиялық қызмет органдарын, оның ішінде шет елдегі, мемлекеттік меншіктегі және жалға алынған әкімшілік ғимараттарды, тұрғын және тұрғын емес ғимараттар мен үй-жайларды, сондай-ақ шет елдердегі мекемелердің резиденцияларын материалдық-техникалық қамтамасыз ету және оларға сервистік қызмет көрсету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z284" w:id="186"/>
-[...15 lines deleted...]
-      134) Қазақстан Республикасында аккредиттелген шет мемлекеттің дипломатиялық немесе оған теңестірілген өкілдігінің орналасқан жері бойынша салық органына осындай дипломатиялық және оған теңестірілген өкілдіктің аккредиттелуі мен орналасқан жерін растайтын құжаттарды аккредиттеу күнінен бастап он жұмыс күні ішінде беру;</w:t>
+    <w:bookmarkStart w:name="z286" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136) өз құзыреті шегінде халықтың көші-қоны саласындағы халықаралық ынтымақтастықты жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z285" w:id="187"/>
-[...15 lines deleted...]
-      135) дипломатиялық қызмет органдарын, оның ішінде шет елдегі, мемлекеттік меншіктегі және жалға алынған әкімшілік ғимараттарды, тұрғын және тұрғын емес ғимараттар мен үй-жайларды, сондай-ақ шет елдердегі мекемелердің резиденцияларын материалдық-техникалық қамтамасыз ету және оларға сервистік қызмет көрсету;</w:t>
+    <w:bookmarkStart w:name="z287" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137) өз құзыреті шегінде халықтың көші-қоны саласындағы мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z286" w:id="188"/>
-[...15 lines deleted...]
-      136) өз құзыреті шегінде халықтың көші-қоны саласындағы халықаралық ынтымақтастықты жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z288" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138) Қазақстан Республикасының халықтың көші-қоны саласындағы мемлекеттік саясаты туралы ақпараттың шетелде таратылуына жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z287" w:id="189"/>
-[...15 lines deleted...]
-      137) өз құзыреті шегінде халықтың көші-қоны саласындағы мемлекеттік саясатты іске асыру;</w:t>
+    <w:bookmarkStart w:name="z289" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139) шетелдіктер мен азаматтығы жоқ адамдарға Қазақстан Республикасының визаларын беру, олардың күшін жою, қалпына келтіру, сондай-ақ олардың қолданылу мерзімдерін ұзарту және қысқарту не Қазақстан Республикасының заңнамасына сәйкес Қазақстан Республикасының визаларын беруден бас тарту туралы шешім қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z288" w:id="190"/>
-[...15 lines deleted...]
-      138) Қазақстан Республикасының халықтың көші-қоны саласындағы мемлекеттік саясаты туралы ақпараттың шетелде таратылуына жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z290" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      140) шетелдіктердің және азаматтығы жоқ адамдардың келуіне визалар беру есебінің бірыңғай дерекқорын қалыптастыру, мәліметтердің жүйелі түрде жаңартылуын қамтамасыз ету, сондай-ақ ішкі істер және ұлттық қауiпсiздiк органдарымен уақтылы ақпарат алмасуды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z289" w:id="191"/>
-[...15 lines deleted...]
-      139) шетелдіктер мен азаматтығы жоқ адамдарға Қазақстан Республикасының визаларын беру, олардың күшін жою, қалпына келтіру, сондай-ақ олардың қолданылу мерзімдерін ұзарту және қысқарту не Қазақстан Республикасының заңнамасына сәйкес Қазақстан Республикасының визаларын беруден бас тарту туралы шешім қабылдау;</w:t>
+    <w:bookmarkStart w:name="z291" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141) өз құзыреті шегінде Қазақстан Республикасының азаматтарына, шетелдіктерге және азаматтығы жоқ адамдарға Қазақстан Республикасына кіру және Қазақстан Республикасынан шығу құқығын беретін құжаттарды ресімдеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z290" w:id="192"/>
-[...15 lines deleted...]
-      140) шетелдіктердің және азаматтығы жоқ адамдардың келуіне визалар беру есебінің бірыңғай дерекқорын қалыптастыру, мәліметтердің жүйелі түрде жаңартылуын қамтамасыз ету, сондай-ақ ішкі істер және ұлттық қауiпсiздiк органдарымен уақтылы ақпарат алмасуды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z292" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      142) Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен келісу бойынша Қазақстан Республикасының Ішкі істер министрлігімен бірлесіп, шетелдіктер мен азаматтығы жоқ адамдардың Қазақстан Республикасына келуіне шақыруларды ресімдеу, шақыруларды келісу, Қазақстан Республикасының визаларын беру, олардың күшін жою, қалпына келтіру, сондай-ақ олардың қолданылу мерзімдерін ұзарту және қысқарту тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z291" w:id="193"/>
-[...15 lines deleted...]
-      141) өз құзыреті шегінде Қазақстан Республикасының азаматтарына, шетелдіктерге және азаматтығы жоқ адамдарға Қазақстан Республикасына кіру және Қазақстан Республикасынан шығу құқығын беретін құжаттарды ресімдеу;</w:t>
+    <w:bookmarkStart w:name="z293" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      143) Қазақстан Республикасының аумағында және шет елдерде халықаралық-құқықтық нормалармен және Қазақстан Республикасының заңнамасымен регламенттелген консулдық функцияларды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z292" w:id="194"/>
-[...15 lines deleted...]
-      142) Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен келісу бойынша Қазақстан Республикасының Ішкі істер министрлігімен бірлесіп, шетелдіктер мен азаматтығы жоқ адамдардың Қазақстан Республикасына келуіне шақыруларды ресімдеу, шақыруларды келісу, Қазақстан Республикасының визаларын беру, олардың күшін жою, қалпына келтіру, сондай-ақ олардың қолданылу мерзімдерін ұзарту және қысқарту тәртібін айқындау;</w:t>
+    <w:bookmarkStart w:name="z294" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      144) шет мемлекеттің аумағында консулдық әрекеттер жасағаны үшін алынатын консулдық алым мөлшерлемелерін салық және бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті органмен және салық саясаты саласындағы уәкілетті органмен келісу бойынша әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z293" w:id="195"/>
-[...15 lines deleted...]
-      143) Қазақстан Республикасының аумағында және шет елдерде халықаралық-құқықтық нормалармен және Қазақстан Республикасының заңнамасымен регламенттелген консулдық функцияларды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z409" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      144-1) Қазақстан Республикасының аумағында алынатын консулдық алым мөлшерлемелерін салық және бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті органмен және салық саясаты саласындағы уәкілетті органмен келісу бойынша әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z294" w:id="196"/>
-[...15 lines deleted...]
-      144) шет мемлекеттің аумағында консулдық әрекеттер жасағаны үшін алынатын консулдық алым мөлшерлемелерін салық және бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті органмен және салық саясаты саласындағы уәкілетті органмен келісу бойынша әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z295" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      145) консулдық мекемелердің консулдық алымды қолма-қол ақшамен қабылдауы үшін қатаң есептілік бланкілерінің нысандарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z409" w:id="197"/>
-[...15 lines deleted...]
-      144-1) Қазақстан Республикасының аумағында алынатын консулдық алым мөлшерлемелерін салық және бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті органмен және салық саясаты саласындағы уәкілетті органмен келісу бойынша әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z296" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      146) жүзеге асырылатын міндеттерді орындау үшін қажетті және жеткілікті дербес деректердің тізбесін бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z295" w:id="198"/>
-[...15 lines deleted...]
-      145) консулдық мекемелердің консулдық алымды қолма-қол ақшамен қабылдауы үшін қатаң есептілік бланкілерінің нысандарын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z297" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      147) шет елде тұратын отандастармен байланыстарды және қарым-қатынасты дамытуға жәрдемдесу, сондай-ақ шет елде тұратын отандастардың ұйымдарымен өзара іс-қимыл жасау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z296" w:id="199"/>
-[...15 lines deleted...]
-      146) жүзеге асырылатын міндеттерді орындау үшін қажетті және жеткілікті дербес деректердің тізбесін бекіту;</w:t>
+    <w:bookmarkStart w:name="z298" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      148) бұрынғы отандастармен және этникалық қазақтармен байланыстарды және қарым-қатынасты дамытуға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z297" w:id="200"/>
-[...15 lines deleted...]
-      147) шет елде тұратын отандастармен байланыстарды және қарым-қатынасты дамытуға жәрдемдесу, сондай-ақ шет елде тұратын отандастардың ұйымдарымен өзара іс-қимыл жасау;</w:t>
+    <w:bookmarkStart w:name="z299" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149) Қазақстан Республикасына өз еркімен қоныс аударуға ниет білдірген этностық қазақтарға, қандастардың жесірлері мен олардың ортақ балаларына келу, оның ішінде қандастарды қабылдаудың өңірлік квоталары шеңберінде Қазақстан Республикасының Үкіметі айқындаған өңірлерге келу шарттары, қабылдау шарттары мен әлеуметтік қолдау шаралары туралы ақпарат беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z298" w:id="201"/>
-[...15 lines deleted...]
-      148) бұрынғы отандастармен және этникалық қазақтармен байланыстарды және қарым-қатынасты дамытуға жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z300" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      150) Қазақстан Республикасына келу туралы өтініштер берген көшіп келушілердің, оның ішінде этникалық қазақтардың құжаттарын қабылдау, тіркеу, оларды халықтың көші-қоны мәселелері жөніндегі уәкілетті органға жіберу, Қазақстан Республикасына тұрақты тұру үшін келуге визаларды ресімдеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z299" w:id="202"/>
-[...15 lines deleted...]
-      149) Қазақстан Республикасына өз еркімен қоныс аударуға ниет білдірген этностық қазақтарға, қандастардың жесірлері мен олардың ортақ балаларына келу, оның ішінде қандастарды қабылдаудың өңірлік квоталары шеңберінде Қазақстан Республикасының Үкіметі айқындаған өңірлерге келу шарттары, қабылдау шарттары мен әлеуметтік қолдау шаралары туралы ақпарат беру;</w:t>
+    <w:bookmarkStart w:name="z301" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      151) өз құзыреті шегінде босқын деп танылған адамның шыққан елінде тұратын туыстары туралы ақпарат алуына жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z300" w:id="203"/>
-[...15 lines deleted...]
-      150) Қазақстан Республикасына келу туралы өтініштер берген көшіп келушілердің, оның ішінде этникалық қазақтардың құжаттарын қабылдау, тіркеу, оларды халықтың көші-қоны мәселелері жөніндегі уәкілетті органға жіберу, Қазақстан Республикасына тұрақты тұру үшін келуге визаларды ресімдеу;</w:t>
+    <w:bookmarkStart w:name="z302" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      152) Қазақстан Республикасының Президентіне Қазақстан Республикасының аумағынан тыс жерлерде тұрақты тұратын әрбір өтініш берушіні Қазақстан Республикасының азаматтығына қабылдаудың немесе оны қалпына келтірудің орындылығы, оның ішінде оны Қазақстан Республикасында жұмысқа, тұрғын үйге және өзге де орналастыру мүмкіндігі туралы дәлелді қорытынды ұсыну;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z301" w:id="204"/>
-[...15 lines deleted...]
-      151) өз құзыреті шегінде босқын деп танылған адамның шыққан елінде тұратын туыстары туралы ақпарат алуына жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z303" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      153) Қазақстан Республикасының шет елдердегі мекемелерінің Қазақстан Республикасының азаматтығы мәселелері бойынша өтініштерді қабылдау және қарау, Қазақстан Республикасының азаматтығын жоғалтуын тіркеу және Қазақстан Республикасының азаматтығына жататынын (жатпайтынын) айқындау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z302" w:id="205"/>
-[...15 lines deleted...]
-      152) Қазақстан Республикасының Президентіне Қазақстан Республикасының аумағынан тыс жерлерде тұрақты тұратын әрбір өтініш берушіні Қазақстан Республикасының азаматтығына қабылдаудың немесе оны қалпына келтірудің орындылығы, оның ішінде оны Қазақстан Республикасында жұмысқа, тұрғын үйге және өзге де орналастыру мүмкіндігі туралы дәлелді қорытынды ұсыну;</w:t>
+    <w:bookmarkStart w:name="z304" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      154) Министрліктің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесін және Қазақстан Республикасының шет елдердегі мекемелерінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z303" w:id="206"/>
-[...15 lines deleted...]
-      153) Қазақстан Республикасының шет елдердегі мекемелерінің Қазақстан Республикасының азаматтығы мәселелері бойынша өтініштерді қабылдау және қарау, Қазақстан Республикасының азаматтығын жоғалтуын тіркеу және Қазақстан Республикасының азаматтығына жататынын (жатпайтынын) айқындау қағидаларын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z305" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      155) Министрліктің кадр резервіне енгізу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z304" w:id="207"/>
-[...15 lines deleted...]
-      154) Министрліктің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесін және Қазақстан Республикасының шет елдердегі мекемелерінің "Б" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау әдістемесін әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z306" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156) Қазақстан Республикасының дипломатиялық қызмет персоналын ротациялау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z305" w:id="208"/>
-[...15 lines deleted...]
-      155) Министрліктің кадр резервіне енгізу қағидаларын бекіту;</w:t>
+    <w:bookmarkStart w:name="z307" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      157) шет елдердегі мекемелерге жұмысқа барудан бас тарту үшін дәлелді деп танылатын себептердің тізбесін белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z306" w:id="209"/>
-[...15 lines deleted...]
-      156) Қазақстан Республикасының дипломатиялық қызмет персоналын ротациялау қағидаларын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z308" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      158) сирек шет тілдерінің тізбесін белгілеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z307" w:id="210"/>
-[...15 lines deleted...]
-      157) шет елдердегі мекемелерге жұмысқа барудан бас тарту үшін дәлелді деп танылатын себептердің тізбесін белгілеу;</w:t>
+    <w:bookmarkStart w:name="z309" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      159) дипломатиялық қызмет персоналын шетелде тұрғын үймен қамтамасыз ету нормативтерін айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z308" w:id="211"/>
-[...15 lines deleted...]
-      158) сирек шет тілдерінің тізбесін белгілеу;</w:t>
+    <w:bookmarkStart w:name="z310" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      160) құжаттарды заңдастыру қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z309" w:id="212"/>
-[...15 lines deleted...]
-      159) дипломатиялық қызмет персоналын шетелде тұрғын үймен қамтамасыз ету нормативтерін айқындау;</w:t>
+    <w:bookmarkStart w:name="z311" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      161) Қазақстан Республикасынан тыс жерге уақытша жұмыстармен кеткен және онда тұрақты тұру үшін қалуға ниет білдірген Қазақстан Республикасы азаматтарының құжаттарын қабылдау және жолдау қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z310" w:id="213"/>
-[...15 lines deleted...]
-      160) құжаттарды заңдастыру қағидаларын бекіту;</w:t>
+    <w:bookmarkStart w:name="z312" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162) Қазақстан Республикасының Бас прокуратурасымен бірлесіп, консулдық мекеме басшыларының консулдық орналасқан елде олардың жұмыскерлері жасаған қылмыстық құқық бұзушылықтар туралы істер бойынша анықтау жүргізу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z311" w:id="214"/>
-[...15 lines deleted...]
-      161) Қазақстан Республикасынан тыс жерге уақытша жұмыстармен кеткен және онда тұрақты тұру үшін қалуға ниет білдірген Қазақстан Республикасы азаматтарының құжаттарын қабылдау және жолдау қағидаларын бекіту;</w:t>
+    <w:bookmarkStart w:name="z313" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      163) шетелдіктерге асырап алуға берілген Қазақстан Республикасының азаматтары болып табылатын балаларды Министрлікте есепке қою және Қазақстан Республикасының шетелдегі мекемелерінің бақылауды жүзеге асыру тәртібін бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z312" w:id="215"/>
-[...15 lines deleted...]
-      162) Қазақстан Республикасының Бас прокуратурасымен бірлесіп, консулдық мекеме басшыларының консулдық орналасқан елде олардың жұмыскерлері жасаған қылмыстық құқық бұзушылықтар туралы істер бойынша анықтау жүргізу қағидаларын бекіту;</w:t>
+    <w:bookmarkStart w:name="z314" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      164) Қазақстан Республикасынан тыс жерлерде тұрақты және уақытша тұратын Қазақстан Республикасының азаматтарын есепке алу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z313" w:id="216"/>
-[...15 lines deleted...]
-      163) шетелдіктерге асырап алуға берілген Қазақстан Республикасының азаматтары болып табылатын балаларды Министрлікте есепке қою және Қазақстан Республикасының шетелдегі мекемелерінің бақылауды жүзеге асыру тәртібін бекіту;</w:t>
+    <w:bookmarkStart w:name="z315" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165) жетім балаларды, ата-аналарының қамқорлығынсыз қалған балаларды асырап алу жөніндегі агенттікті және оларды орналастыруға жәрдем көрсету жөніндегі ұйымдарды аккредиттеу мүмкіндігі туралы қорытынды ұсыну;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z314" w:id="217"/>
-[...15 lines deleted...]
-      164) Қазақстан Республикасынан тыс жерлерде тұрақты және уақытша тұратын Қазақстан Республикасының азаматтарын есепке алу тәртібін айқындау;</w:t>
+    <w:bookmarkStart w:name="z316" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166) Қазақстан Республикасының азаматтары болып табылатын, Қазақстан Республикасынан тыс жерде тұрақты тұратын адамдарды, Қазақстан Республикасының азаматтары болып табылатын жетім балаларды, ата-аналарының қамқорлығынсыз қалған балаларды асырап алуға тілек білдірген шетелдіктерді есепке алу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z315" w:id="218"/>
-[...15 lines deleted...]
-      165) жетім балаларды, ата-аналарының қамқорлығынсыз қалған балаларды асырап алу жөніндегі агенттікті және оларды орналастыруға жәрдем көрсету жөніндегі ұйымдарды аккредиттеу мүмкіндігі туралы қорытынды ұсыну;</w:t>
+    <w:bookmarkStart w:name="z317" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      167) шетелде Қазақстан Республикасы азаматының паспортын алуға үміткер Қазақстан Республикасының азаматтарынан, Қазақстан Республикасының визаларын алу кезінде шетелдіктер мен азаматтығы жоқ адамдардан дактилоскопиялық ақпарат жинау және өңдеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z316" w:id="219"/>
-[...15 lines deleted...]
-      166) Қазақстан Республикасының азаматтары болып табылатын, Қазақстан Республикасынан тыс жерде тұрақты тұратын адамдарды, Қазақстан Республикасының азаматтары болып табылатын жетім балаларды, ата-аналарының қамқорлығынсыз қалған балаларды асырап алуға тілек білдірген шетелдіктерді есепке алу тәртібін айқындау;</w:t>
+    <w:bookmarkStart w:name="z431" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      167-1) Қазақстан Республикасының заңнамасына сәйкес дактилоскопиялық тіркеуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z317" w:id="220"/>
-[...15 lines deleted...]
-      167) шетелде Қазақстан Республикасы азаматының паспортын алуға үміткер Қазақстан Республикасының азаматтарынан, Қазақстан Республикасының визаларын алу кезінде шетелдіктер мен азаматтығы жоқ адамдардан дактилоскопиялық ақпарат жинау және өңдеу қағидаларын әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z318" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      168) бажсыз сауда кедендік рәсімімен орналастырылған тауарлар дипломатиялық өкілдіктерге, консулдық мекемелерге, халықаралық ұйымдар жанындағы мемлекеттердің өкілдіктеріне, Еуразиялық экономикалық одақтың кедендік аумағында орналасқан халықаралық ұйымдарға немесе олардың өкілдіктеріне, сондай-ақ дипломатиялық өкілдіктің дипломатиялық персоналының мүшелеріне, консулдық лауазымды адамдарға және олармен бірге тұратын отбасы мүшелеріне, халықаралық ұйымдар жанындағы мемлекеттер өкілдіктерінің, халықаралық ұйымдардың немесе олардың өкілдіктерінің персоналына (қызметкерлеріне, лауазымды адамдарына) өткізілетін бажсыз сауда дүкендерін кеден ісі саласындағы уәкілетті органмен келісу бойынша айқындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z431" w:id="221"/>
-[...15 lines deleted...]
-      167-1) Қазақстан Республикасының заңнамасына сәйкес дактилоскопиялық тіркеуді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z319" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      169) шет елде Қазақстан Республикасының сыртқы және ішкі саясаты, елдің әлеуметтік-экономикалық, мәдени және рухани өмірі туралы ақпарат таратуға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z318" w:id="222"/>
-[...15 lines deleted...]
-      168) бажсыз сауда кедендік рәсімімен орналастырылған тауарлар дипломатиялық өкілдіктерге, консулдық мекемелерге, халықаралық ұйымдар жанындағы мемлекеттердің өкілдіктеріне, Еуразиялық экономикалық одақтың кедендік аумағында орналасқан халықаралық ұйымдарға немесе олардың өкілдіктеріне, сондай-ақ дипломатиялық өкілдіктің дипломатиялық персоналының мүшелеріне, консулдық лауазымды адамдарға және олармен бірге тұратын отбасы мүшелеріне, халықаралық ұйымдар жанындағы мемлекеттер өкілдіктерінің, халықаралық ұйымдардың немесе олардың өкілдіктерінің персоналына (қызметкерлеріне, лауазымды адамдарына) өткізілетін бажсыз сауда дүкендерін кеден ісі саласындағы уәкілетті органмен келісу бойынша айқындау;</w:t>
+    <w:bookmarkStart w:name="z320" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170) Қазақстан Республикасының мемлекеттік органдарын, БАҚ-ты Қазақстан Республикасының халықаралық жағдайы мен сыртқы саясаты туралы хабардар ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z319" w:id="223"/>
-[...15 lines deleted...]
-      169) шет елде Қазақстан Республикасының сыртқы және ішкі саясаты, елдің әлеуметтік-экономикалық, мәдени және рухани өмірі туралы ақпарат таратуға жәрдемдесу;</w:t>
+    <w:bookmarkStart w:name="z321" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      171) халықаралық аренада Қазақстан Республикасының оң имиджін қалыптастыруға, арттыруға және нығайтуға бағытталған Мемлекеттік жоспарлау жүйесінің құжаттарын іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z320" w:id="224"/>
-[...15 lines deleted...]
-      170) Қазақстан Республикасының мемлекеттік органдарын, БАҚ-ты Қазақстан Республикасының халықаралық жағдайы мен сыртқы саясаты туралы хабардар ету;</w:t>
+    <w:bookmarkStart w:name="z322" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      172) Қазақстан Республикасының оң имиджін қалыптастыру мақсатында өз құзыреті шегінде Қазақстан Республикасының сыртқы және iшкi саясаты, саяси, экономикалық, әлеуметтік, гуманитарлық, сондай-ақ өзге де қызмет салаларындағы жетiстiктерi туралы ақпаратты тарату саласында халықаралық ынтымақтастықты жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z321" w:id="225"/>
-[...15 lines deleted...]
-      171) халықаралық аренада Қазақстан Республикасының оң имиджін қалыптастыруға, арттыруға және нығайтуға бағытталған Мемлекеттік жоспарлау жүйесінің құжаттарын іске асыру;</w:t>
+    <w:bookmarkStart w:name="z323" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      173) шет елде бағдарламалық құжаттарды (Президенттің Қазақстан халқына жолдаулары және басқалар) түсіндіру бойынша ақпараттық науқандар ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z322" w:id="226"/>
-[...15 lines deleted...]
-      172) Қазақстан Республикасының оң имиджін қалыптастыру мақсатында өз құзыреті шегінде Қазақстан Республикасының сыртқы және iшкi саясаты, саяси, экономикалық, әлеуметтік, гуманитарлық, сондай-ақ өзге де қызмет салаларындағы жетiстiктерi туралы ақпаратты тарату саласында халықаралық ынтымақтастықты жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z324" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      174) өз құзыретi шегінде ақпараттық-талдамалық материалдар дайындау, мемлекеттік органдар мен ұйымдарға ғылыми-әдiстемелiк көмек көрсету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z323" w:id="227"/>
-[...15 lines deleted...]
-      173) шет елде бағдарламалық құжаттарды (Президенттің Қазақстан халқына жолдаулары және басқалар) түсіндіру бойынша ақпараттық науқандар ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z325" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      175) мемлекеттiң оң имиджін қалыптастыру мақсатында Қазақстан Республикасының сыртқы және iшкi саясаты, саяси, экономикалық, әлеуметтік, гуманитарлық, сондай-ақ өзге де қызмет салаларындағы жетiстiктерi туралы ақпаратты тарату мәселелері бойынша Қазақстан Республикасының министрліктерімен және ведомстволарымен, үкiметтiк емес ұйымдармен, отандық және шетелдік БАҚ-пен, әлемнің талдамалық орталықтарымен, рейтингтік агенттіктерімен өзара іс-қимыл жасау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z324" w:id="228"/>
-[...15 lines deleted...]
-      174) өз құзыретi шегінде ақпараттық-талдамалық материалдар дайындау, мемлекеттік органдар мен ұйымдарға ғылыми-әдiстемелiк көмек көрсету;</w:t>
+    <w:bookmarkStart w:name="z326" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      176) шет елдердегі мекемелерден, шетелдік контрәріптестерден түсетін шетелдік БАҚ материалдарын мониторингтеу мен талдау және Министрлiктiң басшылығын, құрылымдық бөлімшелерін, сондай-ақ Қазақстан Республикасының мемлекеттік органдарын тиісті түрде хабардар ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z325" w:id="229"/>
-[...15 lines deleted...]
-      175) мемлекеттiң оң имиджін қалыптастыру мақсатында Қазақстан Республикасының сыртқы және iшкi саясаты, саяси, экономикалық, әлеуметтік, гуманитарлық, сондай-ақ өзге де қызмет салаларындағы жетiстiктерi туралы ақпаратты тарату мәселелері бойынша Қазақстан Республикасының министрліктерімен және ведомстволарымен, үкiметтiк емес ұйымдармен, отандық және шетелдік БАҚ-пен, әлемнің талдамалық орталықтарымен, рейтингтік агенттіктерімен өзара іс-қимыл жасау;</w:t>
+    <w:bookmarkStart w:name="z327" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      177) отандық БАҚ-тың материалдарын мониторингтеу және талдау, Министрлiктiң басшылығын, құрылымдық бөлiмшелерiн және шет елдердегі мекемелерді хабардар етуді ұйымдастыру, дайджест шығару;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z326" w:id="230"/>
-[...15 lines deleted...]
-      176) шет елдердегі мекемелерден, шетелдік контрәріптестерден түсетін шетелдік БАҚ материалдарын мониторингтеу мен талдау және Министрлiктiң басшылығын, құрылымдық бөлімшелерін, сондай-ақ Қазақстан Республикасының мемлекеттік органдарын тиісті түрде хабардар ету;</w:t>
+    <w:bookmarkStart w:name="z328" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      178) өз құзыретіне жататын мәселелер бойынша ақпараттық-насихаттау іс-шараларын жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z327" w:id="231"/>
-[...15 lines deleted...]
-      177) отандық БАҚ-тың материалдарын мониторингтеу және талдау, Министрлiктiң басшылығын, құрылымдық бөлiмшелерiн және шет елдердегі мекемелерді хабардар етуді ұйымдастыру, дайджест шығару;</w:t>
+    <w:bookmarkStart w:name="z329" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      179) шетелде Қазақстан Республикасының оң имиджін нығайту мақсатында имидждік материалдар мен өнімдер әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z328" w:id="232"/>
-[...15 lines deleted...]
-      178) өз құзыретіне жататын мәселелер бойынша ақпараттық-насихаттау іс-шараларын жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z330" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      180) ақпараттық-имидждік жобаларды іске асыру бойынша контрәріптестермен, мемлекеттік органдармен, ұлттық компаниялармен өзара іс-қимыл жасау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z329" w:id="233"/>
-[...15 lines deleted...]
-      179) шетелде Қазақстан Республикасының оң имиджін нығайту мақсатында имидждік материалдар мен өнімдер әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z331" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      181) Қазақстан Республикасының экономикалық, мәдени-тарихи, аумақтық-географиялық, зияткерлiк әлеуетінің имиджін ілгерілету жөніндегі жобаларды әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z330" w:id="234"/>
-[...15 lines deleted...]
-      180) ақпараттық-имидждік жобаларды іске асыру бойынша контрәріптестермен, мемлекеттік органдармен, ұлттық компаниялармен өзара іс-қимыл жасау;</w:t>
+    <w:bookmarkStart w:name="z332" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      182) ақпараттық-имидждік саясаттың жекелеген бағыттарын iске асыру бойынша шетелдік БАҚ-пен, консалтингтік компаниялармен, пиар-агенттiктермен өзара іс-қимыл жасау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z331" w:id="235"/>
-[...15 lines deleted...]
-      181) Қазақстан Республикасының экономикалық, мәдени-тарихи, аумақтық-географиялық, зияткерлiк әлеуетінің имиджін ілгерілету жөніндегі жобаларды әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z333" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      183) ақпараттық-имидждік жұмысты жүзеге асыру үшін Қазақстан Республикасының шет елдердегі мекемелерiнiң қаражатын бөлу жөнінде ұсыныстар дайындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z332" w:id="236"/>
-[...15 lines deleted...]
-      182) ақпараттық-имидждік саясаттың жекелеген бағыттарын iске асыру бойынша шетелдік БАҚ-пен, консалтингтік компаниялармен, пиар-агенттiктермен өзара іс-қимыл жасау;</w:t>
+    <w:bookmarkStart w:name="z334" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184) Министрлiк басшылығына Қазақстан Республикасының имиджін жақсарту бойынша ұсынымдар тұжырымдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z333" w:id="237"/>
-[...15 lines deleted...]
-      183) ақпараттық-имидждік жұмысты жүзеге асыру үшін Қазақстан Республикасының шет елдердегі мекемелерiнiң қаражатын бөлу жөнінде ұсыныстар дайындау;</w:t>
+    <w:bookmarkStart w:name="z335" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185) шет елде халықаралық іс-шараларды ақпараттық сүйемелдеуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z334" w:id="238"/>
-[...15 lines deleted...]
-      184) Министрлiк басшылығына Қазақстан Республикасының имиджін жақсарту бойынша ұсынымдар тұжырымдау;</w:t>
+    <w:bookmarkStart w:name="z336" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      186) Министрліктің қызметін БАҚ-та жария етуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z335" w:id="239"/>
-[...15 lines deleted...]
-      185) шет елде халықаралық іс-шараларды ақпараттық сүйемелдеуді қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z337" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      187) БАҚ-пен ағымдағы өзара іс-қимыл жасауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z336" w:id="240"/>
-[...15 lines deleted...]
-      186) Министрліктің қызметін БАҚ-та жария етуді қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z338" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      188) шет елде жарияланатын Қазақстан туралы оң материалдарды отандық БАҚ-та тұрақты түрде жариялау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z337" w:id="241"/>
-[...15 lines deleted...]
-      187) БАҚ-пен ағымдағы өзара іс-қимыл жасауды қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z339" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      189) Министрлiк веб-сайтының жұмыс істеуін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z338" w:id="242"/>
-[...15 lines deleted...]
-      188) шет елде жарияланатын Қазақстан туралы оң материалдарды отандық БАҚ-та тұрақты түрде жариялау;</w:t>
+    <w:bookmarkStart w:name="z340" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190) шетелдік БАҚ өкілдіктері мен олардың журналистерін аккредиттеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z339" w:id="243"/>
-[...15 lines deleted...]
-      189) Министрлiк веб-сайтының жұмыс істеуін қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z341" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      191) іс-шара бағдарламасына сәйкес ресми халықаралық іс-шаралар шеңберінде журналистер делегацияларымен жұмыс істеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z340" w:id="244"/>
-[...15 lines deleted...]
-      190) шетелдік БАҚ өкілдіктері мен олардың журналистерін аккредиттеу;</w:t>
+    <w:bookmarkStart w:name="z342" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      192) Министрлiктің бейне және фотоархивін қалыптастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z341" w:id="245"/>
-[...15 lines deleted...]
-      191) іс-шара бағдарламасына сәйкес ресми халықаралық іс-шаралар шеңберінде журналистер делегацияларымен жұмыс істеу;</w:t>
+    <w:bookmarkStart w:name="z343" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      193) инвестицияларды мемлекеттiк қолдауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z342" w:id="246"/>
-[...15 lines deleted...]
-      192) Министрлiктің бейне және фотоархивін қалыптастыру;</w:t>
+    <w:bookmarkStart w:name="z344" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      194) БАҚ-та, оның ішінде шетелдегі мекемелер арқылы, сондай-ақ Қазақстан Республикасының аумағындағы шетелдік дипломатиялық және оларға теңестірілген өкілдіктер мен консулдық мекемелер арқылы шетелдік БАҚ-та өнеркәсіптік-инновациялық жобалар туралы ақпарат тарату;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z343" w:id="247"/>
-[...15 lines deleted...]
-      193) инвестицияларды мемлекеттiк қолдауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z345" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      195) бірлескен өндірістерді құру үшін инвесторларды, оның ішінде шетелдік инвесторларды тарту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z344" w:id="248"/>
-[...15 lines deleted...]
-      194) БАҚ-та, оның ішінде шетелдегі мекемелер арқылы, сондай-ақ Қазақстан Республикасының аумағындағы шетелдік дипломатиялық және оларға теңестірілген өкілдіктер мен консулдық мекемелер арқылы шетелдік БАҚ-та өнеркәсіптік-инновациялық жобалар туралы ақпарат тарату;</w:t>
+    <w:bookmarkStart w:name="z346" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      196) қосылған құнның жаһандық тізбектеріне кіру үшін трансұлттық корпорацияларды тарту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z345" w:id="249"/>
-[...15 lines deleted...]
-      195) бірлескен өндірістерді құру үшін инвесторларды, оның ішінде шетелдік инвесторларды тарту;</w:t>
+    <w:bookmarkStart w:name="z347" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      197) инвестициялық келiсiмшартты тіркеуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z346" w:id="250"/>
-[...15 lines deleted...]
-      196) қосылған құнның жаһандық тізбектеріне кіру үшін трансұлттық корпорацияларды тарту;</w:t>
+    <w:bookmarkStart w:name="z348" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      198) инвестициялық келісімшарттың қолданылу мерзіміне, бірақ инвестициялық келісімшарт тіркелген кезден бастап бес жылдан аспайтын мерзімге берілетін технологиялық жабдықтың және оның жинақтауыштарының импорты кезінде кедендік баждар салудан босату туралы хабарламаны кеден органына жіберу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z347" w:id="251"/>
-[...15 lines deleted...]
-      197) инвестициялық келiсiмшартты тіркеуді жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z349" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      199) инвестициялық омбудсменнің қызметін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z348" w:id="252"/>
-[...15 lines deleted...]
-      198) инвестициялық келісімшарттың қолданылу мерзіміне, бірақ инвестициялық келісімшарт тіркелген кезден бастап бес жылдан аспайтын мерзімге берілетін технологиялық жабдықтың және оның жинақтауыштарының импорты кезінде кедендік баждар салудан босату туралы хабарламаны кеден органына жіберу;</w:t>
+    <w:bookmarkStart w:name="z350" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200) инвестиция жөніндегі уәкiлеттi орган мен инвестор арасында жасалатын инвестициялық келiсiмшартқа сәйкес мүдделi заңды тұлғалар тарапынан кепiлдендiрiлген тапсырысты қамтамасыз етуде инвесторларға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z349" w:id="253"/>
-[...15 lines deleted...]
-      199) инвестициялық омбудсменнің қызметін қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z351" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      201) инвестициялық келісімшартқа сәйкес инвестициялық міндеттемелер орындалған жағдайда мемлекеттік мүлікті басқару жөніндегі уәкілетті органмен және (немесе) жер ресурстарын басқару жөніндегі орталық уәкілетті органмен, сондай-ақ жергілікті атқарушы органдармен келісу бойынша Қазақстан Республикасының Кәсіпкерлік кодексінде белгіленген тәртіппен мемлекеттік заттай гранттарды кейіннен меншікке не жер пайдалануға өтеусіз бере отырып, уақытша өтеусіз пайдалануға не уақытша өтеусіз жер пайдалану құқығымен беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z350" w:id="254"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z352" w:id="256"/>
+    <w:bookmarkStart w:name="z352" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       202) Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>293-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгiленген талаптарға сәйкес инвестициялық преференциялар беру туралы шешiм қабылдау;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z353" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      203) инвестициялық келiсiмшарттар талаптарының сақталуын бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z354" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      204) инвестициялық келiсiмшарттың жұмыс бағдарламасы орындалмаған немесе тиісінше орындалмаған жағдайда инвестициялық келiсiмшарт жасасқан Қазақстан Республикасының заңды тұлғасына бұзушылықтарды көрсете отырып, жазбаша нысанда хабарлама жiберу және бұзушылықтарды жою үшiн үш ай мерзiм белгiлеу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z353" w:id="257"/>
-[...15 lines deleted...]
-      203) инвестициялық келiсiмшарттар талаптарының сақталуын бақылауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z355" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      205) инвестициялық келісімшарттың қолданысын біржақты тәртіппен мерзімінен бұрын тоқтату туралы инвесторға хабарлама жіберу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z354" w:id="258"/>
-[...15 lines deleted...]
-      204) инвестициялық келiсiмшарттың жұмыс бағдарламасы орындалмаған немесе тиісінше орындалмаған жағдайда инвестициялық келiсiмшарт жасасқан Қазақстан Республикасының заңды тұлғасына бұзушылықтарды көрсете отырып, жазбаша нысанда хабарлама жiберу және бұзушылықтарды жою үшiн үш ай мерзiм белгiлеу;</w:t>
+    <w:bookmarkStart w:name="z356" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      206) арнайы инвестициялық келісімшарттарды қоспағанда, инвестициялық келiсiмшарттар жасасу, тiркеу және оларды мерзімінен бұрын тоқтату туралы шешім қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z355" w:id="259"/>
-[...15 lines deleted...]
-      205) инвестициялық келісімшарттың қолданысын біржақты тәртіппен мерзімінен бұрын тоқтату туралы инвесторға хабарлама жіберу;</w:t>
+    <w:bookmarkStart w:name="z357" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      207) инвестициялық салық кредитін беру туралы келісім жасасу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z356" w:id="260"/>
-[...15 lines deleted...]
-      206) арнайы инвестициялық келісімшарттарды қоспағанда, инвестициялық келiсiмшарттар жасасу, тiркеу және оларды мерзімінен бұрын тоқтату туралы шешім қабылдау;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">208) алып тасталды - ҚР Үкіметінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1187</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">209) алып тасталды - ҚР Үкіметінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1187</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi) қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z360" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      210) инвесторлар үшін "бір терезе" ұйымдастыру қағидаларын, сондай-ақ инвестициялар тарту кезінде өзара іс-қимыл жасасу тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z357" w:id="261"/>
-[...15 lines deleted...]
-      207) инвестициялық салық кредитін беру туралы келісім жасасу;</w:t>
+    <w:bookmarkStart w:name="z421" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      210-1) инвесторлар тізілімін қалыптастыру, жүргізу мен пайдалану, Ұлттық цифрлық инвестициялық платформаның жұмысын ұйымдастыру, мемлекеттік органдар мен жергілікті атқарушы органдардың, квазимемлекеттік сектор ұйымдарының ақпараттандыру объектілерін интеграциялау тәртібін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z358" w:id="262"/>
-[...15 lines deleted...]
-      208) Қазақстан Республикасының кәсіпкерлік саласындағы заңнамасына сәйкес жасалған және инвестициялық басым жобаларды іске асыруды көздейтін инвестициялық келісімшарттар туралы мәліметтерді, сондай-ақ осы инвестициялық келісімшарттардың қолданылуының тоқтатылғаны туралы мәліметтерді және өзге де мәліметтерді инвестициялар жөніндегі уәкілетті органмен келісу бойынша салық және бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын мемлекеттік уәкілетті орган белгілеген тәртіппен, мерзімде және нысандар бойынша салық және бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті мемлекеттік органға ұсыну;</w:t>
+    <w:bookmarkStart w:name="z361" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      211) инвестициялық міндеттемелер туралы келісімді жасасу, оған өзгерістер енгізу, оның қолданылуын тоқтату қағидаларын және инвестициялық міндеттемелер туралы келісімнің үлгілік нысанын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z359" w:id="263"/>
-[...15 lines deleted...]
-      209) инвестициялар туралы жасалған келісімдер және мұндай келісімдердің бұзылуы туралы мәліметтерді, сондай-ақ Қазақстан Республикасының заңнамасында белгіленген тәртіппен, мерзімде және нысандар бойынша өзге де мәліметтерді салық және бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті мемлекеттік органға беру;</w:t>
+    <w:bookmarkStart w:name="z362" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      212) ұсынылған мемлекеттiк заттай грантты меншiкке немесе жер пайдалануға өтеусiз беру туралы шешім қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z360" w:id="264"/>
-[...15 lines deleted...]
-      210) инвесторлар үшін "бір терезе" ұйымдастыру қағидаларын, сондай-ақ инвестициялар тарту кезінде өзара іс-қимыл жасасу тәртібін әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z363" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      213) мемлекеттік меншіктен жер учаскелерін беру үшін жобаны инвестициялық деп айқындау тәртібін бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z421" w:id="265"/>
-[...15 lines deleted...]
-      210-1) инвесторлар тізілімін қалыптастыру, жүргізу мен пайдалану, Ұлттық цифрлық инвестициялық платформаның жұмысын ұйымдастыру, мемлекеттік органдар мен жергілікті атқарушы органдардың, квазимемлекеттік сектор ұйымдарының ақпараттандыру объектілерін интеграциялау тәртібін әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z364" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214) Қазақстан Республикасының бейрезиденті болып табылатын және Қазақстан Республикасының аумағында инвестициялық қызметті жүзеге асыратын тұлғалар үшін инвесторлық виза алуға өтінішхат беру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z361" w:id="266"/>
-[...15 lines deleted...]
-      211) инвестициялық міндеттемелер туралы келісімді жасасу, оған өзгерістер енгізу, оның қолданылуын тоқтату қағидаларын және инвестициялық міндеттемелер туралы келісімнің үлгілік нысанын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z393" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-1) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган айқындайтын тәртіппен мемлекеттік әлеуметтік тапсырысты қалыптастыруды, оның іске асырылу мониторингін және нәтижелерін бағалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z362" w:id="267"/>
-[...15 lines deleted...]
-      212) ұсынылған мемлекеттiк заттай грантты меншiкке немесе жер пайдалануға өтеусiз беру туралы шешім қабылдау;</w:t>
+    <w:bookmarkStart w:name="z394" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-2) үкіметтік емес ұйымдармен өзара іс-қимыл және ынтымақтастық жөнінде кеңес құру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z363" w:id="268"/>
-[...15 lines deleted...]
-      213) мемлекеттік меншіктен жер учаскелерін беру үшін жобаны инвестициялық деп айқындау тәртібін бекіту;</w:t>
+    <w:bookmarkStart w:name="z395" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-3) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға мемлекеттік әлеуметтік тапсырыстың іске асырылуы жөнінде ақпарат беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z364" w:id="269"/>
-[...15 lines deleted...]
-      214) Қазақстан Республикасының бейрезиденті болып табылатын және Қазақстан Республикасының аумағында инвестициялық қызметті жүзеге асыратын тұлғалар үшін инвесторлық виза алуға өтінішхат беру.</w:t>
+    <w:bookmarkStart w:name="z396" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-4) мемлекеттік әлеуметтік тапсырыстың жоспарланатын тақырыптарын және іске асырылуы жөніндегі ақпаратты, сондай-ақ мемлекеттік әлеуметтік тапсырыстың нәтижелерін бағалауды өзінің интернет-ресурсында орналастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z393" w:id="270"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z397" w:id="274"/>
+    <w:bookmarkStart w:name="z397" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       214-5) мемлекеттік әлеуметтік тапсырысты жүзеге асыратын үкіметтік емес ұйымдарға ақпараттық, консультативтік, әдістемелік қолдау көрсету; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z398" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-6) өздерінің құзыреті шегінде үкіметтік емес ұйымдарды гранттық қаржыландыру саласындағы оператор арқылы мемлекеттік гранттар беру және оператордың мемлекеттік гранттардың іске асырылу нәтижелері туралы есебін қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z399" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-7) мемлекеттік гранттарды қалыптастыру, беру, мониторингтеу және олардың тиімділігін бағалау қағидаларына сәйкес азаматтық қоғам өкілдерін тарта отырып, мемлекеттік гранттардың тиімділігін бағалауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z400" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-8) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган жанындағы Үкіметтік емес ұйымдармен өзара іс-қимыл жөніндегі үйлестіру кеңесінің ұсынымдары негізінде бағыттары мен қаржыландыру көлемі бойынша мемлекеттік гранттарды қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z401" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-9) стратегиялық әріптестерді конкурстық іріктеуді жүргізу және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес олармен шарттар жасасу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z398" w:id="275"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z402" w:id="279"/>
+    <w:bookmarkStart w:name="z402" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       214-10) стратегиялық әріптестердің жасалған шарттарға және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес міндеттемелерді орындауын бағалауды жүзеге асыру; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z404" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-11) жыл сайын 1 желтоқсанға дейін үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырыстың нәтижелері туралы ақпарат ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z403" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-12) жеке және заңды тұлғалардың келіп түскен жолданымдарын талдау, жүйелі проблемаларды анықтау және оларды шешу бойынша ұсынымдар әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z405" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-13) дипломатиялық қызмет персоналының өкілдік керек-жарағы туралы ережені әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">214-14) алып тасталды - ҚР Үкіметінің 28.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z407" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-15) мемлекеттік басқару жүйесін дамыту саласындағы уәкілетті орган бекітетін, мемлекеттік органдардың қызметіне салалық (ведомстволық) функционалдық шолулар жүргізу жөніндегі әдістемеге сәйкес қызметке функционалдық талдауды дербес жүргізу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z404" w:id="280"/>
-[...15 lines deleted...]
-      214-11) жыл сайын 1 желтоқсанға дейін үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырыстың нәтижелері туралы ақпарат ұсыну;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">214-16) алып тасталды - ҚР Үкіметінің 28.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z422" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-17) дипломаттық дәрежелер беру тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z403" w:id="281"/>
-[...15 lines deleted...]
-      214-12) жеке және заңды тұлғалардың келіп түскен жолданымдарын талдау, жүйелі проблемаларды анықтау және оларды шешу бойынша ұсынымдар әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z423" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-18) Қазақстан Республикасынан халықаралық ұйымдарға жұмысқа жіберілген, бұрын дипломатиялық қызмет персоналы лауазымдарын атқарған лауазымды адамдарға ақшалай өтемақыны төлеу және айырманы өтеу тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z405" w:id="282"/>
-[...223 lines deleted...]
-    <w:bookmarkStart w:name="z424" w:id="286"/>
+    <w:bookmarkStart w:name="z424" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       214-19) Қазақстан Республикасының дипломатиялық қызмет персоналының шет елдегі еңбек жағдайларын әзірлеу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z425" w:id="287"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z425" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214-20) Қазақстан Республикасының шет елдердегі мекемелеріне жергілікті жерде, оның ішінде Қазақстан Республикасы дипломатиялық қызмет персоналының бірге жүретін отбасы мүшелері қатарынан жұмысқа қабылданған штаттан тыс жұмыскерлердің еңбек жағдайларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z426" w:id="288"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z426" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       214-21) мемлекеттік статистика саласындағы уәкілетті органмен келісу бойынша "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әкімшілік деректерді жинауға арналған нысанды бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z427" w:id="289"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z427" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       214-22) Қазақстан Республикасы Еңбек кодексінің 101-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес техникалық (ғылыми) тұрғыдан негізделген, қызметтің барлық салалары үшін еңбек жөніндегі бірыңғай салааралық немесе салааралық үлгілік немесе үлгілік нормалар мен нормативтерді немесе ұйымдардың еңбек жөніндегі үлгілік нормалары мен нормативтерін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z428" w:id="290"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z428" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       214-23) Қазақстан Республикасы Еңбек кодексінің 101-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес еңбек жөніндегі уәкілетті мемлекеттік орган белгілеген тәртіппен, онымен келісу бойынша ұйымдардың еңбек жөніндегі үлгілік нормалары мен нормативтерін бекіту;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z429" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-24) Қазақстан Республикасынан тыс жерлердегі және шет елдегі дипломатиялық қызмет органдарына бекітіп берілген мемлекеттік мүлікті иеліктен шығару тәртібін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z430" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-25) халықаралық шарттарды электрондық басқару жүйесінде бастама жасалуға және орындалуға жататын халықаралық шарттармен байланысты процестердің тізбесін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z432" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-26) көлеңкелі экономикаға қарсы іс-қимыл бойынша мемлекеттік саясатты қалыптастыруға қатысу және шаралар қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z365" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      215) Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z429" w:id="291"/>
-[...15 lines deleted...]
-      214-24) Қазақстан Республикасынан тыс жерлердегі және шет елдегі дипломатиялық қызмет органдарына бекітіп берілген мемлекеттік мүлікті иеліктен шығару тәртібін әзірлеу;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармаққа өзгерістер енгізілді - ҚР Үкіметінің 12.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 676</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 19.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 834</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 02.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 970</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 18.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 381</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 27.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 500</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 10.11.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 992</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 26.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 28.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 135</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (25.03.2024 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 10.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 542</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 10.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 839</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 28.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 28.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 565</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 10.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 737</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1187</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгiзiледi); 04.03.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулыларымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z366" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Министрлігінің бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z430" w:id="292"/>
-[...15 lines deleted...]
-      214-25) халықаралық шарттарды электрондық басқару жүйесінде бастама жасалуға және орындалуға жататын халықаралық шарттармен байланысты процестердің тізбесін әзірлеу және бекіту;</w:t>
+    <w:bookmarkStart w:name="z367" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Министрліктің басқаруды бірінші басшы жүзеге асырады, Министрлікке жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z365" w:id="293"/>
-[...15 lines deleted...]
-      215) Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асыру.</w:t>
+    <w:bookmarkStart w:name="z368" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Министрліктің бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z369" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Министрліктің бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z370" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Министрліктің бірінші басшысының өкілеттіктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z371" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өз құзыреті шегінде шет мемлекеттермен және халықаралық ұйымдармен қарым-қатынаста Қазақстан Республикасының атынан өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z372" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік органдарда, өзге де ұйымдарда Министрліктің атынан өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z373" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өзінің орынбасарларының міндеттері мен өкілеттіктерін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z374" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) еңбек қатынастарының мәселелері Министрдің құзыретіне жатқызылған дипломатиялық қызмет персоналын Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындайды және лауазымнан босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z375" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) еңбек қатынастарының мәселелері жоғары тұрған мемлекеттік органдардың және лауазымды адамдардың құзыретіне жатқызылған персоналды қоспағанда, заңнамада белгіленген тәртіппен дипломатиялық қызмет персоналын көтермелейді және тәртіптік жазалар қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z376" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) дипломатиялық қызмет органдарының кадрларға қажеттілігін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z377" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министрліктің бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z378" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Министрліктің бірінші басшы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z379" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Министрліктің аппаратын Қазақстан Республикасының қолданыстағы заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын аппарат басшысы немесе Министрліктің лауазымды тұлғасы басқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z380" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...332 lines deleted...]
-    <w:bookmarkStart w:name="z366" w:id="294"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Министрлігінің мүлкі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z381" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Министрліктің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министрліктің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кіріс қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z382" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Министрлікке бекiтiп берілген мүлік республикалық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z383" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Егер заңнамада өзгеше белгіленбесе, Министрлік өзіне берілген мүлiктi және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлiктi өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқылы емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z384" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Министрлігінің бірінші басшысының мәртебесі, өкілеттіктері</w:t>
-[...281 lines deleted...]
-    <w:bookmarkStart w:name="z380" w:id="308"/>
+        <w:t xml:space="preserve"> 5-тарау. Министрлікті қайта ұйымдастыру және тарату</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z385" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Министрлікті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z386" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. Министрлігінің мүлкі</w:t>
-[...77 lines deleted...]
-      24. Егер заңнамада өзгеше белгіленбесе, Министрлік өзіне берілген мүлiктi және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлiктi өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқылы емес.</w:t>
+        <w:t xml:space="preserve"> Мемлекеттік органның қарамағындағы ұйымдардың тiзбесi</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z384" w:id="312"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 5-тарау. Министрлікті қайта ұйымдастыру және тарату</w:t>
+    <w:bookmarkStart w:name="z387" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Министрліктің "Дипломатиялық сервис" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z385" w:id="313"/>
-[...15 lines deleted...]
-      25. Министрлікті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z388" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Сыртқы саяси зерттеулер институты" акционерлік қоғамы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z386" w:id="314"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Мемлекеттік органның қарамағындағы ұйымдардың тiзбесi</w:t>
+    <w:bookmarkStart w:name="z389" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. "Отандастар қоры" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z387" w:id="315"/>
-[...15 lines deleted...]
-      1. Министрліктің "Дипломатиялық сервис" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
+    <w:bookmarkStart w:name="z390" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "KAZAKH INVEST" ұлттық компаниясы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z388" w:id="316"/>
-[...15 lines deleted...]
-      2. "Сыртқы саяси зерттеулер институты" акционерлік қоғамы</w:t>
+    <w:bookmarkStart w:name="z391" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "KazAID" қазақстандық халықаралық даму агенттігі" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z389" w:id="317"/>
-[...15 lines deleted...]
-      3. "Отандастар қоры" коммерциялық емес акционерлік қоғамы.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z117" w:id="317"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z390" w:id="318"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Үкіметінің</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8570,55 +8802,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>