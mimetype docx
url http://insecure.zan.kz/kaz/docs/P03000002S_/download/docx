--- v0 (2025-10-09)
+++ v1 (2026-01-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a72dd17" w14:textId="a72dd17">
+    <w:p w14:paraId="7496697" w14:textId="7496697">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -755,283 +755,253 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...36 lines deleted...]
-        <w:t xml:space="preserve">Алып тасталды - ҚР Жоғарғы Сотының 2011 жылғы 30 желтоқсандағы </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Алып тасталды - ҚР Жоғарғы Сотының 30.12.2011 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...42 lines deleted...]
-        <w:t xml:space="preserve">Алып тасталды - ҚР Жоғарғы Сотының 2011 жылғы 30 желтоқсандағы </w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормативтік қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Алып тасталды - ҚР Жоғарғы Сотының 30.12.2011 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...11 lines deleted...]
-      </w:pPr>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормативтік қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Алып тасталды - ҚР Жоғарғы Сотының 19.01.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> нормативтік қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>47-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігіне сәйкес заңнамалық актілерде көзделген жағдайларда заңды тұлға болып табылмайтын ұйымдар да іс бойынша тараптар бола алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасынан тыс жерде тиісті шет мемлекеттің заңнамасына сәйкес құрылған заңды тұлғаларды (компанияларды, фирмаларды, кәсіпорындарды және т.б.) шетелдік ұйымдар деп түсіну қажет. Қазақстан Республикасының аумағында оның заңнамасына сәйкес құрылған заңды тұлғалар, оның ішінде бірлескен кәсіпорындар мен шетелдік инвесторға толығымен тиесілі кәсіпорындар шетелдік ұйымдар болып табылмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1068,51 +1038,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. АПК-нің 34-бабы екінші бөлігінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1187,51 +1157,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларда істі бір соттың іс жүргізуінен басқа соттың іс жүргізуіне беру заңды күшіне енген сот ұйғарымының негізінде жүргізіледі. Тараптардың осындай ұйғарымдарға жеке шағымдарын, прокурордың өтінішхатын апелляциялық сатыдағы сот қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       АПК-нің 34-бабы екінші бөлігінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1324,70 +1294,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Сотта талап қоюшылар мен жауапкерлердің мүдделерін олардың заңды өкілдері және сенімхатта көрсетілген адамдар (тапсырма бойынша өкілдер) білдіре алады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өкілдің сенімхатында АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1462,128 +1432,206 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>60-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігінде көрсетілген процестік әрекеттерді жасау құқығын бермейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Адвокат берген апелляциялық (кассациялық, жеке) шағымға апелляциялық (кассациялық, жеке) шағым беру және оған қол қою құқығы көзделген сенімхат, куәлік және оның істі жүргізуге өкілеттігін растайтын қорғау (өкілдік ету) туралы жазбаша хабарлама қоса берілуге тиіс. Қосымшада көрсетілген кез келген құжаттың болмауы АПК-нің 407-бабы бірінші бөлігінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) тармақшасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 442-бабы бірінші бөлігінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізінде оны қайтаруға әкеп соғады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда – ҚР Жоғарғы Сотының 28.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); өзгеріс енгізілді – ҚР Жоғарғы Сотының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Сот істі сот талқылауына дайындау сатысында, сонымен қатар істі мәні бойынша қарау процесінде дәлелдеу нысанасын нақтылауы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Соттар дәлелдемелерді бағалау және тараптарды дәлелдеуден босату туралы мәселені шешу кезінде АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1916,51 +1964,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1975,51 +2023,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес талап қоюды қамтамасыз ету жөніндегі АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>156-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігінде аталған шараларды қолдану туралы соттардың ұйғарымдары сот шешімдерін орындау үшін көзделген тәртіппен дереу орындалуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мына жағдайларда:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2250,90 +2298,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="10"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мамандандырылған ауданаралық экономикалық соттар, басқа соттың соттылығына жататындығы заңда айқындалған істерді қоспағанда, тараптары заңды тұлғалар, заңды тұлға құрмай, жеке кәсіпкерлік қызметін жүзеге асыратын жеке тұлғалар (дара кәсіпкерлер) болып табылатын мүлiктiк және мүлiктiк емес даулар бойынша, сондай-ақ корпоративтік даулар бойынша азаматтық iстердi қарайды және шешеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2410,51 +2458,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Абыройын, қадір-қасиетін және іскерлік беделін түсіретін мәліметтерді таратудан келтірілген моральдық зиянды өтеуді ақшалай мәнде өндіріп алу туралы талап қоюлар, АПК-нің 104-бабы бірінші бөлігінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2469,51 +2517,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы (Салық кодексі)" Қазақстан Республикасының кодексіне сәйкес, егер талап қоюшы заңнамаға сәйкес мемлекеттік баж төлеуден босатылмаса, оларды беру кезінде мемлекеттік баж төленетіндігіне соттардың назары аударылсын. Соттар өкілдің көмегіне ақы төлеу жөніндегі шығыстарды өтеу туралы осындай талап қоюлар бойынша мәселені шешу кезінде осындай шығыстар талап қоюдың қанағаттандырылған бөлігінің он пайызынан аспауға тиіс екендігі туралы АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>113-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігінде көрсетілген талаптарды негізге алуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2532,126 +2580,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="12"/>
+    <w:bookmarkStart w:name="z44" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12-1. АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>164-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігіне сәйкес азаматтық істерді сот талқылауына дайындау, талап қою соттың іс жүргізуіне қабылданған күннен бастап жиырма жұмыс күнінен кешіктірілмей жүргізілуге тиіс. Алименттерді өндіріп алу туралы, денсаулықтың зақымдануынан келтірілген зиянды өтеу туралы, сондай-ақ асыраушысынан айырылу жағдайына байланысты істерден басқа, аса күрделі істер бойынша айрықша жағдайларда және еңбек құқықтық қатынастарынан туындайтын талаптар бойынша істі сот талқылауына дайындау үшін берілген мерзім өткеннен кейін бұл мерзім судьяның ұйғарымы бойынша қосымша бір айға ұзартылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілген мерзім шегінде сот бірқатар процестік әрекеттер жасайды, сондай-ақ жауапкерге талап қоюшы мәлімдеген талаптарға пікір ұсынуды сотқа беруге міндеттейді (АПК-нің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бірінші бөлігі). АПК-нің </w:t>
+      Көрсетілген мерзім шегінде сот бірқатар процестік әрекеттер жасайды, сондай-ақ жауапкерге талап қоюшы мәлімдеген талаптарға пікір ұсынуды сотқа беруге міндеттейді (АПК-нің 165-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>166-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігіне сай, пікір талап қоюдың көшірмелерін алған күннен бастап он жұмыс күнінен кешіктірмей ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -2695,68 +2743,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен бастап қолданысқа енгізіледі); жаңа редакцияда – ҚР Жоғарғы Сотының 28.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); өзгеріс енгізілді – ҚР Жоғарғы Сотының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="13"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2811,51 +2879,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және басқа да баптарында белгіленген қағидалар сақтала отырып жүргізіледі. Алдыңғы сот отырыстарында алынған құжаттар АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>208-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен даудың мәні бойынша шешім шығарылатын сот отырысында жариялануы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Істі қарауға, қатысушылардың сот отырысына келуіне кедергі келтіретін не оған мүмкіндік бермейтін күтпеген және төтенше мән-жайлар туындаған жағдайларда, оның ішінде егер сот осы АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2927,214 +2995,272 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен қосымша дәлелдемелерді ұсыну немесе талап етіп алдырту қажет болған жағдайларда; АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>153-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> екінші бөлігінде көзделген тәртіппен қарсы талап қою кезінде ғана істі талқылауды кейінге қалдыруға жол беріледі.</w:t>
+        <w:t xml:space="preserve"> екінші бөлігінде көзделген тәртіппен қарсы талап қою кезінде істі талқылауды кейінге қалдыруға жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сот талқылауын кейінге қалдыру саны, әдетте, төрт реттен аспауы тиіс.</w:t>
-      </w:r>
-[...116 lines deleted...]
-      Егер жауапкер талап қоюды ішінара таныса, онда сот талқылауын өткізгеннен кейін және сот талап қоюды тануды қабылдаған соң барлық қойылған талаптар бойынша шешім қабылданады. Дәлелдемелерді зерттеу жауапкер талап қоюды мойындамаған бөлікте ғана жүргізіледі. Талап қоюды бір бөлікте мойындаған кезде алдын ала сот отырысында тараптардың дәлелдерін, дәлелдемелерін зерттеу қажеттілігіне байланысты шешім қабылдау мүмкін емес, осыған байланысты істі сот талқылауына тағайындау қажет.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>198-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген істі талқылауды кейінге қалдыру жағдайларының тізбесі түпкілікті болып табылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда – ҚР Жоғарғы Сотының 28.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); өзгеріс енгізілді – ҚР Жоғарғы Сотының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулыларымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Бірінші және апелляциялық сатылардағы соттарда жауапкер талап қоюды сот шешім шығару үшін шығып кеткенге дейін тануға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сот жауапкерге талап қоюды тану туралы жасалған мәлімдеменің құқықтық салдарын түсіндіреді, жауапкерді талап қоюды тануға мәжбүрлегенін куәландыруы мүмкін деректердің бар-жоғын анықтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер жауапкер талап қоюды ішінара таныса, онда сот талқылауын өткізгеннен кейін және сот талап қоюды тануды қабылдаған соң барлық қойылған талаптар бойынша шешім қабылданады. Дәлелдемелерді зерттеу жауапкер талап қоюды мойындамаған бөлікте ғана жүргізіледі. Талап қоюды бір бөлікте мойындаған кезде алдын ала сот отырысында тараптардың дәлелдерін, дәлелдемелерін зерттеу қажеттілігіне байланысты шешім қабылдау мүмкін емес, осыған байланысты істі сот талқылауына тағайындау қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      АПК-нің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>48-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігінде көзделген негіздер бойынша жауапкердің талап қоюды толық немесе ішінара тануын қабылдау туралы не осындай тануды қабылдамау туралы соттың шешімінде немесе қаулысында көрсетіледі. Осы мәселе бойынша бөлек ұйғарым шығарылмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -3166,70 +3292,308 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="15"/>
+    <w:bookmarkStart w:name="z46" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14-1. Соттар талап қоюшының талап қою ісін жүргізу істері бойынша талап қоюдан бас тарту құқығын арыз берушінің ерекше іс жүргізудегі істер бойынша мәлімделген талапты қолдамау құқығынан ажыратуы тиіс. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Талап қоюшы талап қоюдың негізін немесе нысанасын өзгертуге, талап қою талаптарының мөлшерін көбейтуге немесе азайтуға немесе талап қоюдан бас тартуға құқылы (АПК-нің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>48-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші бөлігі). Сот талап қоюшының талап қоюдан бас тартуын қабылдаған кезде АПК-нің 277-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) тармақшасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізінде іс бойынша іс жүргізу тоқтатылуға жатады және АПК-нің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>278-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігінде көзделген салдарлар туындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Арыз берушінің ерекше іс жүргізудегі істер бойынша келтірілген нормаларға сәйкес өз талаптарынан бас тартуға құқығы жоқ, сонымен қатар ол мәлімделген талапты қолдамауға құқылы. Мұндай жағдайда арыз АПК-нің 279-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) тармақшасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізінде қараусыз қалдырылуға жатады. Сот, егер істі ерекше іс жүргізуде қарау кезінде талап қою ісін жүргізуде қаралуға жататын, соттың ведомстволығындағы құқық туралы даудың бар екені анықталса, мәлімделген талаптарды да қараусыз қалдырады (АПК-нің 279-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) тармақшасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Арызды қараусыз қалдыру АПК-нің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>280-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшінші бөлігінде көзделген салдарларға әкеп соғады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-1-тармақпен толықтырылды – ҚР Жоғарғы Сотының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Егер талап қоюшы бір арызда немесе сот бір іс жүргізуінде талаптар біріктірілген болса, біреулері үшін қысқартылған, ал екіншілері үшін жалпы екі айлық қарау мерзімі белгіленсе, онда істі сот талқылауына дайындау аяқталған күннен бастап іс екі айға дейінгі мерзімде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Азаматты хабар-ошарсыз кетті деп тану туралы немесе азаматты қайтыс болды деп жариялау туралы істерді қарау мерзімін тиісті хабарландыру жарияланған күнінен кейін үш айлық мерзім аяқталған күнінен бастап есептеген жөн. Бұл ретте істі қарау мерзімінде сотқа арыз келіп түскен күнінен бастап және осы санаттағы істі қозғау туралы хабарландыру жарияланған күнге дейінгі уақыт есепке жатқызылуға тиіс. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3284,90 +3648,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="16"/>
+    <w:bookmarkStart w:name="z16" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        16. Егер жауапкерден немесе сот бұйрығында құқықтары мен міндеттері қозғалған өзге адамнан сот бұйрығының көшірмесін алған күннен бастап он жұмыс күні ішінде немесе оның шығарылғаны туралы оларға белгілі болған күннен бастап мәлімделген талапқа қарсылығын немесе арызын сотқа жолдаса, онда судья үш жұмыс күнінен кешіктірілмейтін мерзім ішінде сот бұйрығының күшін жою туралы не сот бұйрығының күшін жоюдан бас тарту туралы ұйғарым шығаруға міндетті. Егер жауапкер осындай қарсылықтарды беру мерзімін дәлелді себептермен өткізіп алса, онда ол АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>126-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қалпына келтірілуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер күші жойылған сот бұйрығы орындауға жіберілсе немесе өндіріп алушыға берілсе, онда сот мұндай сот бұйрығын кері қайтарып алады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3478,90 +3842,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="17"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>401-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігіне сәйкес заңды күшіне енбеген соттың шешіміне тараптар және іске қатысатын басқа да адамдар апелляциялық шағым беруі, прокурор апелляциялық тәртіппен апелляциялық өтінішхат келтіруі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Іске қатысуға тартылмаған адамдар, егер сот олардың құқықтары мен міндеттеріне қатысты шешім қабылдаған жағдайда ғана апелляциялық шағым жасауға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3618,90 +3982,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="18"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. АПК-де белгіленген жағдайларды қоспағанда, сот шешіміне апелляциялық шағым (прокурордың өтінішхаты) беру (келтіру) үшін АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>403-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> үшінші бөлігінде көзделген мерзімді түпкілікті нысанда шешім шығарылған күнінен бастап, ал сот талқылауына қатыспаған адамдар үшін оларға шешімнің көшірмесі жолданған күнінен бастап есептеу керек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3720,70 +4084,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="19"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Мыналар: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       сот бұйрықтарына; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3856,106 +4220,106 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="20"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Апелляциялық (жеке) шағым беру мерзімін қалпына келтіру туралы іске қатысатын адамдардың арыздары, прокурордың өтінішхаттары АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>126-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> белгіленген қағидалар бойынша сот отырысында бірінші сатыдағы соттың қарауына жатады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
+        <w:t xml:space="preserve"> белгіленген қағидалар бойынша бірінші сатыдағы соттың қарауына жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Соттың апелляциялық (жеке) шағым беру мерзімін қалпына келтіруден бас тарту туралы ұйғарымына АПК-нің </w:t>
+      Соттың апелляциялық (жеке) шағым беру үшін өткізіп алған процестік мерзімді қалпына келтіруден бас тарту туралы ұйғарымына АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>429-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігінде көзделген мерзімдерде шағым берілуі, прокурордың өтінішхаты бойынша қайта қаралуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -3979,68 +4343,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда – ҚР Жоғарғы Сотының 28.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); өзгеріс енгізілді – ҚР Жоғарғы Сотының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="21"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4055,51 +4439,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>413-баптарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес апелляциялық сатыдағы сот істегі бар және қосымша ұсынылған материалдар бойынша бірінші сатыдағы сот шешімінің заңдылығы мен негізділігін толық көлемде тексереді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сот шешімін толық көлемде тексеру деп бірінші сатыдағы соттың істің нақты мән-жайларын анықтауының, материалдық және процестік құқық нормаларын қолдануының немесе түсіндіруінің дұрыстығы тексерілетінін түсіну қажет.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -4136,51 +4520,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="22"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4255,133 +4639,133 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>279-баптарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген негіздер бойынша апелляциялық сатыдағы сот істі талқылауды кейінге қалдыруға, іс бойынша іс жүргізуді тоқтата тұруға немесе тоқтатуға, талап қоюды қараусыз қалдыруға құқылы, бұл туралы тиісті ұйғарым шығарады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда – ҚР Жоғарғы Сотының 28.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Апелляциялық сатыдағы сот жаңадан ұсынылған құжаттар мен материалдарды, егер бұл құжаттар мен материалдар бірінші сатыдағы сотқа дәлелді себептермен ұсынылмаса немесе оларды талап етіп алдыртуға және сот отырысында зерттеуге жәрдемдесу туралы өтінішхатты бірінші сатыдағы сот қабылдамаған жағдайда ғана қарауға қабылдауға құқылы.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:p>
-[...80 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тараптың АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4478,70 +4862,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="24"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Апелляциялық сатыдағы сот тараптар жаңадан ұсынған зерттеуге қабылданған дәлелдемелердің негізінде, егер іске қатысатын басқа адамдар апелляциялық шағымға (прокурордың өтінішхатына) немесе апелляциялық сатыдағы сот отырысында осы дәлелдемелер бойынша өз пікірлерін білдірсе, мәлімделген талап қоюдың шегінде жаңа фактілерді анықтай алады. Мұндай жағдайларда апелляциялық сатыдағы сот бірінші сатыдағы соттың шешімін өзгертеді немесе оның күшін жойып, іс бойынша жаңа шешім шығарады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Апелляциялық сатыдағы сот толық, жан-жақты және объективті зерттелген азаматтық іс материалдарының негізінде іс үшін маңызы бар мән-жайларды қайтадан анықтап қана қоймай, сонымен бірге сол немесе басқа мән-жайлардың дәлелденгені немесе дәлелденбегені туралы түйін жасауға, материалдық немесе процестік құқық нормаларын дұрыс қолдануға не заң ұқсастығын немесе құқық ұқсастығын қолдануға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -4578,90 +4962,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="25"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Егер істі қарау кезінде апелляциялық сатыдағы сот бірінші сатыдағы соттың АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>427-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігінде көзделген бұзушылықтарға жол бергенін анықтаса, онда ол бірінші сатыдағы соттың шешімін өзгерту туралы немесе оның күшін жою туралы қаулы шығарады және дауды мәні бойынша шешеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4780,188 +5164,280 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген негіздер болған кезде аппеляциялық сатыдағы сот шешімнің күшін толық немесе ішінара жояды және іс бойынша іс жүргізуді тоқтатады не арызды қараусыз қалдырады. Апелляциялық сатыдағы соттың көрсетілген негіздер бойынша шығарған ұйғарымдарына кассациялық тәртіппен шағым жасалуы және наразылық келтірілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Егер сот шешімінің күшін жоюға АПК-нің 277-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген мән-жайлар негіз болса, апелляциялық сатыдағы сот іс бойынша іс жүргізуді тоқтатуға міндетті және мәлімделген талаптың мәні бойынша қаулы шығаруға құқылы емес. АПК-нің 427-бабы бірінші бөлігінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) тармақшасын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұза отырып шығарылған мұндай қаулының күшін кассациялық сатыдағы сот АПК-нің 451-бабы екінші бөлігінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жоюға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда – ҚР Жоғарғы Сотының 28.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); өзгеріс енгізілді – ҚР Жоғарғы Сотының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...36 lines deleted...]
-        <w:t xml:space="preserve">Алып тасталды - ҚР Жоғарғы Сотының 2012.12.29 </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">27. Алып тасталды - ҚР Жоғарғы Сотының 2012.12.29 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ресми жарияланған күнінен бастап қолданысқа енгізіледі) Нормативтік қаулысымен.</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="27"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27-1. Апелляциялық шағым берген адам апелляциялық сатыдағы сот қаулы шығарғанға дейін одан бас тартуға немесе бірінші сатыдағы сотта оны кері қайтарып алуға құқылы. Прокурор өтінішхатты апелляциялық сатыдағы сот қаулы шығарғанға дейін кері қайтарып алуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Апелляциялық шағымнан бас тартуды қабылдау туралы апелляциялық сатыдағы сот, егер шешімге басқа адамдар шағым жасамаса немесе жоғары тұрған прокурор өтінішхат келтірмесе апелляциялық іс жүргізуді тоқтату туралы ұйғарым шығарады (АПК-нің 409-бабының екінші бөлігі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5075,622 +5551,612 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-      27-2. Алып тасталды - ҚР Жоғарғы Сотының 20.05.2016 </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      27-2. Алып тасталды - ҚР Жоғарғы Сотының 20.05.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-      27-3. Алып тасталды - ҚР Жоғарғы Сотының 20.05.2016 </w:t>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      27-3. Алып тасталды - ҚР Жоғарғы Сотының 20.05.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z28" w:id="28"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>434-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бірінші бөлігіне сәйкес жергілікті және басқа да соттардың заңды күшіне енген сот актілері, оларға шағым жасаудың апелляциялық тәртібі сақталған жағдайда, АПК-нің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> қағидалары бойынша қаралған істер бойынша шығарылған сот актілері тараптар, іске қатысатын адамдар, мүдделері сот актілерімен қозғалатын басқа да тұлғалар және олардың өкілдері берген өтінішхаттар бойынша кассациялық тәртіппен қайта қаралуы мүмкін. АПК-нің </w:t>
+        <w:t xml:space="preserve"> бірінші бөлігіне сәйкес жергілікті және басқа да соттардың заңды күшіне енген сот актілері, оларға шағым жасаудың апелляциялық тәртібі сақталған жағдайда, АПК-нің 27-2-бабының қағидалары бойынша қаралған істер бойынша шығарылған сот актілері тараптар, іске қатысатын адамдар, мүдделері сот актілерімен қозғалатын басқа да тұлғалар және олардың өкілдері берген кассациялық шағымдар бойынша кассациялық тәртіппен қайта қаралуы мүмкін. АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>441-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігіне сәйкес іске қатысуға тартылмаған адамдар аталған сот актілеріне, егер осы актілермен олардың құқықтары мен міндеттері туралы мәселе шешілген жағдайларда ғана шағым беруге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 28-тармақ жаңа редакцияда – ҚР Жоғарғы Сотының 28.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); өзгеріс енгізілді – ҚР Жоғарғы Сотының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="29"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>436-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бірінші бөлігіне сай шағым жасалған (наразылық келтірілген) сот актісі заңды күшіне енген күнінен бастап алты айдың ішінде өтінішхат берілуі (наразылық келтірілуі) мүмкін. Өтінішхат берудің (наразылық келтірудің) алты айлық мерзімі сот актісі АПК-нің </w:t>
-[...40 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> бірінші бөлігіне сәйкес апелляциялық сатыдағы соттың ұйғарымдары, қаулылары заңды күшіне енген күннен бастап алты ай iшiнде оларға кассациялық шағым, наразылық берілуі мүмкін. Көрсетілген мерзімнің өтуі апелляциялық сатының сот актісі жария етілген күннен кейінгі күні басталады (АПК-нің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>122-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      АПК-нің 442-бабы бірінші бөлігінің </w:t>
+      Алты айлық мерзім өткізіліп берілген кассациялық шағым, АПК-нің 442-бабы бірінші бөлігінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және 444-бабы бірінші бөлігінің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес алты айлық мерзім өткізіліп және оны қалпына келтіру туралы өтінішхатсыз берілген өтінішхат оны берген адамға қайтарылады.</w:t>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>124-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігіне сәйкес қалпына келтіру туралы арыз болмаған кезде, оны берген адамға қараусыз кері қайтарылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Егер шағым берудің өткізілген мерзімін қалпына келтіру туралы өтінішхат қоса тіркелген өтінішхатты қарау кезінде заңды күшіне енген сот актісін қайта қарау үшін АПК-нің </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес өтінішхатты кері қайтару туралы қаулы шығарылады. </w:t>
+      Кассациялық сатыдағы сот, егер алты айлық мерзiм өткізіліп берiлген кассациялық шағымға оны қалпына келтiру туралы арыз қоса берiлсе, сот отырысын тағайындайды және АПК-нің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>445-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші бөлігінде көзделген әрекеттерді орындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Егер Қазақстан Республикасының Бас Прокуратурасына кассациялық сатыға наразылық келтіру туралы өтінішхат алты айлық мерзім ішінде берілген, бірақ прокурор наразылықты мерзімін бұза отырып енгізген жағдайда, кассациялық сатыдағы сот АПК-нің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> төртінші бөлігіне сәйкес көрсетілген мерзімді ұзартады.</w:t>
+      АПК-нің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>450-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші бөлігінде көзделген талаптарды орындағаннан кейін кассациялық сатыдағы сот арыз берушінің кассациялық шағым берудің өткізіп алынған мерзімін қалпына келтіру немесе қалпына келтіруден бас тарту туралы мәселені шешеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кассациялық шағым беру мерзімін өткізіп алудың дәлелді себептері болған кезде кассациялық сатыдағы сот істі мәні бойынша қарауға кіріседі. Соттың істі қарау нәтижелері бойынша қаулысында өткізіп алынған мерзімнің қалпына келтірілгені көрсетіліп, мұндай шешімді қабылдаудың уәждері келтірілуі тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Егер алты айлық мерзім бұзылып және оны қалпына келтіру туралы өтінішхаты бар өтінішхатты қарау нәтижелері бойынша шағым жасалған сот актілерін қайта қарау жөнінде кассациялық іс жүргізуді қозғау туралы қаулы шығарылса, онда кассациялық сатыдағы сот осы мерзімді қалпына келтіру туралы мәселені АПК-нің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> үшінші бөлігінде көзделген тәртіппен сот отырысында қарайды. Кассациялық сатыдағы сот прокурордың наразылық беру мерзімін қалпына келтіру туралы мәселені осындай тәртіппен қарайды. Кассациялық өтінішхат (наразылық) берудің дәлелсіз себептермен өткізіліп алынған мерзімі қалпына келтіруге жатпайды, ал өтінішхат (наразылық) қаралмай кері қайтарылады.</w:t>
+      Көрсетілген сот, егер мұндай мерзімді қалпына келтіруге негіздер жоқ деп түйін жасаса, шағымды берген адамға оны қараусыз қайтарады. Бұл жағдайда арыз берушінің кассациялық шағым беру құқығы жүзеге асырылған болып есептеледі (АПК-нің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>124-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші бөлігі). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кассациялық сатыдағы сот осыған ұқсас тәртіппен прокурордың наразылық келтіру мерзімін қалпына келтіру туралы мәселені қарайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда – ҚР Жоғарғы Сотының 28.11.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда – ҚР Жоғарғы Сотының 27.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="30"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5705,51 +6171,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бесінші бөлігіне сәйкес заңды күшіне енген сот актілерін кассациялық тәртіппен қайта қарауға себеп болған елеулі бұзушылықтарға АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>427-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> төртінші бөлігінде санамаланған процестік құқық нормаларын бұзушылықтарды жатқызған жөн. Материалдық құқық нормаларының дұрыс қолданылмауы, егер сот соның салдарынан істі дұрыс шешпеген жағдайда ғана, елеулі бұзушылыққа жатқызылуы мүмкін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мәні бойынша дұрыс сот актісін формальды пайымдаулар бойынша кассациялық тәртіппен қайта қарау мүмкін емес. Соттың істі қарау кезінде АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5824,90 +6290,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="31"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>35-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бесінші бөлігіне сәйкес кассациялық сатыдағы соттың алқалы құрамы судьялардың тақ санынан (кемінде үш) болуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5964,876 +6430,1030 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="32"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      32. Іс бойынша шығарылған сот актілерінің күші жойылып, іс бірінші сатыдағы сотқа жаңадан сот қарауына жіберілген сот актісіне өтінішхат беру процестік әрекет болып табылады. Ұсыну енгізу немесе наразылық келтіру құқығы бар лауазымды адамдар осындай істі талап етіп алдыртқан жағдайда бірінші сатыдағы сот АПК-нің </w:t>
+      32. Іс бойынша шығарылған сот актісінің (актілерінің) күші жойылып, іс бірінші не апелляциялық сатыдағы сотқа жаңадан соттың қарауына жіберілген кассациялық сатының сот актісіне өтінішхат беру процестік әрекет болып табылады. Ұсыну енгізуге немесе наразылық келтіруге құқығы бар лауазымды адамдар осындай істі талап етіп алдыртқан кезде бірінші не апелляциялық сатыдағы сот Қазақстан Республикасының Жоғарғы Сотында АПК-нің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>54-1-тарауында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тәртіппен дау айтылған сот актісін қайта қарау туралы мәселе шешілгенге дейін АПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>198-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес өтінішхат шешілгенге дейін оны қарауды кейінге қалдырады.</w:t>
+        <w:t xml:space="preserve"> сәйкес істі қарауды кейінге қалдырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда – ҚР Жоғарғы Сотының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      33. АПК-нің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>448</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>454-3-баптарында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> санамаланған лауазымды адамдар заңды күшіне енген сот актілерінің орындалуын, егер келіп түскен кассациялық шағым, өтінішхат бойынша азаматтық істі соттан талап етіп алдыртқан жағдайда ғана тоқтата тұруы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 33-тармақ жаңа редакцияда – ҚР Жоғарғы Сотының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">34. Алып тасталды - ҚР Жоғарғы Сотының 22.12.2008 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормативтік қаулысымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Апелляциялық және кассациялық сатыдағы судьяның ерекше пікірінің мазмұнын жария етуге жол берілмейді. Кассациялық сатыдағы сот және Қазақстан Республикасының Жоғарғы Соты осы істі қараған кезде ерекше пікірмен танысуға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда – ҚР Жоғарғы Сотының 28.11.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 35-тармақ жаңа редакцияда – ҚР Жоғарғы Сотының 28.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); өзгеріс енгізілді – ҚР Жоғарғы Сотының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулыларымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">36. Күші жойылды – ҚР Жоғарғы Сотының 25.12.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N 12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нормативтік қаулысымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">37. Күші жойылды – ҚР Жоғарғы Сотының 25.12.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N 12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Нормативтік қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">38. Күші жойылды – ҚР Жоғарғы Сотының 25.12.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N 12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Нормативтік қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">39. Күші жойылды – ҚР Жоғарғы Сотының 25.12.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N 12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Нормативтік қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      40. Кассациялық сатыдағы сот, Қазақстан Республикасының Жоғарғы Соты АПК-нің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>270-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұқсастығы бойынша сот отырысында анықталған заң бұзушылық фактілері бойынша тиісті мемлекеттік органдардың, ұйымдардың лауазымды адамдардың атына жеке ұйғарым шығаруға құқылы. Олар қабылданған шаралар туралы бір айлық мерзім ішінде сотқа хабарлауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 40-тармақ жаңа редакцияда – ҚР Жоғарғы Сотының 28.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); өзгеріс енгізілді – ҚР Жоғарғы Сотының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулыларымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      40-1. Судьяға, екі және одан да көп судьяға немесе Қазақстан Республикасы Жоғарғы Сотының алқалы құрамының барлық судьясына мәлімделген қарсылық білдіруді (өздігінен бас тарту) сол сот АПК-нің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>41-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> төртінші, бесінші, алтыншы, жетінші бөліктеріне ұқсастық бойынша қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Жоғарғы Сотының қарсылық білдіру (өздігінен бас тарту) туралы арызды қарау нәтижелері бойынша ұйғарымы түпкілікті болып табылады және шағым жасауға, наразылық келтіруге жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 40-1-тармақпен толықтырылды – ҚР Жоғарғы Сотының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="33"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Осы нормативтік қаулының қабылдануына байланысты 2000 жылғы 30 қазандағы № 15 Қазақстан Республикасының Жоғарғы Соты Пленумының қаулысымен енгізілген өзгерістермен "Соттардың азаматтық іс жүргізу заңының кейбір нормаларын қолдануы туралы" 2000 жылғы 30 маусымдағы № 9 Қазақстан Республикасы Жоғарғы Соты Пленумы қаулысының күші жойылды деп танылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 33-тармақ жаңа редакцияда – ҚР Жоғарғы Сотының 28.11.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 41-тармақ жаңа редакцияда – ҚР Жоғарғы Сотының 28.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) нормативтік қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...581 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. Қазақстан Республикасы Конституциясының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкесосы нормативтік қаулы қолданыстағы құқық құрамына қосылады, жалпыға бірдей міндетті болып табылады және алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6867,252 +7487,232 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы</w:t>
+</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
-                <w:i w:val="false"/>
+                <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жоғарғы Сотының Төрағасы</w:t>
+              <w:t>      Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...11 lines deleted...]
-          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғарғы Сотының Төрағасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы</w:t>
+</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>      Қазақстан Республикасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
-                <w:i w:val="false"/>
+                <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жоғарғы Сотының судьясы,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
-                <w:i w:val="false"/>
+                <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жалпы отырыс хатшысы</w:t>
             </w:r>
-          </w:p>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>