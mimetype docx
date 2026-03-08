--- v0 (2025-11-15)
+++ v1 (2026-03-08)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bc1064b" w14:textId="bc1064b">
+    <w:p w14:paraId="9be802f" w14:textId="9be802f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2568,51 +2568,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Тізімдеу актісі есепке алу кітабына енгізілгеннен кейін мемлекеттік мүлік тізілімінде әр жазбаға мемлекеттік мүлікті басқару жөніндегі уәкілетті орган белгілеген нысан бойынша түгендеу карточкасы ашылады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Түгендеу карточкасының тақырыбы мүліктің кімге берілгені, мүлікті беру күні туралы мәліметтерді қамтиды. Мүлікті сатқан кезде түгендеу карточкасында бюджетпен немесе Білім беру инфрақұрылымын қолдау қорымен есеп айырысу мерзімдері, төлем құжатының (құжаттарының) нөмірі мен күні көрсетіледі.</w:t>
+      Түгендеу карточкасының тақырыбы мүліктің кімге берілгені, сондай-ақ мүліктің берілген күні туралы мәліметтерді қамтиды. Мүлікті өткізу кезінде түгендеу карточкасында бюджетпен немесе Арнаулы мемлекеттік қормен есеп айырысу мерзімдері, төлем құжатының (құжаттарының) нөмірі мен күні көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мүлік бір тізімдеу актісі бойынша бірнеше ұйымға берілген жағдайда, түгендеу карточкалары әр ұйымға жеке ашылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2652,71 +2652,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Үкіметінің 30.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1031</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 18.05.2023 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгерістер енгізілді - ҚР Үкіметінің 18.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 385</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 11.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 428</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z38" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4035,190 +4055,190 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z58" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Ақша түрiндегі мүлiк бюджет кiрiсiне немесе Білім беру инфрақұрылымын қолдау қорына есептелінеді. Шетел валютасы операция жасалған күнi белгiленген валюта айырбастаудың ресми бағамы бойынша Қазақстан Республикасы Ұлттық Банкiнiң филиалдары арқылы бюджет кiрiсiне немесе Білім беру инфрақұрылымын қолдау қорына есепке жатқызылады. Жекелеген негiздер бойынша мемлекет меншiгiне айналдырылған, айырбасталмайтын шетел валютасын қабылдау, сақтау, өткізу тәртібін, сондай-ақ оларды өткізуден түскен ақшаны бюджетке немесе Білім беру инфрақұрылымын қолдау қорына есептеу тәртiбiн Қазақстан Республикасының Ұлттық Банкi белгiлейдi.</w:t>
+      20. Ақша түрiндегі мүлiк бюджет кiрiсiнің немесе Арнаулы мемлекеттік қордың есебіне жатқызылады. Шетел валютасы операция жасалған күнi айқындалған валюта айырбастаудың ресми бағамы бойынша Қазақстан Республикасы Ұлттық Банкiнiң филиалдары арқылы бюджет кiрiсiнің немесе Арнаулы мемлекеттік қордың есебіне жатқызылады. Жекелеген негiздер бойынша мемлекет меншiгiне айналдырылған айырбасталмайтын шетел валютасын қабылдау, сақтау, өткізу, сондай-ақ оларды өткізуден түскен ақшаны бюджеттің немесе Арнаулы мемлекеттік қордың есебіне жатқызу тәртібі "Қазақстан Республикасының Ұлттық Банкінде жекелеген негіздер бойынша мемлекеттің меншігіне айналдырылған шетел валютасымен операцияларды жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасының Ұлттық Банкі басқармасының 2021 жылғы 21 маусымдағы № 63 қаулысына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ақша түрiндегi мүлiктi Қазақстан Республикасының Ұлттық Банкіне және оның филиалдарына берудi осындай мүлiктi алған орган мүлiктiң сомасы, берілу уақыты және алушысы көрсетілген беру туралы хабарламаны уәкiлетті органға жiбере отырып жүргiзедi.</w:t>
+      Ақша түрiндегi мүлiктi Қазақстан Республикасының Ұлттық Банкіне және оның филиалдарына берудi осындай мүлiктi алып қойған орган жүргізіп, уәкілетті органға мүлiктiң сомасы, берілген уақыты және оны алушы көрсетілген беру туралы хабарлама жiбереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда - ҚР Үкіметінің 18.05.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 385</w:t>
+        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда - ҚР Үкіметінің 11.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 428</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z61" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Мемлекеттік мүліктің құрамына түскен салымдар (депозиттер) сомасын банктер толық көлемде номиналды түрде бюджеттің кiрiсiне немесе Білім беру инфрақұрылымын қолдау қорына аударады.</w:t>
+      21. Мемлекеттік мүліктің құрамына түскен салымдар (депозиттер) сомасын банктер толық көлемде бюджеттің кiрiсiне немесе Арнаулы мемлекеттік қорға номиналды түрде аударады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда - ҚР Үкіметінің 18.05.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 385</w:t>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда - ҚР Үкіметінің 11.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 428</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5959,51 +5979,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z93" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      33. Сот мүліктің мемлекет меншігіне түсуіне негіз болған актінің күшін жойған (тиісті бөлігін өзгерткен) кезде уәкілетті орган немесе жергілікті атқарушы органдар мүлікті заттай қайтаруды жүргізеді. Егер мүлік Қазақстан Республикасының заңнамасында белгіленген тәртіппен өткізілген жағдайда оның құнын өтеу Қазақстан Республикасының Бюджет кодексіне сәйкес оны өткізуден алынған қаражат шегінде тиісті бюджет қаражаты немесе Білім беру инфрақұрылымын қолдау қоры есебінен жүргізіледі.</w:t>
+      33. Сот мүліктің мемлекет меншігіне түсуіне негіз болған актінің күшін жойған (тиісті бөлігінде өзгерткен) кезде уәкілетті орган немесе жергілікті атқарушы органдар мүлікті заттай қайтаруды жүргізеді. Егер мүлік Қазақстан Республикасының заңнамасында белгіленген тәртіппен өткізілген жағдайда оның құнын өтеу Қазақстан Республикасының Бюджет кодексіне сәйкес оны өткізуден алынған қаражат шегінде тиісті бюджеттің немесе Арнаулы мемлекеттік қордың қаражаты есебінен жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Залал Қазақстан Республикасының Азаматтық кодексі 9-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -6037,50 +6057,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 33-тармақ жаңа редакцияда - ҚР Үкіметінің 18.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 385</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 11.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 428</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -6245,1144 +6285,1570 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>одан әрi пайдалану</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>қағидаларына 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1-нысан</w:t>
+      Нысан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z98" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мүлiктi тiзiмдеу, бағалау және (немесе) қабылдау-беру актісі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - ҚР Үкіметінің 18.05.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 385</w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Үкіметінің 11.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 428</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20__ жылғы "___" ___________                                  ________________</w:t>
-[...984 lines deleted...]
-    <w:bookmarkEnd w:id="88"/>
+      20__ жылғы "___" ___________ ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (жасалған күнi) (акт жасалған жер)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мына құрамдағы комиссия: уәкiлеттi орган (жергілікті атқарушы орган) өкiлi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (уәкiлетті органның немесе жергілікті атқарушы органның атауы, мекенжайы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке сәйкестендіру нөмірі/бизнес сәйкестендіру нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (жауапты жұмыскердiң лауазымы және тегі, аты, әкесінің аты (бар болса) сот </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      орындаушысы_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (әділет органының атауы, мекенжайы, жеке сәйкестендіру нөмірі/бизнес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сәйкестендіру нөмірі, жұмыскердің лауазымы және тегі, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өкiл________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (мүлікті беретін тұлғаның тегі, аты, әкесінің аты (бар болса), мүлікті алып қойған </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (беретін) органның атауы, мекенжайы, жеке сәйкестендіру нөмірі/бизнес  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      сәйкестендіру нөмірі) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (жұмыскердiң лауазымы және тегі, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өкiл________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мүлiк уақытша жауапты сақтауында болатын ұйымның атауы, мекенжайы, жеке</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сәйкестендіру нөмірі/бизнес сәйкестендіру нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өкiл________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (жұмыскердiң лауазымы және тегі, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мүлiктi қабылдаушы ұйымның атауы, мекенжайы, жеке сәйкестендіру нөмірі/бизнес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сәйкестендіру нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағалаушы__________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (жұмыскердiң лауазымы және тегі, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (ұйымның атауы, мекенжайы, жеке сәйкестендіру нөмірі/бизнес сәйкестендіру нөмірі,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицензияның күнi және нөмiрi)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мүлiкті бағалауды жүзеге асыратын тұлғаның тегі, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мекенжайы, жеке сәйкестендіру нөмірі/бизнес сәйкестендіру нөмірі, лицензияның</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      күнi және нөмiрi)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Үкіметінiң 2002 жылғы 26 шілдедегі № 833 қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      бекітілген Жекелеген негiздер бойынша мемлекет меншiгiне айналдырылған (түскен) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      мүлiктi есепке алу, сақтау, бағалау және одан әрi  пайдалану қағидаларының негiзiнде </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иеленушіге</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тиесілі болған төмендегі мүлікті (сот актілерінің негізінде тәркіленген (оның ішінде</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      заттай дәлелдемелер) немесе иесіз деп танылған мүлiктiң бұрынғы иеленушінің тегі, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      аты, әкесінің аты (бар болса), мекенжайы, жеке сәйкестендіру нөмірі/бизнес </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      сәйкестендіру нөмірі немесе ұйымның атауы, мекенжайы, жеке  сәйкестендіру </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нөмірі/бизнес сәйкестендіру нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (соттың атауы, мекенжайы, жеке сәйкестендіру нөмірі/бизнес сәйкестендіру нөмірі,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сот шешiмiнiң нөмiрi, күнi)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (соттың атауы, мекенжайы, жеке сәйкестендіру нөмірі/бизнес сәйкестендіру нөмірі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сот шешiмiнiң нөмiрi, күнi)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мүлiкті берген ұйымның атауы, мекенжайы, жеке сәйкестендіру нөмірі/бизнес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сәйкестендіру нөмірі немесе адамның тегі, аты, әкесінің аты (бар болса), мекенжайы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке сәйкестендіру нөмірі/бизнес сәйкестендіру нөмірі) немесе мемлекет меншiгіне</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтеусiз өткен мүлікті __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мүлікті берген ұйымның атауы, мекенжайы, жеке сәйкестендіру нөмірі/бизнес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сәйкестендіру нөмірі немесе адамның тегі, аты, әкесінің аты (бар болса), мекенжайы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке сәйкестендіру нөмірі/бизнес сәйкестендіру нөмірі) оның ішінде кедендік</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      декларацияға сәйкес "мемлекет пайдасына бас тарту" кедендік рәсімімен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      орналастырылған тауарлар мен көлiк құралдарын, сыйлықтарды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (мемлекеттік кірістер органының атауы, мекенжайы, жеке сәйкестендіру нөмірі/ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бизнес сәйкестендіру нөмірі, тауарларға арналған кедендік  декларацияның күнi мен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      нөмiрi) немесе нотариустың куәлiгiне сәйкес мұрагерлiк құқық бойынша мемлекетке </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өткен деп танылған мүлікті___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (нотариустың тегі, аты, әкесінің аты (бар болса), мекенжайы, жеке сәйкестендіру</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      нөмірі/бизнес сәйкестендіру нөмірі, куәлiгiнiң нөмiрi, күнi) сондай-ақ құны мемлекет </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кiрiсiне түсетiн мемлекет меншiгі құқығының  туындағанын куәландыратын басқа да</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құжаттардың негiзінде өзге де мүлiкті __ __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мүлікті берген ұйымның атауы, мекенжайы, жеке сәйкестендіру нөмірі/бизнес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сәйкестендіру нөмірі немесе адамның тегі, аты, әкесінің аты (бар болса),  тұлғаның</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      мекенжайы, жеке сәйкестендіру нөмірі/бизнес сәйкестендіру нөмірі) тізімдеуді және </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қабылдауды жүргізді. Мүлiктi тiзімдеу және бағалау</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -7399,143 +7865,126 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...17 lines deleted...]
-              <w:t>№</w:t>
+              <w:t xml:space="preserve">
+Р/с № </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әрбiр зат толық сипатталған мүлiктiң атауы</w:t>
+Әрбiр заттың жан-жақты сипаттамасымен мүлiктiң атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Өлшем бірлігі</w:t>
+              <w:t xml:space="preserve">
+Өлшем бірлігі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7565,88 +8014,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлiктi қабылдау кезiнде бiрлiгін алдын ала бағалау, теңге*</w:t>
+Мүлiктi қабылдау кезiнде бір бiрлiгін алдын ала бағалау, теңге*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Барлық сомасы, теңге</w:t>
+              <w:t xml:space="preserve">
+Барлық сомасы, теңге </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -7681,88 +8130,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Есепке қабылдау үшін негіз болып табылатын құжатта көрсетілген</w:t>
+              <w:t xml:space="preserve">
+Есепке қою үшін негіз болып табылатын құжатта көрсетілген </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Қайта есептеу (қайта өлшеу) қорытындылары бойынша нақтысы</w:t>
+              <w:t xml:space="preserve">
+Қайта есептеу (қайта өлшеу) қорытындылары бойынша нақтысы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -8022,431 +8471,465 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жиыны (жазумен):______________________________________________</w:t>
-[...215 lines deleted...]
-      ______ жылғы "___" ___________ иеленушінiң қолы ____________________</w:t>
+      Жиыны (жазумен):_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бюджетке немесе Арнаулы мемлекеттік қорға аударуға жататын жиыны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы акт ____ данада жасалды.  Комиссия мүшелерi: _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы) (тегі, аты, әкесінің аты (бар болса) _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы) (тегі, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (бағалаушы сарапшының қолы және мөрi (тегі, аты, әкесінің аты (бар болса) ______</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Осы актіде көрсетiлген мүлiктi жауапты сақтауға қабылдап алдым. Сақтауға қабылданған мүлiктiң жойылғаны, жасырылғаны, жоғалғаны, ауыстырылғаны немесе бүлiнгенi үшiн Қазақстан Республикасы Қылмыстық кодексінің </w:t>
-[...109 lines deleted...]
-      ______________________________________________________________________</w:t>
+      жылғы "___" ____________ иеленушінiң қолы ____________________  Осы актіде </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетiлген мүлiктi жауапты сақтауға қабылдап алдым. Сақтауға қабылданған </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      мүлiктiң жойылғаны, жасырылғаны, жоғалғаны,  ауыстырылғаны немесе бүлiнгенi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      үшiн Қазақстан Республикасы Қылмыстық кодексінің 425-бабы бойынша қылмыстық </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      және материалдық жауапкершiлiк туралы ескертiлдi. ____ жылғы "___" _____ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (мүлiкті қабылдаған ұйымның атауы, жеке сәйкестендіру нөмірі/бизнес сәйкестендіру </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нөмірі, мекенжайы немесе адамның тегі, аты, әкесінің аты (бар   болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      * Бұл баған мүлiкті уәкiлетті органға (жергілікті атқарушы органға) берушi ұйым алдын ала бағалау жүргізген жағдайда толтырылады.</w:t>
+      * Бұл баған мүлiкті уәкiлетті органға (жергілікті атқарушы органға) беретін ұйым</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      алдын ала бағалау жүргізген жағдайда толтырылады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8547,142 +9030,183 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>одан әрi пайдалану</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
+              <w:t>қағидаларына 2-қосымша</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z102" w:id="89"/>
+    <w:bookmarkStart w:name="z102" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20 __ жылы мүлiктi тiзiмдеу, бағалау және (немесе) қабылдау-беру актiлерiн есепке алу кітабы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда - ҚР Үкіметінің 16.07.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 564</w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Үкіметінің 11.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 428</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
@@ -8744,51 +9268,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жазба жүргізілген күн</w:t>
+Жазба жасалған күн</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8818,88 +9342,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жазба жүргізудің негіздемесі (құжаттың атауы, нөмірі және күні)</w:t>
+Жазба жасаудың негіздемесі (құжаттың атауы, нөмірі және күні)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бұрынғы иелерінің атауы немесе өтініш берушінің тегі, аты, әкесінің аты (бар болса)</w:t>
+Бұрынғы иеленушілердің атауы немесе өтініш берушінің тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9040,88 +9564,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлік кімге және қашан берілген не сатылған (шешімінің, шарттың, мүлікті қабылдау-беру актісінің № және күні)</w:t>
+Мүлік кімге және қашан берілген не өткізілген (шешімнің, шарттың, мүлікті қабылдау-беру актісінің № және күні)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлік үшін соңғы есеп айырысу күні</w:t>
+Мүлік үшін түпкілікті есеп айырысу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9334,51 +9858,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Білім беру инфрақұрылымын қолдау қорына</w:t>
+Арнаулы мемле-кеттік қорға</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10241,50 +10765,60 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
@@ -10304,55 +10838,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>