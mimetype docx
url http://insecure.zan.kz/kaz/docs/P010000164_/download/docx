--- v0 (2025-11-08)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a72acbb" w14:textId="a72acbb">
+    <w:p w14:paraId="48e0c06" w14:textId="48e0c06">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,320 +76,351 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ортақ пайдаланылатын телекоммуникация желілерін, біртұтас телекоммуникация желілерінің ресурстарын Қазақстан Республикасы мемлекеттік органдарының, қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдарының қажеттері үшін әзірлеу мен пайдалану қағидаларын бекіту туралы</w:t>
+        <w:t>Қазақстан Республикасы мемлекеттік органдарының, қорғаныс, қауіпсіздік және құқықтық тәртіпті қорғау органдарының қажеттіліктері үшін ортақ пайдаланылатын телекоммуникация желілерін, телекоммуникациялардың бірыңғай желісінің ресурстарын дайындау және пайдалану қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Үкіметінің қаулысы 2001 жылғы 31 қаңтар N 164.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тақырыбы жаңа редакцияда – ҚР Үкіметінің 04.12.2019 </w:t>
+      Ескерту. Қаулының тақырыбы жаңа редакцияда - ҚР Үкіметінің 20.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 902</w:t>
+        <w:t>№ 988</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Байланыс туралы" Қазақстан Республикасының 2004 жылғы 5 шiлдедегi  </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> iске асыру мақсатында Қазақстан Республикасының Yкiметi қаулы етеді:  </w:t>
+      "Байланыс туралы" Қазақстан Республикасының Заңы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) тармақшасына сәйкес Қазақстан Республикасының Yкiметi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Тақырыбы мен кіріспеге өзгеріс енгізілді - ҚР Үкіметінің 2004.10.20. N  </w:t>
-[...9 lines deleted...]
-        <w:t>1079</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Үкіметінің 20.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 988</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулысымен. </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса берiлiп отырған Қазақстан Республикасы мемлекеттiк органдарының, қорғаныс, қауiпсiздiк және құқық тәртiбiн қорғау органдарының мұқтаждары үшiн жалпы пайдаланыстағы телекоммуникациялар желiлерiн, бiртұтас телекоммуникациялар желілерiнiң ресурстарын дайындау мен пайдаланудың ережесi бекiтiлсiн.  </w:t>
+      1. Қоса берiлiп отырған Қазақстан Республикасы мемлекеттік органдарының, қорғаныс, қауіпсіздік және құқықтық тәртіпті қорғау органдарының қажеттіліктері үшін ортақ пайдаланылатын телекоммуникация желілерін, телекоммуникациялардың бірыңғай желісінің ресурстарын дайындау және пайдалану </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекiтiлсiн.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 2004.10.20. N  </w:t>
-[...9 lines deleted...]
-        <w:t>1079</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Үкіметінің 20.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 988</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулысымен. </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы қаулы қол қойылған күнінен бастап күшiне енедi.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
@@ -594,403 +625,383 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 164 қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>БЕКIТIЛГЕН</w:t>
+              <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ортақ пайдаланылатын телекоммуникация желілерін, біртұтас телекоммуникация желілерінің ресурстарын Қазақстан Республикасы мемлекеттік органдарының, қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдарының қажеттері үшін әзірлеу мен пайдалану қағидалары</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы мемлекеттік органдарының, қорғаныс, қауіпсіздік және құқықтық тәртіпті қорғау органдарының қажеттіліктері үшін ортақ пайдаланылатын телекоммуникация желілерін, телекоммуникациялардың бірыңғай желісінің ресурстарын дайындау және пайдалану қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Ереже жаңа редакцияда – ҚР Үкіметінің 04.12.2019 </w:t>
+      Ескерту. Қағидалар жаңа редакцияда - жаңа редакцияда - ҚР Үкіметінің 20.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 902</w:t>
+        <w:t>№ 988</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z50" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z51" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Ортақ пайдаланылатын телекоммуникация желілерін, біртұтас телекоммуникация желілерінің ресурстарын Қазақстан Республикасы мемлекеттік органдарының, қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдарының қажеттері үшін әзірлеу мен пайдалану қағидалары (бұдан әрі – Қағидалар) "Байланыс туралы" 2004 жылғы 5 шілдедегі Қазақстан Республикасының Заңы </w:t>
+      1. Осы Қазақстан Республикасы мемлекеттік органдарының, қорғаныс, қауіпсіздік және құқықтық тәртіпті қорғау органдарының қажеттіліктері үшін ортақ пайдаланылатын телекоммуникация желілерін, телекоммуникациялардың бірыңғай желісінің ресурстарын дайындау және пайдалану қағидалары (бұдан әрі – Қағидалар) "Байланыс туралы" Қазақстан Республикасының Заңы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4) тармақшасына сәйкес әзірленді және Қазақстан Республикасы мемлекеттік органдарының, қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдарының мұқтажы үшін ортақ пайдаланылатын телекоммуникация желілерін, бірыңғай телекоммуникация желісінің ресурстарын дайындау және пайдалану тәртібін айқындайды.</w:t>
+        <w:t xml:space="preserve"> 3) тармақшасына сәйкес әзірленді және пайдаланушы болып табылатын Қазақстан Республикасы мемлекеттік органдарының, қорғаныс, қауіпсіздік және құқықтық тәртіпті қорғау органдарының қажеттіліктері үшін ортақ пайдаланылатын телекоммуникация желілерін, телекоммуникациялардың бірыңғай желісінің ресурстарын дайындау және пайдалану тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z52" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z53" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) аумақтық қорғаныстың телекоммуникациялар (байланыс) жүйесі –төтенше немесе соғыс жағдайы кезеңінде аумақтық қорғаныс әскерлерін басқаруды қамтамасыз ету үшін әкімшілік-аумақтық бірлік шегінде қолданылатын телекоммуникация желісінің ресурстарын пайдалануға бағытталған ұйымдық-техникалық іс-шаралар кешені;</w:t>
+      1) Қазақстан Республикасының аумақтық қорғанысының телекоммуникация (байланыс) жүйесі – төтенше немесе соғыс жағдайы кезеңінде Қазақстан Республикасының аумақтық қорғаныс әскерлерін басқаруды қамтамасыз ету үшін әкімшілік-аумақтық бірлік шегінде қолданылатын телекоммуникация желісінің ресурстарын пайдалануға бағытталған ұйымдық-техникалық іс-шаралар кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z54" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) байланыс арналарын ауыстыру немесе зақымданған жағдайда оларды қалпына келтіру жөніндегі шұғыл шаралар – резервтегі байланыс арналарын, желілерін, құралдарын, қосалқы мүлік пен керек-жарақтарды пайдалануды, жұмыс уақытынан тыс жұмыстарды, түнгі уақыттағы жұмыстарды жүргізуді, жұмыскерлерді демалыстардан және іссапарлардан шақыртуды, басқа ұйымдарды және арнайы құралымдарды тартуды қамтитын байланыс қызметтерін көрсетуді жаңғыртуға бағытталған іс-шаралар кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z55" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) басым тәртіппен көрсетілетін байланыс қызметтерін ұсыну – кезектен тыс және кезектілік тәртібінде немесе бұрын жасалған шарттардың талаптары бойынша көрсетілетін байланыс қызметтерін алуға құқығы бар барлық мүдделі жеке және заңды тұлғалармен келіспей, байланыс қызметтерін көрсету;</w:t>
+      3) басым тәртіппен көрсетілетін байланыс қызметтерін ұсыну – кезектілік тәртібімен немесе бұрын жасалған шарттардың талаптары бойынша көрсетілетін байланыс қызметтерін алуға құқығы бар барлық мүдделі жеке және заңды тұлғалармен келіспей және кезектен тыс байланыс қызметтерін көрсету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z56" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) бірыңғай телекоммуникация желісінің ресурстары – ортақ пайдаланылатын, арнайы мақсаттағы телекоммуникация желілері, ведомстволық, бөлінген, корпоративтік ақпарат беру желілері, теледидарлық және радиохабар тарату желісі иелерінің көрсетілетін байланыс қызметтерін ұсынуының техникалық және әкімшілік мүмкіндіктері;</w:t>
+      4) бірыңғай телекоммуникация желісінің ресурстары – ортақ пайдаланылатын, арнайы мақсаттағы телекоммуникация желілері, ведомстволық, бөлінген, корпоративтік ақпарат беру желілері, телевизиялық және радиохабар тарату желісі иелерінің көрсетілетін байланыс қызметтерін ұсынуының техникалық және әкімшілік мүмкіндіктері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z57" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ерекше маңызды жұмыстар мен іс-шаралар – мемлекет және үкімет басшыларының Қазақстан Республикасының аумағы бойынша жол жүруіне байланысты жұмыстар мен іс-шаралар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z58" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) Қазақстан Республикасының қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдары – Қорғаныс министрлігі, ұлттық қауіпсіздік органдары, Ішкі істер министрлігі, Мемлекеттік күзет қызметі, сыбайлас жемқорлыққа қарсы қызмет, экономикалық тергеу қызметі, олардың аумақтық бөлімшелері, оларға ведомстволық бағынысты мемлекеттік мекемелер;</w:t>
+      6) телекоммуникация желілерін дайындау және пайдалану – телекоммуникация желілері арқылы байланыс қызметтерін көрсетуді қамтамасыз ететін жағдай жасауға және пайдаланушылардың мұқтажын қанағаттандыру үшін оларды тікелей көрсетуге бағытталған шаралар кешені.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z59" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      7) телекоммуникация желілерін дайындау және пайдалану – телекоммуникация желілері арқылы байланыс қызметтерін көрсетуді қамтамасыз ететін жағдайларды жасауға және пайдаланушылардың мұқтажын қанағаттандыру үшін оларды тікелей көрсетуге бағытталған шаралар кешені.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Қазақстан Республикасы мемлекеттік органдарының, қорғаныс, қауіпсіздік және құқықтық тәртіпті қорғау органдарының қажеттіліктері үшін ортақ пайдаланылатын телекоммуникация желілерін, телекоммуникациялардың бірыңғай желісінің ресурстарын  дайындау және пайдалану тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z60" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Қазақстан Республикасы мемлекеттік органдарының, қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдарының күнделікті мұқтажы үшін ортақ пайдаланылатын телекоммуникация желілерін, бірыңғай телекоммуникация желісінің ресурстарын пайдалану тәртібі</w:t>
+        <w:t xml:space="preserve"> 1-параграф. Қазақстан Республикасы мемлекеттік органдарының, қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдарының күнделікті мұқтажы үшін ортақ пайдаланылатын телекоммуникация желілерін, бірыңғай телекоммуникация желісінің ресурстарын  дайындау және пайдалану</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z61" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Қазақстан Республикасының қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдары телекоммуникация желілерінің жұмыс істеуін қамтамасыз ету үшін ортақ пайдаланылатын телекоммуникация желілері, сондай-ақ тиісті лицензиялар негізінде басқа да телекоммуникация желілері пайдаланылуы мүмкін. Қазақстан Республикасының мемлекеттік органдарына, қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдарына көрсетілетін байланыс қызметтерін ұсыну шарт негізінде төлем тәртібі мен мөлшерін, сондай-ақ ұсынылатын қызметтердің көлеміне өзгерістер мен толықтырулар енгізуді регламенттейтін Қазақстан Республикасының нормативтік құқықтық актілерінде айқындалған ерекшеліктермен жүзеге асырылады.</w:t>
+      3. Пайдаланушылардың телекоммуникация желілерінің жұмыс істеуін қамтамасыз ету үшін ортақ пайдаланылатын телекоммуникация желілері, сондай-ақ тиісті лицензиялар негізінде басқа да телекоммуникация желілері пайдаланылады. Пайдаланушыларға көрсетілетін байланыс қызметтері шарт негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z62" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Көрсетілетін байланыс қызметтерін ұсынуға шарт техникалық ерекшелік негізінде жасалады, онда техникалық және сапалық сипаттамалардан басқа мыналар көзделеді:</w:t>
+      4. Байланыс қызметтерін көрсетуге арналған шарт техникалық ерекшелік негізінде жасалады. Көрсетілген шартта техникалық сипаттама мен сапа сипаттамасынан басқа мыналар көзделеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z63" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) байланыс арналарын, желілері мен құралдарын резервке қоюды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z64" w:id="16"/>
     <w:p>
@@ -1026,721 +1037,781 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ақпарат қауіпсіздігін қамтамасыз ету жөніндегі шаралар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z66" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) байланыс арналарын, желілерін, құралдарын уақытша жалға беру қызметтерін көрсету, олардың жұмыс параметрлері мен төлемін өзгерту;</w:t>
+      4) байланыс арналарын, желілерін, құралдарын уақытша жалға беру, олардың жұмыс параметрлері мен төлемақысын өзгерту қызметтерін көрсету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z67" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) зақымдалған жағдайда байланыс арналарын ауыстыру немесе оларды қалпына келтіру бойынша шұғыл шаралар қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z68" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      6) техникалық қызмет көрсетуді жүргізу үшін байланыс қызметтерін көрсетуді тоқтата тұру. </w:t>
+        <w:t>
+      6) техникалық қызмет көрсету үшін байланыс қызметтерін көрсетуді тоқтата тұру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z69" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Уақтылы төлемнің болмауы, сондай-ақ шарттың қолданылу мерзімінің аяқталуы Қазақстан Республикасының мемлекеттік органдарына, қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдарына көрсетілетін байланыс қызметтерін ұсынуды тоқтата тұру немесе тоқтату үшін негіз болып табылмайды. Шарттың қолданылу мерзімі аяқталғаннан кейін көрсетілген байланыс қызметтерін төлеу нақты көрсетілген байланыс қызметі үшін қосымша келісім негізінде жаңа күнге қолданылатын тарифтер бойынша жүргізіледі.</w:t>
+      5. Уақтылы төлемнің болмауы, сондай-ақ шарттың қолданылу мерзімінің аяқталуы пайдаланушыларға байланыс қызметтерін көрсетуді тоқтата тұруға немесе тоқтатуға негіз болып табылмайды. Шарттың қолданылу мерзімі аяқталғаннан кейін көрсетілген байланыс қызметтеріне ақы төлеу нақты көрсетілген байланыс қызметі үшін қосымша келісім негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Шартты ұзарту, төлемді жүргізу немесе қабылдау объективті себептер бойынша мүмкін болмайтын жағдайлар туындаған кезде қиындықтар туындаған тарап басқа тарапқа тәуекелдер мен тарифтер ескерілген кепілдеме хатты жолдайды. </w:t>
+        <w:t>
+      Шартты ұзарту, төлем жүргізу немесе оны қабылдау объективті себептер бойынша мүмкін болмайтын жағдайлар туындаған кезде сол тарап екінші тарапқа тәуекелдер мен тарифтер жазылған кепілдеме хат жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z70" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Арнайы мақсаттағы телекоммуникация желілерін құру, басқару, пайдалану, нөмірлеуді бөлу, олардың жұмыс істеуін, ақпарат қауіпсіздігін ұйымдық-техникалық қамтамасыз ету, трафикті өткізу, өзара іс-қимыл жасау және пайдалануға қабылдау (пайдаланудан алу) шарттарының тәртібін осы желілер мұқтажын қамтамасыз етуге арналған Қазақстан Республикасы уәкілетті мемлекеттік органдарының, Мемлекеттік күзет қызметінің, әскери басқару, ұлттық қауіпсіздік, ішкі істер органдарының басшылары айқындайды.</w:t>
+      6. Арнайы мақсаттағы телекоммуникация желілерін құру, басқару, пайдалану, нөмірлеуді бөлу, жұмыс істеуін, ақпараттық қауіпсіздігін, трафик өткізуді, өзара іс-қимыл жасау және пайдалануға қабылдау (пайдаланудан шығару) шарттарын ұйымдастырушылық-техникалық қамтамасыз ету тәртібін осы желілер арқылы қажеттілігін қамтамасыз ету көзделіп отырған пайдаланушылардың басшылары айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z71" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Егер шарт талаптарында өзгеше ескерілмесе, арнайы мақсаттағы телекоммуникация желілерін байланыс операторларының және (немесе) байланыс желісі иелерінің желілеріне қосу тапсырыс берушінің күштерімен және құралдарымен жүзеге асырылады.</w:t>
+      7. Егер шарт талаптарында өзгеше ескерілмесе, арнайы мақсаттағы телекоммуникация желілерін байланыс операторларының және (немесе) байланыс желісі иелерінің желілеріне қосу тапсырыс берушінің күшімен және құралдарымен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z72" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> атап көрсетілген пайдаланушылардан келіп түскен өтінімдердің шамасына қарай кезектілік тәртібінде жүзеге асырады.</w:t>
+        <w:t>
+      8. Байланыс арналарын алдын ала шарт жасамай сағатпен, уақытпен және уақытша-кезеңге жалға беруді байланыс операторлары және (немесе) байланыс желісінің иелері басқа тұтынушылар алдында басымдығы бар пайдаланушылардан өтінім түсу шамасына қарай кезектілік тәртібімен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z73" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Ведомстволық іс-шараларды (оқу-жаттығуларды, жаттықтыруларды) жүргізу мақсатында Қазақстан Республикасының мемлекеттік органдарына, қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдарына көрсетілетін байланыс қызметтерін ұсыну көлемін ұлғайту қолданыстағы шарттар талаптарында өтінімдер бойынша қамтамасыз етіледі. Инфрақұрылым жоқ аудандарда байланыс операторлары мобильді байланыс, ақпараттандыру және хабардар ету кешендерін қолданады.</w:t>
+      9. Ведомстволық іс-шараларды (оқу-жаттығу, жаттықтыру) жүргізу мақсатында пайдаланушыларға байланыс қызметтерін көрсету көлемін ұлғайту өтініш бойынша қолданыстағы шарттардың талаптарына сәйкес қамтамасыз етіледі. Инфрақұрылым жоқ аудандарда байланыс операторлары мобильді байланыс, ақпараттандыру және құлақтандыру кешендерін қолданады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z74" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      10. Арнайы мақсаттағы байланыс желісінің иелері өздерінің ортақ құзыретіне кіретін телекоммуникациялар саласындағы мәселелерді шешу үшін қажет болған кезде белгіленген тәртіппен өздерінің басшылары қол қойған бірлескен бұйрықтар түрінде шешім қабылдайды. Бірлескен шешімдерді және Қазақстан Республикасы нормативтік құқықтық актілерінің талаптарын орындау бойынша өзара іс-қимыл жасау мемлекеттік органдардың тиісті байланыс бөлімшелері арқылы жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve">
+      10. Арнайы мақсаттағы байланыс желісінің иелері өздерінің ортақ құзыретіне кіретін телекоммуникация саласындағы мәселелерді шешу үшін өздерінің басшылары қол қойған шешімдер қабылдайды. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z75" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Байланыс операторларының және (немесе) байланыс желісі иелерінің бөлімшелері осы Қағидаларға, осы мемлекеттік органдармен бірлесіп, байланыс саласындағы уәкілетті орган қабылдайтын өзге де құқықтық актілерге сәйкес Қазақстан Республикасы Ұлттық қауіпсіздік комитетінің, Қазақстан Республикасы Қорғаныс министрлігінің, Қазақстан Республикасы Ішкі істер министрлігінің, Қазақстан Республикасы Мемлекеттік күзет қызметінің, тиісті бөлімшелерімен өзара іс-қимыл жасайды.</w:t>
+      11. Байланыс операторларының және (немесе) байланыс желілері иелерінің бөлімшелері осы Қағидаларға сәйкес пайдаланушылардың тиісті бөлімшелерімен өзара іс-қимыл жасайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z76" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Қазақстан Республикасы мемлекеттік органдарының, қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдарының мұқтажы үшін шетел мемлекеттерінің ортақ пайдаланылатын телекоммуникация желілерін және арнайы мақсаттағы телекоммуникация желісінің ресурстарын пайдалану халықаралық шарттар негізінде жүзеге асырылады.</w:t>
+      12. Пайдаланушылардың қажеттілігі үшін шетел мемлекеттерінің ортақ пайдаланылатын телекоммуникация желілерін және арнайы мақсаттағы телекоммуникация желісінің ресурстарын пайдалану халықаралық шарттар негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z77" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Күнделікті мұқтаж үшін Қазақстан Республикасының мемлекеттік органдарына, қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдарына байланыс операторлары көрсететін қызметтердің көлемі оларда төтенше жағдайлар, терроризмге қарсы операция, төтенше және соғыс жағдайлары, жұмылдыру, соғыс уақыты режимдерін қамтамасыз ету кезінде сақталады.</w:t>
+      13. Күнделікті қажеттіліктер үшін пайдаланушыларға байланыс операторлары көрсететін қызметтердің көлемі оларға төтенше жағдайлар, терроризмге қарсы операция, төтенше және соғыс жағдайлары, жұмылдыру, соғыс уақыты режимдерін қамтамасыз ету кезінде де көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z78" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Қазақстан Республикасының Президентін және басқа да лауазымды адамдарды аса маңызды жұмыстарды және іс-шараларды жүргізу кезеңінде қорғалған байланыспен қамтамасыз ететін Қазақстан Республикасы Мемлекеттік күзет қызметінің президенттік байланыс бөлімшелері үшін байланыс желілерін, арналарын, құралдарын бөлу ерекшеліктері байланыс операторлары мен президенттік байланыс саласындағы уәкілетті орган арасындағы жеке бірлескен келісімдермен айқындалады.</w:t>
+      14. Қазақстан Республикасының Президентін және басқа да лауазымды адамдарды аса маңызды жұмыстарды және іс-шараларды жүргізу кезеңінде қорғалған байланыспен қамтамасыз ететін Қазақстан Республикасы Мемлекеттік күзет қызметінің президенттік байланыс бөлімшелері үшін байланыс желілерін, арналарын, құралдарын бөлу ерекшеліктері байланыс операторлары мен Қазақстан Республикасының Мемлекеттік күзет қызметі арасындағы жеке бірлескен келісімдермен айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z79" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Табиғи және техногендік сипаттағы төтенше жағдайлар туындаған кезде Қазақстан Республикасы қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдарының мұқтажы үшін ортақ пайдаланылатын телекоммуникация желілерін, бірыңғай телекоммуникация желісінің ресурстарын дайындау және пайдалану тәртібі</w:t>
+        <w:t xml:space="preserve"> 2-параграф. Табиғи және техногендік сипаттағы төтенше жағдайлар туындаған кезде Қазақстан Республикасы қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдарының қажеттілектері үшін ортақ пайдаланылатын телекоммуникация желілерін, бірыңғай телекоммуникация желісінің ресурстарын дайындау және пайдалану</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z80" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Табиғи және техногендік сипаттағы төтенше жағдайлар туындаған кезде ортақ пайдаланылатын телекоммуникация желілерін пайдалануға дайындау Қазақстан Республикасының азаматтық қорғау туралы заңнамасының азаматтық қорғаныс бойынша санаттарға және ақпараттық-коммуникациялық инфрақұрылымның аса маңызды объектілеріне жатқызылған ұйымдарға қатысты талаптарының орындалуын қамтиды.</w:t>
+      15. Ортақ пайдаланылатын телекоммуникация желілерін табиғи және техногендік сипаттағы төтенше жағдайлар туындаған кезде пайдалануға дайындауға Қазақстан Республикасының азаматтық қорғау туралы заңнамасының азаматтық қорғаныс бойынша санаттарға және ақпараттық-коммуникациялық инфрақұрылымның аса маңызды объектілеріне жатқызылған ұйымдарға қатысты талаптарын орындау кіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z81" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Республикалық және аумақтық деңгейлердегі азаматтық қорғаудың хабардар ету жүйелерін құру, сондай-ақ жабдыққа техникалық қызмет көрсету, жоспарлы және ағымдағы жөндеу, хабардар ету жүйелерінің байланыс арналарын ұйымдастыру және оларды күтіп ұстау азаматтық қорғау саласындағы уәкілетті орган ведомствосының, азаматтық қорғау саласындағы уәкілетті орган ведомствосы аумақтық бөлімшелерінің және жергілікті атқарушы органдардың бюджет қаражаты есебінен жүзеге асырылады. Хабардар ету жүйелерінің байланыс арналары ретінде ведомстволық телекоммуникация желісінің ресурстары, ортақ пайдаланылатын, арнайы мақсаттағы телекоммуникация желілері, ақпаратты берудің корпоративтік, бөлінген, телевизиялық және радиохабар тарату желілері пайдаланылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z82" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      17. Байланыс операторлары шарт негізінде азаматтық қорғау саласындағы уәкілетті органның, азаматтық қорғау саласындағы уәкілетті орган ведомствосы аумақтық бөлімшелерінің және оның аумақтық бөлімшелерінің мүдделерінде төлем тәртібі мен мөлшерін, сондай-ақ ұсынылатын қызметтер көлеміне өзгерістер мен толықтырулар енгізуді регламенттейтін Қазақстан Республикасының құқықтық актілерінде айқындалған ерекшеліктермен көрсетілетін байланыс қызметтерін ұсынады. Табиғи және техногендік сипаттағы төтенше жағдайлар қаупі төнген немесе туындаған кезде азаматтық қорғау саласындағы уәкілетті орган, азаматтық қорғау саласындағы уәкілетті орган ведомствосының аумақтық бөлімшелері басқа пайдаланушылар алдында көрсетілетін байланыс қызметтерін алудың басым құқығын пайдаланады.</w:t>
+        <w:t xml:space="preserve">
+      17. Байланыс операторлары азаматтық қорғау саласындағы уәкілетті органның, азаматтық қорғау саласындағы уәкілетті орган ведомствосы аумақтық бөлімшелерінің және оның аумақтық бөлімшелерінің мүддесінде байланыс қызметтерін шарт негізінде көрсетеді. Табиғи және техногендік сипаттағы төтенше жағдайлар қаупі төнген немесе сондай жағдайлар туындаған кезде азаматтық қорғау саласындағы уәкілетті орган, азаматтық қорғау саласындағы уәкілетті орган ведомствосының аумақтық бөлімшелерінің көрсетілетін байланыс қызметтерін алуда басқа пайдаланушылар алдында басым құқығы болады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z83" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Арнайы мақсаттағы телекоммуникация желілерінің, ақпаратты берудің ведомстволық, бөлінген, корпоративтік, телевизиялық және радиохабар тарату желілерінің ресурстарын ұсыну мемлекеттік органдардың, ведомстволар мен ұйымдардың бірінші басшылары арасындағы бірлескен шешімдер негізінде жүзеге асырылады.</w:t>
+      18. Арнайы мақсаттағы телекоммуникация желілерінің, ақпарат берудің ведомстволық, бөлінген, корпоративтік, телевизиялық және радиохабар тарату желілерінің ресурстарын ұсыну пайдаланушылардың бірінші басшылары арасындағы бірлескен шешімдер негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Табиғи және техногендік сипаттағы төтенше жағдайлар кезеңінде арнайы мақсаттағы телекоммуникация желілерінің, ведомстволық, бөлінген және корпоративтік телекоммуникация желісінің ресурстары өтінім бойынша азаматтық қорғау саласындағы уәкілетті органның, азаматтық қорғау саласындағы уәкілетті орган ведомствосы аумақтық бөлімшелерінің мұқтажы үшін ұсынылады.</w:t>
+      Табиғи және техногендік сипаттағы төтенше жағдайлар кезеңінде арнайы мақсаттағы телекоммуникация желілерінің, ведомстволық, бөлінген және корпоративтік телекоммуникация желісінің ресурстары азаматтық қорғау саласындағы уәкілетті органның, азаматтық қорғау саласындағы уәкілетті орган ведомствосы аумақтық бөлімшелерінің мұқтажы үшін өтініш бойынша беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z84" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Объектілік деңгейдегі хабардар ету жүйелерінің жабдығын, оның ішінде аумақтық деңгейдегі азаматтық қорғаудың хабардар ету жүйесінің басқарушы жабдығына дейін құруды, пайдалануды, техникалық қызмет көрсетуді, жоспарлы және ағымдағы жөндеуді, сондай-ақ олардың үздіксіз жұмыс істеуі үшін қажетті байланыс арналарын ұйымдастыруды және күтіп ұстауды қауіпті өндірістік объектілерді, адамдар көп келетін объектілерді пайдаланатын ұйымдар өз қаражаты есебінен жүзеге асырады.</w:t>
+      19. Объект деңгейіндегі құлақтандыру жүйелерінің жабдығын құру, пайдалану, техникалық қызмет көрсету, жоспарлы және ағымдағы жөндеу, сондай-ақ олардың іркіліссіз жұмыс істеуі үшін қажетті, оның ішінде аумақтық деңгейдегі азаматтық қорғаудың құлақтандыру жүйесінің басқарушы жабдығына дейінгі байланыс арналарын ұйымдастыру және күтіп ұстау қауіпті өндірістік объектілер мен адамдар көп келетін объектілерді пайдаланатын ұйымдардың өз қаражаты есебінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z85" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      20. Байланыс операторлары "112" бірыңғай кезекшілік-диспетчерлік қызметіне қоңырау шалған абоненттің орналасқан жерін айқындау және әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар қатері төнген немесе қатер туындаған және жойылған, төтенше жағдай енгізілген кезде, қорғаныс, қауіпсіздік және құқық тәртібі мүдделерінде халықтың ұялы байланыс телефондарына қысқа мәтіндік хабарламалар жіберу бойынша көрсетілетін қызметтерді ұсыну мақсатында Байланыс операторларының желілерін пайдалану қағидаларына сәйкес "112" бірыңғай кезекшілік-диспетчерлік қызметімен өзара іс-қимылды қамтамасыз етеді.</w:t>
+        <w:t xml:space="preserve">
+      20. Байланыс операторлары өтеусіз негізде Қазақстан Республикасы Инвестициялар және даму министрінің міндетін атқарушының 2015 жылғы 30 желтоқсандағы № 1274 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12802 болып тіркелген) бекітілген Бірыңғай кезекшілік-диспетчерлік "112" қызметіне қоңырау шалушы абоненттің орналасқан жерін анықтау және төтенше жағдайлар қатері төнген немесе туындаған және әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар қатерін болдырмау, төтенше жағдайды енгізу кезінде қорғаныс, қауіпсіздік және құқық тәртібі мүддесінде халықтың ұялы байланыс телефондарына қысқа мәтіндік хабарлар жіберу жөнінде қызметтер көрсету мақсатында байланыс операторларының желілерін пайдалану қағидаларына сәйкес бірыңғай кезекшілік-диспетчерлік "112" қызметімен өзара іс-қимылды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z86" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Телекоммуникация желілерінің және ақпарат жүйесінің иелеріне абоненттердің бірыңғай кезекші-диспетчерлік қызметтің, өртке қарсы қызмет, құқық қорғау органдары, кезек күттірмейтін медициналық жедел жәрдем қызметтерінің, авариялық-құтқару және басқа да қызметтердің нөмірлеріне, азаматтардың, елді мекендер мен өндірістік объектілердің тіршілік әрекеті мен қауіпсіздігін қамтамасыз ету үшін қажетті төтенше жағдайлар, табиғи және техногендік апаттар, ауа райы, санитариялық-эпидемиологиялық және өзге де жағдайлар туралы мәліметтерді қамтитын мемлекеттік электрондық ақпараттық ресурстарға қолжетімділігін шектеуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z87" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Ортақ пайдаланылатын телекоммуникация, телерадиохабар тарату желілерінің, ақпараттандыру объектісінің иелері азаматтық қорғаныс саласындағы уәкілетті органның өтінімдері бойынша республикалық және аумақтық деңгейлердегі хабардар ету жүйелерінің басқару арналарын циркулярлы шақырудың, бейне- және радиосигналдарды, мәтіндік және электрондық хабарламаларды берудің қолданыстағы жүйелеріне қосады.</w:t>
+      22. Ортақ пайдаланылатын телекоммуникация, телерадиохабар тарату желілерінің, ақпараттандыру объектілерінің иелері азаматтық қорғаныс саласындағы уәкілетті органның өтініші бойынша республикалық және аумақтық деңгейлердегі құлақтандыру жүйелерінің басқару арналарын циркулярлы шақырудың, бейне- және радиосигналдарды, мәтіндік және электрондық хабарламаларды берудің қолданыстағы жүйелеріне қосады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z88" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Азаматтық қорғау органдарының бөлімшелерімен табиғи және техногендік сипаттағы төтенше жағдайлар аймақтарында, сондай-ақ төтенше жағдайлар салдарларын жоюға тартылған басқа да ведомстволардың байланысын ұйымдастыру азаматтық қорғау саласындағы уәкілетті органға жүктеледі. Осы мақсаттар үшін азаматтық қорғау саласындағы уәкілетті орган байланыс жоспарын әзірлейді, одан үзінді көшірмелер мүдделі басқару органдарына жеткізіледі.</w:t>
+      23. Табиғи және техногендік сипаттағы төтенше жағдайлар аймақтарында азаматтық қорғау органдарының бөлімшелерімен, сондай-ақ табиғи және техногендік сипаттағы төтенше жағдайлардың салдарын жоюға жұмылдырылған басқа да ведомстволармен байланысты ұйымдастыру азаматтық қорғау саласындағы уәкілетті органға жүктеледі. Осы мақсаттар үшін азаматтық қорғау саласындағы уәкілетті орган байланыс жоспарын әзірлейді. Байланыс жоспарынан үзінді көшірмелер мүдделі басқару органдарының назарына жеткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z89" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      24. Байланыс операторлары және (немесе) байланыс желісінің иелері табиғи және техногендік сипаттағы төтенше жағдайлар қаупі төнген немесе туындаған кезде шартты ресімдемей, өтінім бойынша Қазақстан Республикасының заңнамасына сәйкес уақытша орналасу пунктіндегі штаб және салдарларды жоюға қатысатын күштер үшін кейіннен шығындарды өтеумен байланыс арналарын, желілері мен құралдарын бөледі.</w:t>
+        <w:t xml:space="preserve">
+      24. Байланыс операторлары және (немесе) байланыс желісінің иелері табиғи және техногендік сипаттағы төтенше жағдайлар қаупі төнген немесе сондай жағдайлар туындаған кезде уақытша орналасу пунктіндегі штаб пен олардың салдарын жоюға қатысатын күштер үшін шарт ресімдемей өтініш бойынша байланыс арналарын, желілері мен құралдарын бөліп, шығындарды кейіннен Қазақстан Республикасы Үкіметінің 2005 жылғы 7 ақпандағы № 115 қаулысымен бекітілген Әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар кезінде, төтенше жағдай енгізілген кезде байланыс операторларының желілері мен байланыс құралдары пайдаланылған жағдайда олардың шеккен шығыстарын өтеу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Шығыстарды өтеу қағидалары) сәйкес өтейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z90" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Арнайы мақсаттағы телекоммуникация желілерін қоспағанда, төтенше жағдай жарияланған немесе төтенше жағдай енгізілген кезде бірыңғай телекоммуникация желісінің ресурстарын орталықтандырылған басқаруды байланыс саласындағы уәкілетті орган Қазақстан Республикасының Үкіметі айқындайтын тізбе бойынша мемлекеттік органдармен өзара іс-қимыл жасай отырып жүзеге асырады.</w:t>
+      25. Арнайы мақсаттағы телекоммуникация желілерін қоспағанда, бірыңғай телекоммуникация желісінің ресурстарын орталықтан басқаруды табиғи және техногендік сипаттағы төтенше жағдайларға байланысты төтенше жағдай жарияланған немесе енгізілген кезде байланыс саласындағы уәкілетті орган пайдаланушылармен өзара іс-қимыл жасай отырып жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z91" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. Адамдарды құтқару үшін авариялық-құтқару, кезек күттірмейтін жұмыстарды жүргізу кезінде, сондай-ақ өте қажет болған жағдайда кәсіби және ерікті авариялық-құтқару қызметтерінің және құралымдарының құтқарушыларына төтенше жағдайлар аймақтарындағы ұйымдардың байланыс құралдарын пайдалануға рұқсат етіледі. Құтқарушылардың төтенше жағдайлар аймақтарындағы ұйымдардың байланыс құралдарын пайдалануы және оларды қайтару мерзімдері туралы шешімді төтенше жағдайларды жою басшысы қабылдайды.</w:t>
+      26. Адамдарды құтқару үшін авариялық-құтқару, кезек күттірмейтін жұмыстарды жүргізу кезінде, сондай-ақ аса қажет болған жағдайда кәсіпқой және ерікті авариялық-құтқару қызметтерінің және құралымдарының құтқарушыларына табиғи және техногендік сипаттағы төтенше жағдай жарияланған аймақтардағы ұйымдардың байланыс құралдарын пайдалануға рұқсат етіледі. Құтқарушылардың табиғи және техногендік сипаттағы төтенше жағдай жарияланған аймақтардағы ұйымдардың байланыс құралдарын пайдалануы және оларды қайтару мерзімі туралы шешімді табиғи және техногендік сипаттағы төтенше жағдайларды жою басшысы қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z92" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27. Оқу-жаттығулар мен жаттықтыруларды өткізу кезінде байланыс операторлары азаматтық қорғау органдарына көрсететін қызметтердің көлемі қолданыстағы шарттардың талаптарында өтінімдермен қамтамасыз етіледі. Дамыған байланыс инфрақұрылымы жоқ аудандарда байланыс операторлары (қажет болған кезде) азаматтық қорғау органдарының иелігіне байланыстың, ақпараттандыру мен хабардар етудің мобильді кешендерін ұсынады.</w:t>
+      27. Оқу-жаттығу мен жаттықтыру өткізу кезінде азаматтық қорғау органдарына байланыс операторлары көрсететін қызметтердің көлемі өтініш беру арқылы қолданыстағы шарттардың талаптарына сәйкес қамтамасыз етіледі. Байланыс инфрақұрылымы дамымаған аудандарда байланыс операторлары (қажет болған кезде) азаматтық қорғау органдарына байланыстың, ақпараттандыру мен құлақтандырудың мобильді кешендерін береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z93" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. Терроризмге қарсы операция, әлеуметтік сипаттағы төтенше жағдай, төтенше жағдай режимінің қолданысы кезеңінде Қазақстан Республикасы қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдарының мұқтажы үшін ортақ пайдаланылатын телекоммуникация желілерін, бірыңғай телекоммуникация желісінің ресурстарын дайындау және пайдалану тәртібі</w:t>
+        <w:t xml:space="preserve"> 3-параграф. Терроризмге қарсы операция, әлеуметтік сипаттағы төтенше жағдай, төтенше жағдай режим қолданылатын кезеңде Қазақстан Республикасының қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдарының қажеттілектері үшін ортақ пайдаланылатын телекоммуникация желілерін, бірыңғай телекоммуникация желісінің ресурстарын дайындау және пайдалану</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z94" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      28. Терроризмге қарсы операция, әлеуметтік сипаттағы төтенше жағдай, төтенше жағдай режимдерін енгізу кезінде Қазақстан Республикасы мемлекеттік органдарының, қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдарының мұқтажы үшін ортақ пайдаланылатын телекоммуникация желілерін, бірыңғай телекоммуникация желісінің ресурстарын дайындау Қазақстан Республикасының аумағында қызметін жүзеге асыратын байланыс операторларының және (немесе) байланыс желісі иелерінің Қазақстан Республикасының Үкіметі айқындаған байланыс желілеріне және құралдарына қойылатын талаптарға және тәртіпке сәйкес жедел-іздестіру және қарсы барлау іс-шараларын техникалық жүргізу үшін жеке өзінің немесе өзінің телекоммуникациялық жабдығының қызметіне тартылған қаражат есебінен қамтамасыз етуін ескере отырып жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve">
+      28. Терроризмге қарсы операция, әлеуметтік сипаттағы төтенше жағдай, төтенше жағдай режимдері енгізілген кезде пайдаланушылардың қажеттіліктері үшін ортақ пайдаланылатын телекоммуникация желілерін, бірыңғай телекоммуникация желісінің ресурстарын дайындау Қазақстан Республикасының аумағында қызметін жүзеге асыратын байланыс операторларының және (немесе) байланыс желілерін иеленушілердің Қазақстан Республикасы Ұлттық қауіпсіздік комитеті төрағасының 2024 жылғы 19 қыркүйектегі № 128/қе бұйрығымен (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 35121 болып тіркелген) бекітілген Қазақстан Республикасының аумағында қызметін жүзеге асыратын байланыс операторларының және (немесе) байланыс желілерін иеленушілердің жедел-іздестіру, қарсы барлау іс-шараларын техникалық тұрғыдан жүргізу үшін өзінің телекоммуникациялық жабдығының функцияларын өз қаражаты немесе тартылған қаражат есебінен қамтамасыз ету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және байланыс желілері мен құралдарына қойылатын талаптарға сәйкес жедел-іздестіру және қарсы барлау іс-шараларын техникалық тұрғыдан жүргізу үшін өзінің телекоммуникациялық жабдығының функцияларын өз қаражаты немесе тартылған қаражат есебінен қамтамасыз етуін ескере отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z95" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      29. Жұмыс орындарын, телекоммуникациялық жабдықты, байланыс арналары мен желілерін қамтитын жедел-іздестіру, қарсы барлау іс-шараларын жүргізу үшін арнайы мақсаттағы телекоммуникация желілерінің ведомстволық сегменттерін ұлттық қауіпсіздік органдарының жедел-іздестіру, қарсы барлау іс-шараларын жүргізу үшін арналған арнайы мақсаттағы телекоммуникация желілеріне жедел-іздестіру және қарсы барлау іс-шараларын жүзеге асыратын органдар қосылу нүктелері арқылы қосады.</w:t>
+        <w:t xml:space="preserve">
+      29. Жұмыс орындарын, телекоммуникациялық жабдықты, байланыс арналары мен желілерін қамтитын жедел-іздестіру, қарсы барлау іс-шараларын жүргізу үшін арнайы мақсаттағы телекоммуникация желілерінің ведомстволық сегменттерін ұлттық қауіпсіздік органдарының жедел-іздестіру, қарсы барлау іс-шараларын жүргізу үшін арнайы мақсаттағы телекоммуникация желілеріне жедел-іздестіру және қарсы барлау іс-шараларын жүзеге асыратын органдар қосылу нүктелері арқылы қосады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қосылу нүктелерін ұлттық қауіпсіздік органдары айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z96" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      30. Байланыс саласындағы уәкілетті орган ортақ пайдаланылатын телекоммуникация желілерін орталықтандырылған басқаруды жедел штабпен немесе оның өкілі "Төтенше жағдай туралы" 2003 жылғы 8 ақпандағы Қазақстан Республикасының Заңына сәйкес жергілікті жердің коменданты болып тағайындалған мемлекеттік органмен өзара іс-қимыл жасай отырып жүргізеді.</w:t>
+        <w:t xml:space="preserve">
+      30. Байланыс саласындағы уәкілетті орган ортақ пайдаланылатын телекоммуникация желілерін орталықтандырылған басқаруды жедел штабпен немесе мемлекеттік органмен өзара іс-қимыл жасай отырып жүргізеді. Мемлекеттік органның өкілі "Төтенше жағдай туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жергілікті жердің коменданты болып тағайындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z97" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Жедел штаб басшысының немесе жергілікті жер комендантының шешімі бойынша байланыс операторлары президенттік және үкіметтік байланысты, сондай-ақ шұғыл қызметтердің байланыс желілері мен құралдарын қоспағанда, жеке және (немесе) заңды тұлғаларға байланыс қызметтерін көрсетуді тоқтата тұрады және (немесе) байланыс желісі мен құралдарын пайдалануды шектейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z98" w:id="50"/>
     <w:p>
@@ -1756,862 +1827,918 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Телерадиохабар тарату объектілерінің, мемлекеттік органдардың жаһандық және ведомстволық ақпараттық желісінің иелері төтенше жағдай енгізілген жергілікті жер комендантының шешімі бойынша тиісті жергілікті жердің тұрғындарын төтенше жағдай шарттарында қолданылатын енгізілген шараларды және уақытша шектеулерді орындау қажеттілігі туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z99" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      33. Байланыс желілері мен құралдарының иелері теңіздегі, құрлықтағы, әуедегі, ғарыш кеңістігіндегі адамдар өмірінің қауіпсіздігіне қатысты барлық хабарламаларға, қорғаныс, қауіпсіздік және құқық тәртібін қорғау саласындағы кезек күттірмейтін іс-шараларды, ерекше маңызды жұмыстар мен іс-шараларды жүргізуге, төтенше жағдайлар туралы хабарламаларға абсолютті түрде басымдық беруге, басым тәртіппен көрсетілетін байланыс қызметтерін ұсынуға және төтенше жағдай режимін қамтамасыз етуге тартылатын мемлекеттік органдардың мүдделерінде байланысты қалпына келтіруге кезек күттірмейтін шаралар қабылдауға тиіс.</w:t>
+      33. Байланыс желілері мен құралдарының иелері теңіздегі, құрлықтағы, әуедегі, ғарыш кеңістігіндегі адамдар өмірінің қауіпсіздігіне қатысты барлық хабарламаларға, қорғаныс, қауіпсіздік және құқық тәртібін қорғау саласындағы кезек күттірмейтін іс-шараларды, ерекше маңызды жұмыстар мен іс-шараларды жүргізуге, төтенше жағдайлар туралы хабарламаларға абсолютті түрде басымдық беруге, байланыс қызметтерін басым тәртіппен көрсетуге және төтенше жағдай режимін қамтамасыз етуге жұмылдырылатын мемлекеттік органдардың мүдделерінде байланысты қалпына келтіруге қатысты кезек күттірмейтін шаралар қабылдауға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z100" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      34. Төтенше жағдай енгізілген жергілікті жер комендатурасының аппараты төтенше жағдайды енгізу үшін негіз болған мән-жайларды және (немесе) олардың салдарларын жоюға қатысатын мемлекеттік органдар, қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдары арасындағы өзара іс-қимылды ұйымдастырады. Осы мақсаттар үшін байланыс жоспары әзірленеді, ал тартылатын күштер бір типті байланыс құралдарымен қамтамасыз етіледі.</w:t>
+      34. Төтенше жағдай енгізілген жергілікті жер комендатурасының аппараты төтенше жағдайды енгізуге негіз болған мән-жайларды және (немесе) олардың салдарын жоюға қатысатын пайдаланушылардың арасындағы өзара іс-қимылды ұйымдастырады. Осы мақсаттар үшін байланыс жоспары әзірленеді, ал басшылық бір типті байланыс құралдарымен қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z101" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5-тарау. Жұмылдыру, соғыс жағдайы және соғыс уақыты кезеңінде Қазақстан Республикасы мемлекеттік органдарының, қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдарының мұқтажы үшін ортақ пайдаланылатын телекоммуникация желілерін, бірыңғай телекоммуникация желісінің ресурстарын дайындау және пайдалану тәртібі</w:t>
+        <w:t xml:space="preserve"> 4-параграф. Жұмылдыру, соғыс жағдайы және соғыс уақыты кезеңінде Қазақстан Республикасы мемлекеттік органдарының, қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдарының қажеттіліктері үшін ортақ пайдаланылатын телекоммуникация желілерін,  бірыңғай телекоммуникация желісінің ресурстарын дайындау және пайдалану</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:bookmarkStart w:name="z102" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Бейбіт уақытта пайдаланушылар байланыс саласындағы уәкілетті орган белгілеген тәртіппен соғыс уақытына арналған байланыс арналары мен құралдарын броньдауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z103" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      36. Ортақ пайдаланылатын телекоммуникация желілерінің қалааралық және халықаралық байланыс операторы алынған өтінімдер негізінде өзара байланысты телекоммуникация желісінің мүмкіндігін ескере отырып, Соғыс уақытында ұсынылатын байланыс арналарының (жолдарының) тізбелерін әзірлейді және белгіленген тәртіппен оларды өзінің филиалдарына, басқа да байланыс операторларына жеткізеді.</w:t>
+      36. Ортақ пайдаланылатын телекоммуникация желілерінің қалааралық және халықаралық байланыс операторы алынған өтінімдер негізінде өзара байланысты телекоммуникация желісінің мүмкіндігін ескере отырып, жұмылдыру, соғыс жағдайы және соғыс уақыты кезеңінде ұсынылатын байланыс арналарының (жолдарының) тізбелерін әзірлейді және оларды өзінің филиалдарына, басқа да байланыс операторларына жеткізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пайдаланушылар байланыс құралдары құрамдас арналарда пайдаланылатын барлық байланыс операторларымен және ведомстволық желі иелерімен арналарды жалға алуға шарттар жасасады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z104" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      37. Қазақстан Республикасының бірыңғай телекоммуникация желісінің ресурстарын соғыс уақытында пайдалануға дайындау Қазақстан Республикасының аумағын жедел жабдықтау жоспары, сондай-ақ мыналар әзірлейтін жұмылдыру жоспарлары негізінде жүргізіледі:</w:t>
+      37. Қазақстан Республикасының бірыңғай телекоммуникация желісінің ресурстарын жұмылдыру, соғыс жағдайы және соғыс уақыты кезеңінде пайдалануға дайындау Қазақстан Республикасының аумағын жедел жабдықтау жоспары, сондай-ақ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z107" w:id="57"/>
+    <w:bookmarkStart w:name="z105" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жұмылдыру дайындығы саласындағы уәкілетті орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z108" w:id="58"/>
+    <w:bookmarkStart w:name="z106" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік органдар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z109" w:id="59"/>
-[...15 lines deleted...]
-      3) облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың әкімдіктері;</w:t>
+    <w:bookmarkStart w:name="z107" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың әкімдіктері; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z110" w:id="60"/>
-[...15 lines deleted...]
-      4) жұмылдыру тапсырыстарын алған байланыс операторлары және ұйымдар. </w:t>
+    <w:bookmarkStart w:name="z108" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) байланыс операторлары мен жұмылдыру тапсырыстарын алған ұйымдар әзірлейтін жұмылдыру жоспарлары негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z105" w:id="61"/>
-[...15 lines deleted...]
-      38. Қазақстан Республикасының аумағын жедел жабдықтау жоспарын және жұмылдыру жоспарын іске асыру үшін жұмылдыру дайындығы саласындағы уәкілетті орган мемлекеттік органдармен келісу бойынша тауарларды өндіру, жұмыстарды орындау және қызметтер көрсету жоспарын әзірлейді. Жұмыстарды орындау және байланыс қызметтерін көрсету жөніндегі жұмыстар жұмылдыру тапсырыстарымен арналарды жасауға қатысатын операторларға, сондай-ақ байланыс желілеріне техникалық қызмет көрсетуді және (немесе) жөндеуді жүзеге асыратын ұйымдарға жүктеледі. Жұмылдыру тапсырыстарын орындау тапсырыс берушілер (мемлекеттік органдар, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың әкімдіктері) мен орындаушылар арасында жасалған шарттардың талаптарына сәйкес жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z109" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Қазақстан Республикасының аумағын жедел жабдықтау жоспарын және жұмылдыру жоспарын іске асыру үшін жұмылдыру дайындығы саласындағы уәкілетті орган мемлекеттік органдармен келісу бойынша тауарларды өндіру, жұмыстарды орындау және қызметтер көрсету жоспарын әзірлейді. Байланыс жұмыстарын орындау және қызметтерін көрсету жөніндегі жұмыстар арналарды жасауға қатысатын операторларға, сондай-ақ байланыс желілеріне техникалық қызмет көрсетуді және (немесе) жөндеуді жүзеге асыратын ұйымдарға жұмылдыру тапсырыстармен жүктеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z106" w:id="62"/>
-[...15 lines deleted...]
-      39. Қорғаныс мүдделерінде жұмыстарды орындау және байланыс қызметтерін көрсету шарттарында сонымен қатар мынадай мәселелер көзделеді:</w:t>
+    <w:bookmarkStart w:name="z110" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Қорғаныс мүддесінде жұмыстарды орындау және байланыс қызметтерін көрсету шарттарында мынадай мәселелер де көзделеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:bookmarkStart w:name="z111" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1) жұмыстарды орындауды (байланыс қызметтерін көрсетуді) бастау үшін талап; </w:t>
+        <w:t>
+      1) жұмыстарды орындауды (байланыс қызметтерін көрсетуді) бастаудың шарты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:bookmarkStart w:name="z112" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2) көрсетілетін байланыс қызметтерін ұсыну кезектілігі (кезеңдері); </w:t>
+        <w:t>
+      2) көрсетілетін байланыс қызметтерін ұсыну кезектілігі (кезеңдері);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:bookmarkStart w:name="z113" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3) арнайы құралымдарды құру және оларды ұстау; </w:t>
+        <w:t>
+      3) арнайы құралымдарды құру және оларды ұстау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z114" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жұмылдыру резервтерін құру, оларға қолсұғылмаушылық, жаңғырту және техникалық қызмет көрсету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:bookmarkStart w:name="z115" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      5) ұйымдардың жұмыс режимдері, сондай-ақ жұмылдыру, соғыс жағдайы және соғыс уақыты жарияланған кезде байланыс қызметтерін көрсету базисіне өзгерістер мен толықтырулар енгізу тәртібі; </w:t>
+        <w:t>
+      5) ұйымдардың жұмыс режимдері, сондай-ақ жұмылдыру, соғыс жағдайы және соғыс уақыты жарияланған кезде байланыс қызметтерін көрсету шартына өзгерістер мен толықтырулар енгізу тәртібі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:bookmarkStart w:name="z116" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      6) байланыс желілерін басқару орталықтарының өзара іс-қимыл жасау тәртібі; </w:t>
+        <w:t>
+      6) байланыс желілерін басқару орталықтарының өзара іс-қимыл жасау тәртібі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
     <w:bookmarkStart w:name="z117" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) байланыс қызметтерін көрсетуді төлеу және оның сапасы бойынша өзара міндеттемелер;</w:t>
+      7) байланыс қызметтеріне ақы төлеу және оларды көрсету сапасы бойынша өзара міндеттемелер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
     <w:bookmarkStart w:name="z118" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      8) орындаушыға байланыс қызметтерін көрсету салдарынан келтірілген шығынды өтеу. </w:t>
+        <w:t>
+      8) орындаушыға байланыс қызметтерін көрсетуден келтірілген шығынды өтеу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:bookmarkStart w:name="z119" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      40. Жұмылдыру тапсырысының көрсетілетін қызметтерін жеткізушіні таңдау мақсатында байланыс операторлары, сондай-ақ байланыс желілеріне техникалық қызмет көрсетуді және (немесе) жөндеуді жүзеге асыратын ұйымдар Қазақстан Республикасы мемлекеттік органдарының, қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдарының сұрау салуы бойынша өндірістік, қаржылық және қоймалық мүмкіндіктер туралы ақпаратты ұсынады.</w:t>
+      40. Жұмылдыру тапсырысының көрсетілетін қызметтерін жеткізушіні таңдау мақсатында байланыс операторлары, сондай-ақ байланыс желілеріне техникалық қызмет көрсетуді және (немесе) жөндеуді жүзеге асыратын ұйымдар пайдаланушылардың сұратуы бойынша өндірістік, қаржылық және қойма мүмкіндіктері туралы ақпарат береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:bookmarkStart w:name="z120" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      41. Жұмылдыру, соғыс жағдайы және соғыс уақыты кезеңінде соғыс уақытына арналған қосымша арналарды ұсынатын қалааралық және халықаралық байланыс операторларының, жұмылдыру тапсырыстары бар байланыс желілеріне техникалық қызмет көрсетуді және (немесе) жөндеуді жүзеге асыратын ұйымдардың жұмыс істеуі Қазақстан Республикасының Үкіметі бекіткен Қазақстан Республикасының азаматтарын жұмылдыру кезеңіне және соғыс уақытына броньдау қағидаларына сәйкес мамандарды броньдаумен қамтамасыз етіледі.</w:t>
+        <w:t xml:space="preserve">
+      41. Жұмылдыру, соғыс жағдайы және соғыс уақыты кезеңінде қосымша арна беретін қалааралық және халықаралық байланыс операторларының, байланыс желілеріне техникалық қызмет көрсетуді және (немесе) жөндеуді жүзеге асыратын, жұмылдыру тапсырыстары бар ұйымдардың жұмылдыру, соғыс жағдайы және соғыс уақытында жұмыс істеуі Қазақстан Республикасы Қорғаныс министрінің 2017 жылғы 24 қаңтардағы № 28 бұйрығымен бекітілген (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14881 болып тіркелген) Әскери міндеттілер мен әскерге шақырылушыларды әскери есепке алу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мамандарды броньдаумен қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
     <w:bookmarkStart w:name="z121" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      42. Соғыс уақытына арналған қосымша арналарды ұсынатын қалааралық және халықаралық байланыс операторларының, байланыс операторларының және жұмылдыру тапсырыстары бар байланыс желілеріне техникалық қызмет көрсетуді және (немесе) жөндеуді жүзеге асыратын ұйымдардың тұрақты жұмыс істеуін арттыру үшін облыстардың, республикалық маңызы бар қалалардың, астананың әкімдіктері арнайы құралымдарды құрады, оларды ұстауға арналған шығындар республикалық немесе жергілікті бюджеттерден өтеледі, ал жарақтандыру материалдық резервтен жүргізіледі. Одан басқа, мемлекеттік органдар жұмылдыру, соғыс жағдайы және соғыс уақыты кезеңінде арнайы мақсаттағы байланыс желілерінің жұмысқа қабілеттілігін ұстау және оларды өрістету үшін арнайы құралымдарды құрады.</w:t>
+      42. Соғыс уақытына қосымша арна ұсынатын қалааралық және халықаралық байланыс операторларының, байланыс операторларының және байланыс желілеріне техникалық қызмет көрсетуді және (немесе) жөндеуді жүзеге асыратын, жұмылдыру тапсырыстары бар ұйымдардың тұрақты жұмыс істеуін арттыру үшін облыстардың, республикалық маңызы бар қалалардың, астананың әкімдіктері арнайы құралымдар құрады. Арнайы құралымдарды ұстау шығыны тиісті бюджеттен өтеледі, ал жарақтандыру материалдық резервтен жүргізіледі. Арнайы құралымдарды мемлекеттік органдар жұмылдыру, соғыс жағдайы және соғыс уақыты кезеңінде арнайы мақсаттағы байланыс желілерін жұмысқа қабілетті күйде ұстау және оларды өрістету үшін құрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z122" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      43. Бірыңғай телекоммуникация желісінің ресурстары негізінде жергілікті атқарушы органдар төтенше немесе соғыс жағдайы кезеңіне аумақтық қорғаныстың байланыс жүйесін құрады.</w:t>
+      43. Бірыңғай телекоммуникация желісінің ресурстары негізінде облыстардың, республикалық маңызы бар қалалардың, астананың әкімдіктері төтенше немесе соғыс жағдайы кезеңіне Қазақстан Республикасының аумақтық қорғанысының байланыс жүйесін құрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z123" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1) жоғары тұрған әскери басқару органымен және аумақтық қорғаныс бөлімшелерімен тұрақты байланысты қамтамасыз ету; </w:t>
+        <w:t>
+      Қазақстан Республикасының аумақтық қорғанысының байланыс жүйесін өрістету барысында мыналар көзделеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:bookmarkStart w:name="z124" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2) арнайы құралымдар күштерінің жөндеу-қалпына келтіру жұмыстарын жүргізуі; </w:t>
+        <w:t>
+      1) жоғары тұрған әскери басқару органымен және Қазақстан Республикасының аумақтық қорғанысының бөлімшелерімен тұрақты байланысты қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:bookmarkStart w:name="z125" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3) байланыс мүлкінің резервтерін құру; </w:t>
+        <w:t>
+      2) арнайы құралымдар күштерінің жөндеу-қалпына келтіру жұмыстарын жүргізуі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:bookmarkStart w:name="z126" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      4) байланыс қауіпсіздігі іс-шараларын орындау; </w:t>
+        <w:t>
+      3) байланыс мүлкінің резервтерін құру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:bookmarkStart w:name="z127" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      5) телекоммуникация желілерін басқарудың орталықтандырылған жүйесін құру; </w:t>
+        <w:t>
+      4) байланыс қауіпсіздігі іс-шараларын орындау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:bookmarkStart w:name="z128" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) телекоммуникация желілерінде ақпараттық қарсы күрес міндеттерінің орындалуын қамтамасыз ету.</w:t>
+      5) телекоммуникация желілерін басқарудың орталықтандырылған жүйесін құру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
     <w:bookmarkStart w:name="z129" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      44. Бейбіт уақытта жұмылдыру дайындығы саласындағы уәкілетті орган қалааралық және халықаралық байланыс операторларын, сондай-ақ жұмылдыру тапсырыстары бар байланыс операторларын тарта отырып, әскери-экономикалық және командалық-штабтық оқу-жаттығуларды өткізеді. Осы мақсаттар үшін байланыс қызметтерін көрсету бюджеттен бөлінетін қаражат есебінен қолданыстағы тарифтер бойынша жеке төлеммен жүргізіледі.</w:t>
+      6) телекоммуникация желілерінде ақпараттық қарсы күрес міндеттерінің орындалуын қамтамасыз ету.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
     <w:bookmarkStart w:name="z130" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      45. Жұмылдыру жарияланған, соғыс жағдайы енгізілген кезде және соғыс уақыты кезеңінде қалааралық және халықаралық байланыс операторлары қосымша байланыс арналарын беруді жүзеге асырады, жұмылдыру тапсырыстары бар байланыс операторлары, байланыс желісінің иелері және ұйымдар жұмылдыру жоспарларында көзделген іс-шараларды орындауға кіріседі.</w:t>
+      44. Бейбіт уақытта жұмылдыру дайындығы саласындағы уәкілетті орган қалааралық және халықаралық байланыс операторларын, сондай-ақ жұмылдыру тапсырыстары бар байланыс операторларын тарта отырып, әскери-экономикалық және командалық-штабтық оқу-жаттығу өткізеді. Осы мақсаттар үшін байланыс қызметтерін көрсету бюджеттен бөлінетін қаражат есебінен қолданыстағы тарифтер бойынша жеке төлеммен жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:bookmarkStart w:name="z131" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      46. Көрсетілетін байланыс қызметтерін ұсыну бойынша жұмылдыру тапсырыстарын орындайтын байланыс операторларының және (немесе) байланыс желісі иелерінің жауынгерлік іс-қимылдар нәтижесінде келтірілген шығындары белгіленген тәртіппен Қазақстан Республикасының Бюджет кодексіне сәйкес бюджет қаражаты есебінен өтеледі.</w:t>
+        <w:t xml:space="preserve">
+      45. Жұмылдыру жарияланған, соғыс жағдайы енгізілген кезде және соғыс уақыты кезеңінде қалааралық және халықаралық байланыс операторлары қосымша байланыс арналарын беруді жүзеге асырады, жұмылдыру тапсырыстары бар байланыс операторлары, байланыс желісінің иелері және ұйымдар жұмылдыру жоспарларында көзделген іс-шараларды орындауға кіріседі. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
     <w:bookmarkStart w:name="z132" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      47. Жұмылдыру, соғыс жағдайы, соғыс уақыты жарияланған жергілікті жерлерде байланыс саласындағы уәкілетті орган өкілі тиісті әскери басқару органы құрамында жұмылдыру тапсырмасын орындауға кіріседі.</w:t>
+      46. Ұрыс іс-қимылдарының нәтижесінде байланыс қызметтерін көрсету бойынша жұмылдыру тапсырыстарын орындайтын байланыс операторлары және (немесе) байланыс желісі иелері шеккен шығын шығыстарды өтеу қағидаларына сәйкес өтеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z133" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      48. Қазақстан Республикасы мемлекеттік органдарының, қорғаныс, қауіпсіздік және құқық тәртібін қорғау органдарының мұқтажы үшін байланыс операторларының шарттарда көзделмеген байланыс қызметтерін көрсетуі кейіннен қолданыстағы тарифтер бойынша белгіленген тәртіппен Қазақстан Республикасының Бюджет кодексіне сәйкес бюджет қаражаты есебінен шығындарды өтеумен уақытша жалға алу шарттарында әскери басқару органдарының өкімдері бойынша жүргізіледі.</w:t>
+      47. Жұмылдыру, соғыс жағдайы, соғыс уақыты жарияланған кезде байланыс саласындағы уәкілетті орган бірлесіп әскери басқару органы және Қазақстан Республикасының аумақтық қорғаныс бөлімшелері құрамында жұмылдыру тапсырмасын орындауға кіріседі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жұмылдыру тапсырыстарын орындайтын байланыс операторларының нұсқауларын басқа операторлар дереу орындайды.</w:t>
+      Байланыс саласындағы уәкілетті орган Қазақстан Республикасының барлық аумағында жұмылдыру, соғыс жағдайы, соғыс уақыты жарияланған кезде құзыреті шегінде қорғаныс органдарының жұмылдыру жоспарларының, тапсырмалары мен шешімдерінің орындалуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z134" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      49. Қорғаныс мұқтажы үшін қажетті байланыс саласындағы қызметті жүзеге асыратын шаруашылық жүргізуші субъектілердің байланыс құралдары Қазақстан Республикасының заңнамасында белгіленген тәртіппен реквизициялануға жатады.</w:t>
+      48. Шарттарда көзделмеген пайдаланушылардың қажеттіліктері үшін байланыс операторларының байланыс қызметтерін көрсетуі уақытша жалдау шарттарында қорғаныс органдарының бұйрықтарына сәйкес өтініш негізінде жүзеге асырылады, шығыстар кейіннен қолданыстағы тарифтер бойынша өтеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жұмылдыру тапсырыстарын орындайтын байланыс операторларының нұсқауларын басқа операторлар дереу орындайды. </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z135" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      50. Жұмылдыру, соғыс жағдайы және соғыс уақыты кезеңінде азаматтық қорғаныс бойынша санаттарға жатқызылған телекоммуникация желілерінің объектілері облыстардың, республикалық маңызы бар қалалардың және астананың тиісті аумақтық қорғаныс жоспарларына сәйкес Қазақстан Республикасы Қарулы Күштерінің күзетуіне жатады.</w:t>
+        <w:t xml:space="preserve">
+      49. Байланыс саласында қызметін жүзеге асыратын шаруашылық жүргізуші субъектілердің қорғаныс қажеттіліктеріне қажетті байланыс құралдары "Мемлекеттік мүлік туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>48-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес реквизицияланады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z136" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Жұмылдыру, соғыс жағдайы және соғыс уақыты кезеңінде азаматтық қорғаныс бойынша санаттарға жатқызылған телекоммуникация желілерінің объектілерін облыстардың, республикалық маңызы бар қалалардың және астананың аумақтық қорғаныс жоспарларына сәйкес Қазақстан Республикасының Қарулы Күштері күзетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>