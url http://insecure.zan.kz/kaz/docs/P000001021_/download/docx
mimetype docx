--- v0 (2025-10-15)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="363daff" w14:textId="363daff">
+    <w:p w14:paraId="e2b42a6" w14:textId="e2b42a6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,130 +76,230 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Жекешелендіруге жатпайтын мемлекеттік жоғары оқу орындарының тізбесін бекіту туралы</w:t>
+        <w:t>Жекешелендіруге жатпайтын мемлекеттік жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының тізбесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Үкіметінің 2000 жылғы 6 шілдедегі N 1021 Қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қаулының тақырыбы жаңа редакцияда - ҚР Үкіметінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1192</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Үкіметінің 2000 жылғы 29 ақпандағы N 327 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген, Қазақстан Республикасы Президентінің Қазақстан Республикасы Үкіметінің 2000 жылғы 9 ақпандағы кеңейтілген мәжілісінде айтылған тапсырмаларын орындау жөніндегі іс-шаралар жоспарын іске асыру мақсатында Қазақстан Республикасының Үкіметі қаулы етеді: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z1" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Жекешелендіруге жатпайтын мемлекеттік жоғары оқу орындарының тізбесі бекітілсін. </w:t>
+        <w:t>
+      1. Қоса беріліп отырған Жекешелендіруге жатпайтын мемлекеттік жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының тізбесі бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Үкіметінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1192</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы қаулы қол қойылған күнінен бастап күшіне енеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -482,499 +582,565 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>N 1021 қаулысымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z3" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жекешелендіруге жатпайтын мемлекеттік жоғары оқу орындарының</w:t>
-[...11 lines deleted...]
-        <w:t>Тізбесі</w:t>
+        <w:t xml:space="preserve"> Жекешелендіруге жатпайтын мемлекеттік жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тізбеге өзгерістер енгізілді - ҚР Үкіметінің 2001.10.11 </w:t>
+      Ескерту. Тізбенің тақырыбы жаңа редакцияда - ҚР Үкіметінің 31.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>N 1313</w:t>
+        <w:t>№ 1192</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тізбеге өзгерістер енгізілді - ҚР Үкіметінің 2001.10.11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 1313</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">, 2003.09.26 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 979</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004.08.03 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 829</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007.05.22 N </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>409</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">,2008.05.26 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 502</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008.09.11 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 847</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009.09.14. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 1369</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009.10.12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 1560</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2010.09.17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 957</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011.06.28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 722</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 29.05.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 529</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 03.05.2019 № 241; 11.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 752</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 09.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 227</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгiзiлу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-т.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 18.02.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 03.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 868</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 17.08.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 702</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 06.10.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 881</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 20.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 16.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 567</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 26.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 368</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 897</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1192</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулыларымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
@@ -1506,51 +1672,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Құрманғазы атындағы Алматы мемлекеттік консерваториясы" республикалық мемлекеттік қазыналық кәсіпорны</w:t>
+Қазақстан Республикасы Мәдениет және ақпарат министрлігінің "Құрманғазы атындағы Қазақ ұлттық консерваториясы" республикалық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1619,51 +1785,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Т. Жүргенов атындағы Қазақ мемлекеттік өнер академиясы" республикалық мемлекеттік қазыналық кәсіпорны</w:t>
+Қазақстан Республикасы Мәдениет және ақпарат министрлігінің "Темірбек Жүргенов атындағы Қазақ ұлттық өнер академиясы" республикалық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2630,51 +2796,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Академик Е.А. Бөкетов атындағы Қарағанды университетi" коммерциялық емес акционерлік қоғамы</w:t>
+"Академик Е.А. Бөкетов атындағы Қарағанды ұлттық зерттеу университеті" коммерциялық емес акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4181,51 +4347,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нұр-Сұлтан қаласы</w:t>
+Астана қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4258,51 +4424,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Қазақ ұлттық өнер университеті" мемлекеттік мекемесі</w:t>
+Қазақстан Республикасы Мәдениет және ақпарат министрлігінің "Күләш Байсейітова атындағы Қазақ ұлттық өнер университеті" республикалық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4849,51 +5015,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Семей мемлекеттік медицина академиясы" республикалық мемлекеттік қазыналық кәсіпорны</w:t>
+"Семей медицина университеті" коммерциялық емес акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6787,87 +6953,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Қазақ ұлттық хореография академиясы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны</w:t>
-[...35 lines deleted...]
-Нұр-Сұлтан қаласы</w:t>
+Қазақстан Республикасы Мәдениет және ақпарат министрлігінің "Қазақ ұлттық хореография академиясы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Астана қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7612,31 +7778,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>