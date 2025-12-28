--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b69990d" w14:textId="b69990d">
+    <w:p w14:paraId="4bd1337" w14:textId="4bd1337">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -700,51 +700,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -855,51 +855,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2281,51 +2281,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">41) алып тасталды - ҚР 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3283,131 +3283,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-бап жаңа редакцияда - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), өзгерістер енгізілді - ҚР 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 34-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 59-VII</w:t>
       </w:r>
       <w:r>
@@ -3536,51 +3536,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 5-бапқа өзгеріс енгізілді - ҚР 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4649,51 +4649,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4911,51 +4911,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5151,111 +5151,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 11-бап жаңа редакцияда - ҚР 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі); өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.12.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 210-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6103,51 +6103,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6625,51 +6625,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">17-3) алып тасталды - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7657,51 +7657,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">17-20) алып тасталды - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7775,271 +7775,271 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгерістер енгізілді - ҚР 2004.12.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005.01.01 бастап күшіне енеді), 2008.12.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 101-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2009.01.01 бастап қолданысқа енгізіледі), 2011.01.06 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 379-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.05.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8202,51 +8202,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2) алып тасталды - ҚР 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8680,51 +8680,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">7) алып тасталды – ҚР 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8882,51 +8882,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8956,51 +8956,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9166,51 +9166,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9302,51 +9302,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">18-2) алып тасталды - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9376,51 +9376,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9488,51 +9488,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9562,51 +9562,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9636,51 +9636,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9710,51 +9710,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9784,51 +9784,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9858,51 +9858,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9932,51 +9932,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10044,51 +10044,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10118,51 +10118,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10192,51 +10192,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10266,51 +10266,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10340,51 +10340,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10414,51 +10414,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10488,51 +10488,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10600,51 +10600,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10712,51 +10712,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10786,51 +10786,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10860,51 +10860,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10934,51 +10934,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11008,51 +11008,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11082,51 +11082,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11194,51 +11194,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11326,51 +11326,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">18-34) алып тасталды - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11438,51 +11438,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11492,51 +11492,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">18-37) алып тасталды - ҚР 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11566,51 +11566,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11640,51 +11640,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11752,51 +11752,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11806,51 +11806,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">18-42) алып тасталды – ҚР 29.03.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11918,51 +11918,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11992,51 +11992,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12066,51 +12066,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12178,51 +12178,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12310,51 +12310,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12442,51 +12442,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12554,51 +12554,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12686,51 +12686,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12760,51 +12760,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12844,51 +12844,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 125</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 10.12.2008 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 101-IV</w:t>
       </w:r>
       <w:r>
@@ -12904,51 +12904,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 188-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 19.03.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 258-IV</w:t>
       </w:r>
       <w:r>
@@ -13024,211 +13024,211 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.05.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 29.03.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 401-VI</w:t>
       </w:r>
       <w:r>
@@ -13244,131 +13244,131 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 26.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13543,151 +13543,151 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 14-бап жаңа редакцияда - ҚР 2004.12.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005.01.01 бастап күшіне енеді), өзгерістер енгізілді - ҚР 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14142,51 +14142,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      15-1) алып тасталды - ҚР 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14356,271 +14356,271 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 15-бапқа өзгерістер енгізілді - ҚР 2004.12.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005.01.01 бастап күшіне енеді), 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 11.04.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 189-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 29.03.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 26.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15205,211 +15205,211 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 18-бапқа өзгерістер енгізілді - ҚР 2004.12.20. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">№ 13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(2005.01.01 бастап күшіне енеді), 2006.07.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 176</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 26.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15835,71 +15835,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 19-бап жаңа редакцияда - ҚР 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16958,131 +16958,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-тарау 19-1-баппен толықтырылды - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 21.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17773,51 +17773,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18052,91 +18052,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 20-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18897,231 +18897,231 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 21-бапқа өзгерістер енгізілді - ҚР 2006.01.31 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 125</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2009.07.17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">№ 188-IV </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2011.01.06 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 379-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 184-VII</w:t>
       </w:r>
       <w:r>
@@ -19137,51 +19137,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19435,71 +19435,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 22-бапқа өзгеріс енгізілді - ҚР 2006.07.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 176</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19793,111 +19793,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 24-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
@@ -20062,51 +20062,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 25-бапқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20417,111 +20417,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 26-бапқа өзгерістер енгізілді - ҚР 2006.07.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 176</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 401-VI</w:t>
       </w:r>
       <w:r>
@@ -20686,51 +20686,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20770,51 +20770,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21100,71 +21100,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 29-бапқа өзгерістер енгізілді - ҚР 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21756,71 +21756,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 31-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.03.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
@@ -21836,51 +21836,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
@@ -22287,131 +22287,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 32-бапқа өзгеріс енгізілді - ҚР 2007.01.12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 224</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(2012.01.01 бастап күшіне енеді), 2012.01.12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 538-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22760,71 +22760,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 35-бап жаңа редакцияда - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); өзгеріс енгізілді - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2021 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23083,191 +23083,191 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 36-бапқа өзгерістер енгізілді - ҚР 2006.07.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 176</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008.12.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 101-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2009.01.01 бастап қолданысқа енгізіледі), 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24079,191 +24079,191 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 38-бапқа өзгерістер енгізілді - ҚР 2006.07.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 176</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007.01.09 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2010.03.19 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 258-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 401-VI</w:t>
       </w:r>
       <w:r>
@@ -24518,111 +24518,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 39-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 351-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2021 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24819,111 +24819,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 40-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25088,131 +25088,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 41-бапқа өзгерістер енгізілді - ҚР 2007.01.12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 222</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (жарияланған күнінен бастап алты ай өткеннен кейін қолданысқа енгізіледі), 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25377,71 +25377,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 42-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26574,91 +26574,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 47-бапқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26818,51 +26818,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 49-бапқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27330,51 +27330,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 51-бапқа өзгерістер енгізілді - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
@@ -27410,51 +27410,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 09.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 179-VIII</w:t>
       </w:r>
       <w:r>
@@ -27490,51 +27490,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27629,51 +27629,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 7-тарау 51-1-баппен толықтырылды - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -28100,51 +28100,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 401-VI</w:t>
       </w:r>
       <w:r>
@@ -28637,131 +28637,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 55-бапқа өзгерістер енгізілді - ҚР 2006.07.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 176</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 34-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29016,91 +29016,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 56-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29189,51 +29189,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 57-бапқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29304,71 +29304,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 58-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29541,111 +29541,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 59-бапқа өзгерістер енгізілді - ҚР 2006.07.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 176</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2010.03.19 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 258-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29762,71 +29762,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 60-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29897,91 +29897,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 61-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 08.04.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 490-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 167-VII</w:t>
       </w:r>
       <w:r>
@@ -30270,71 +30270,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 62-бапқа өзгеріс енгізілді - ҚР 2007.01.09 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 401-VI</w:t>
       </w:r>
       <w:r>
@@ -30479,131 +30479,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 63-бапқа өзгерістер енгізілді - ҚР 2004.12.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005.01.01 бастап күшіне енеді), 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30741,71 +30741,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 65-бап жаңа редакцияда - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен; өзгеріс енгізілді - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30858,91 +30858,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-тарау 65-1-баппен толықтырылды - ҚР 11.04.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 189-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда – ҚР 24.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 196-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -31061,71 +31061,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 66-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 11.04.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 189-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -31555,71 +31555,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 68-бап жаңа редакцияда - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен; өзгеріс енгізілді - ҚР 11.04.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 189-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -32074,111 +32074,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 69-бапқа өзгерістер енгізілді - ҚР 2004.12.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">№ 13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(2005.01.01 бастап күшіне енеді), 2011.01.06 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 379-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 02.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 184-VII</w:t>
       </w:r>
       <w:r>
@@ -32293,71 +32293,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 70-бап жаңа редакцияда - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -32573,51 +32573,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 72-бапқа өзгеріс енгізілді - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 401-VI</w:t>
       </w:r>
       <w:r>
@@ -32762,111 +32762,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 73-бапқа өзгерістер енгізілді - ҚР 2006.07.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 176</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -33098,51 +33098,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34193,111 +34193,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 80-бапқа өзгеріс енгізілді - ҚР 2006.07.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 176</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 31-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34392,51 +34392,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 81-бапқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34545,51 +34545,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 82-бапқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34642,51 +34642,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 83-бапқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34813,71 +34813,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 84-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 59-VII</w:t>
       </w:r>
       <w:r>
@@ -35155,51 +35155,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 86-бапқа өзгерту енгізілді - Қазақстан Республикасының 2006.07.07. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 176</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35609,131 +35609,131 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2013.01.01 бастап қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
@@ -36010,71 +36010,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 91-бап жаңа редакцияда - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36243,71 +36243,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 92-бапқа өзгеріс енгізілді - ҚР 2006.07.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 176</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36468,71 +36468,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 93-бапқа өзгеріс енгізілді - ҚР 2006.07.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 176</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 401-VI</w:t>
       </w:r>
       <w:r>
@@ -36548,51 +36548,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36731,51 +36731,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36866,51 +36866,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -37035,71 +37035,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 96-бапқа өзгерістер енгізілді - ҚР 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -37253,91 +37253,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 98-бап жаңа редакцияда - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); өзгеріс енгізілді - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2018 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -37480,111 +37480,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 99-бапқа өзгерістер енгізілді - ҚР 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 20.02.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 48-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 65-VIII</w:t>
       </w:r>
       <w:r>
@@ -37729,51 +37729,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 100-бапқа өзгеріс енгізілді - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -37844,71 +37844,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 101-бапқа өзгерістер енгізілді - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -37997,71 +37997,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 102-бапқа өзгерістер енгізілді - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -38136,51 +38136,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 16-тарау 102-1-баппен толықтырылды - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2013.01.01 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -38429,111 +38429,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 16-тарау 102-2-баппен толықтырылды - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); өзгеріс енгізілді - ҚР 29.03.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
@@ -38706,51 +38706,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 16-тарау 102-3-баппен толықтырылды - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -38859,51 +38859,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 103-бапқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 184-VII</w:t>
       </w:r>
       <w:r>
@@ -39164,51 +39164,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 104-бапқа өзгеріс енгізілді - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 08.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 118-VIII</w:t>
       </w:r>
       <w:r>
@@ -39441,51 +39441,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 105-бапқа өзгерту енгізілді - Қазақстан Республикасының 2008.12.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 101-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2009 бастап қолданысқа енгізіледі) Заңымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -39656,51 +39656,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 106-бапқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -40035,71 +40035,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 109-бапқа өзгерістер енгізілді - ҚР 2004.12.20. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2005 бастап күшіне енеді); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -40780,111 +40780,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 112-бап жаңа редакцияда - ҚР 2006.07.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 176</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, өзгерістер енгізілді - 2008.12.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 101-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2009.01.01 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 184-VII</w:t>
       </w:r>
       <w:r>
@@ -40900,51 +40900,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -41937,51 +41937,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 114-бап жаңа редакцияда - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -42087,51 +42087,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 116-бап жаңа редакцияда - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -42279,71 +42279,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 20-тарау 117-1-баппен толықтырылды - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); өзгеріс енгізілді – ҚР 26.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>