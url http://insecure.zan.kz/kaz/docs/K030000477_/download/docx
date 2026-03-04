--- v1 (2025-12-28)
+++ v2 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4bd1337" w14:textId="4bd1337">
+    <w:p w14:paraId="cc153d0" w14:textId="cc153d0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -700,51 +700,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -855,51 +855,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1334,51 +1334,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2281,51 +2281,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">41) алып тасталды - ҚР 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3283,131 +3283,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-бап жаңа редакцияда - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), өзгерістер енгізілді - ҚР 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 34-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 59-VII</w:t>
       </w:r>
       <w:r>
@@ -3536,51 +3536,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 5-бапқа өзгеріс енгізілді - ҚР 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4649,51 +4649,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4911,51 +4911,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5151,111 +5151,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 11-бап жаңа редакцияда - ҚР 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі); өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.12.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 210-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5440,51 +5440,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">7) 01.01.2015 бастап қолданысын тоқтатты - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6103,51 +6103,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6625,51 +6625,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">17-3) алып тасталды - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7657,51 +7657,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">17-20) алып тасталды - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7775,271 +7775,271 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 12-бапқа өзгерістер енгізілді - ҚР 2004.12.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005.01.01 бастап күшіне енеді), 2008.12.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 101-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2009.01.01 бастап қолданысқа енгізіледі), 2011.01.06 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 379-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.05.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8498,509 +8498,403 @@
       мемлекеттiк орман қоры учаскелерiнде орман тұқымдарының аудандастырылуының, орман тұқымдарын дайындау, өңдеу, сақтау мен пайдалану және олардың сапасын бақылау қағидаларының сақталуына, питомник шаруашылығының жүргiзілуіне;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       орман қоры жерлерiнiң нысаналы мақсатына сәйкес пайдаланылуына және осы жерлердiң қорғалуына;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құрылыс жұмыстары, пайдалы қазбалар өндiру, коммуникацияларды, электр беру желілерін, байланыс желілерін тарту және орман шаруашылығын жүргiзумен және орман пайдаланумен байланысты емес өзге де жұмыстарды орындау кезiнде мемлекеттiк орман қорын пайдалану тәртiбiнiң сақталуына мемлекеттік бақылау мен қадағалауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z534" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мемлекеттік орман қоры учаскелеріндегі есептік кеспеағаш аймағын және ағаштың кесілетін жасын әзірлеу мен бекітуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) алып тасталды – ҚР 13.06.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      5-1) тармақшаның он бірінші абзацына өзгеріс енгізу көзделген – ҚР 06.04.2024 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (31.12.2025 бастап қолданысқа </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) алып тасталды – ҚР 26.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 198-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) Заңымен.</w:t>
+        <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...43 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) алып тасталды - ҚР 05.07.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (13.10.2011 бастап қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">7) алып тасталды – ҚР 13.06.2013 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+        <w:t xml:space="preserve">10) алып тасталды – ҚР 26.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 198-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">8) алып тасталды – ҚР 26.06.2025 </w:t>
+        <w:t xml:space="preserve">11) алып тасталды – ҚР 26.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...201 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9166,51 +9060,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9376,51 +9270,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9488,51 +9382,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9562,51 +9456,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9636,51 +9530,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9710,51 +9604,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9784,51 +9678,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9932,51 +9826,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10044,51 +9938,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10118,51 +10012,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10192,51 +10086,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10266,51 +10160,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10340,51 +10234,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10488,51 +10382,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10600,51 +10494,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10712,51 +10606,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10786,51 +10680,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10860,51 +10754,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10934,51 +10828,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11008,51 +10902,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11082,51 +10976,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11326,51 +11220,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">18-34) алып тасталды - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11438,51 +11332,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11492,51 +11386,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">18-37) алып тасталды - ҚР 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11566,51 +11460,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11640,51 +11534,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11752,51 +11646,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11918,51 +11812,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11992,51 +11886,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12066,51 +11960,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12178,51 +12072,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12310,51 +12204,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12442,51 +12336,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12554,51 +12448,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12686,51 +12580,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12760,51 +12654,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12844,51 +12738,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 125</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 10.12.2008 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 101-IV</w:t>
       </w:r>
       <w:r>
@@ -12904,51 +12798,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 188-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 19.03.2010 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 258-IV</w:t>
       </w:r>
       <w:r>
@@ -13024,211 +12918,211 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 16.05.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 29.03.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 401-VI</w:t>
       </w:r>
       <w:r>
@@ -13244,131 +13138,131 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">); 26.06.2025 </w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 26.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13543,151 +13437,151 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 14-бап жаңа редакцияда - ҚР 2004.12.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005.01.01 бастап күшіне енеді), өзгерістер енгізілді - ҚР 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14142,51 +14036,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      15-1) алып тасталды - ҚР 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14234,51 +14128,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">15-3) алып тасталды - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14356,271 +14250,271 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 15-бапқа өзгерістер енгізілді - ҚР 2004.12.20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005.01.01 бастап күшіне енеді), 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 11.04.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 189-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 29.03.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 26.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15205,211 +15099,211 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 18-бапқа өзгерістер енгізілді - ҚР 2004.12.20. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">№ 13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(2005.01.01 бастап күшіне енеді), 2006.07.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 176</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 26.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15835,71 +15729,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 19-бап жаңа редакцияда - ҚР 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16958,131 +16852,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-тарау 19-1-баппен толықтырылды - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 21.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 86-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17733,91 +17627,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-тарау 19-2-баппен толықтырылды - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18052,91 +17946,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 20-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 156-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18653,548 +18547,442 @@
       7) мемлекеттiк орман қоры учаскелерiнде орман тұқымдарының аудандастырылуының, орман тұқымдарының дайындалуының, өңделуінің, сақталуының және пайдаланылуының орындалуын, питомник шаруашылығының жүргiзілуін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) орман қоры жерлерiнiң олардың нысаналы қызметiне сәйкес пайдаланылуын және осы жерлердiң сақталуын; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) құрылыс жұмыстары, пайдалы қазбаларды өндiру, коммуникацияларды, электр беру желілерін, байланыс желілерін тарту және орман шаруашылығын жүргiзумен және орман пайдаланумен байланысты емес өзге де жұмыстарды орындау кезiнде мемлекеттiк орман қорын пайдалану тәртiбiнiң сақталуын; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Қазақстан Республикасының орман заңнамасының, Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану және ерекше қорғалатын табиғи аумақтар саласындағы заңнамасының өзге де талаптарының орындалуын бақылау мен қадағалауды жүзеге асыруға мiндеттi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасы мемлекеттік орман инспекциясының лауазымды адамдарына Қазақстан Республикасының заңнамасында белгіленген тәртіппен қызметтік қаруды сақтауға, алып жүруге және қолдануға рұқсат берiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қазақстан Республикасы мемлекеттік орман инспекциясының лауазымды адамдары Қазақстан Республикасының заңнамасында белгіленген тәртіппен айырым белгілері бар (погонсыз) нысанды киіммен және қызметтік қарумен қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Айырым белгілері бар (погонсыз) нысанды киім киіп жүруге құқығы бар лауазымды адамдардың тізбесін, айырым белгілері бар (погонсыз) нысанды киім үлгілерін киіп жүру тәртібін уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z516" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қазақстан Республикасы мемлекеттік орман инспекциясының лауазымды адамдары Қазақстан Республикасының заңнамасына сәйкес құқықтық және әлеуметтік қорғалуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...30 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. 21-бапқа өзгерістер енгізілді - ҚР 2006.01.31 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), 2009.07.17 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 188-IV </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз), 2011.01.06 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 379-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 73-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 156-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (31.12.2025 бастап қолданысқа </w:t>
-[...190 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...232 lines deleted...]
-        <w:t>) Заңдарымен.</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -19435,71 +19223,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 22-бапқа өзгеріс енгізілді - ҚР 2006.07.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 176</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19793,151 +19581,151 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 24-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20062,51 +19850,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 25-бапқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20417,111 +20205,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 26-бапқа өзгерістер енгізілді - ҚР 2006.07.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 176</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 401-VI</w:t>
       </w:r>
       <w:r>
@@ -20686,51 +20474,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20770,51 +20558,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21100,71 +20888,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 29-бапқа өзгерістер енгізілді - ҚР 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21756,171 +21544,171 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 31-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.03.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 12.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 194-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22287,131 +22075,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 32-бапқа өзгеріс енгізілді - ҚР 2007.01.12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 224</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(2012.01.01 бастап күшіне енеді), 2012.01.12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 538-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22760,71 +22548,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 35-бап жаңа редакцияда - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); өзгеріс енгізілді - ҚР 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2021 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23083,191 +22871,191 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 36-бапқа өзгерістер енгізілді - ҚР 2006.07.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 176</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2008.12.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 101-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2009.01.01 бастап қолданысқа енгізіледі), 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24079,191 +23867,191 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 38-бапқа өзгерістер енгізілді - ҚР 2006.07.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 176</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007.01.09 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2010.03.19 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 258-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 401-VI</w:t>
       </w:r>
       <w:r>
@@ -24518,111 +24306,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 39-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 351-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2021 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24819,111 +24607,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 40-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25088,131 +24876,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 41-бапқа өзгерістер енгізілді - ҚР 2007.01.12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 222</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (жарияланған күнінен бастап алты ай өткеннен кейін қолданысқа енгізіледі), 2011.07.05 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 452-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.07.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25377,71 +25165,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 42-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26574,91 +26362,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 47-бапқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26818,51 +26606,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 49-бапқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26998,236 +26786,62 @@
       2) халықаралық міндеттемелерді орындауға; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) кен орны учаскесінің астынан пайдалы қазбалар табылып, оларды игерудің баламалы нұсқалары болмауына;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...184 lines deleted...]
-      4) халықаралық, республикалық, облыстық және аудандық маңызы бар автомобиль жолдары мен теміржолдарды, электр беру желілерін, байланыс желілерін және магистральдық құбыржолдарды салуға;</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) халықаралық, республикалық, облыстық және аудандық маңызы бар автомобиль жолдары мен теміржолдарды, белгіленген қуаты қоса алғанда 100 МВт-қа дейінгі гидроэлектр станцияларын, магистральдық құбыржолдарды салуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) елді мекендердің шекарасы (шегі) өзгеріп, оларды ықтимал орналастырудың басқа нұсқалары болмауына;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -27330,51 +26944,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 51-бапқа өзгерістер енгізілді - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 28.10.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
@@ -27403,71 +27017,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">); 09.04.2025 </w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 09.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 179-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -27490,51 +27104,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27629,51 +27243,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 7-тарау 51-1-баппен толықтырылды - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27866,11044 +27480,11144 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>54-бап. Мемлекеттiк орман қорында орман шаруашылығын жүргiзуге және орман пайдалануға байланысты емес жұмыстарды жүргiзу</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z505" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мемлекеттiк орман қорында құрылыс жұмыстарын жүргiзу, кең таралған пайдалы қазбаларды өндiру, коммуникацияларды, электр беру желілерін, байланыс желілерін тарту және орман шаруашылығын жүргiзуге және орман пайдалануға байланысты емес өзге де жұмыстарды орындау, егер бұл үшiн мемлекеттiк орман қорының жерiн басқа жер санаттарына ауыстыру және (немесе) оларды алып қою қажет болмаса, тиісті экологиялық рұқсат не мемлекеттiк экологиялық сараптаманың оң қорытындысы болған кезде аумақтық бөлімшемен келiсу бойынша облыстың жергілікті атқарушы органының шешiмi негiзiнде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z506" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Мемлекеттік орман қоры жерінде уранды жерасты ұңғымасында шайып сілтісіздендіру әдісімен өндіру оны басқа санаттардағы жерге ауыстырмай, уәкілетті орган айқындаған тәртіппен, бүлінген жер учаскелерін кейіннен рекультивациялай отырып және оларды орман иеленушіге бере отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жер қойнауын пайдаланушылар мемлекеттік орман қоры учаскелерін уранды жерасты ұңғымасында шайып сілтісіздендіру әдісімен өндіру үшін пайдаланған кезде жер қойнауын игерудің алғашқы үш жылы бойы пайдаланылатын учаскенің екі есе мөлшерінде орман екпелерін өтемдік отырғызуды және орман айналған алаңға ауыстырылғанға дейін оларды күтіп-ұстауды жүргізуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z507" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Облыстың жергілікті атқарушы органының шешiмiнде жүргiзiлетiн жұмыстардың атауы, оларды орындау мерзiмдерi мен шарттары, қоршаған ортаны қорғау жөнiндегi экологиялық талаптар, жер учаскелерін қалпына келтіру жөніндегі іс-шаралар және оларды жүргізу мерзімдері көрсетiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 54-бапқа өзгерістер енгізілді - ҚР 15.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 73-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 401-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31.12.2025 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-бөлім. Орман орналастыру, орман қорының мемлекеттік есебі, мемлекеттік орман кадастры және мемлекеттік орман мониторингі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z67" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-тарау. Орман орналастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">55-бап. Орман орналастыру </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Орман орналастыру орман шаруашылығын жүргiзудiң тиiмдiлiгiн арттыруға, орман шаруашылығында бiрыңғай ғылыми-техникалық саясатты жүзеге асыруға, орман қорының ұтымды пайдаланылуын қамтамасыз етуге бағытталған iс-шаралар жүйесiн қамтиды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Орман орналастыру кезiнде: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) Қазақстан Республикасының заңдарында белгiленген тәртiппен мемлекеттiк орман қорының шекарасын және мемлекеттiк орман иелiктерiнiң шаруашылықiшiлік ұйымдастырылуын айқындау, оның ішінде орманшылықтарға, орман шеберiнiң учаскелерiне және орман қарау аймағына бөлу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) топографиялық-геодезиялық жұмыстарды орындау мен мемлекеттiк орман қорын арнайы картаға түсiру; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) ормандардың тұқымдық және жас құрамын, олардың жай-күйін анықтай отырып, орман қорын түгендеу, сондай-ақ орман ресурстарының сапалық және сандық сипаттамаларын анықтау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) мемлекеттiк табиғат-қорық қоры объектiлерiн, орманның аса сирек кездесетiн өсiмдiктерiн және ерекше қорғаныштық учаскелердi анықтау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) басты мақсатта пайдалану үшiн ағаш кесу, аралық пайдалану мақсатында ағаш кесу, өзгедей мақсатта ағаш кесу, ормандарды молықтыру мен орман өсiру, суландыру, күзету мен қорғау жөнiндегi iс-шараларды және басқа да орман шаруашылығы iс-шараларын жүргiзу үшiн мемлекеттiк орман қоры учаскелерiн анықтау, сондай-ақ оларды жүргiзудiң тәртiбi мен тәсiлдерiн анықтау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) мемлекеттiк орман қорын санаттарға жатқызуды негiздеу, мемлекеттiк орман қорын бiр санаттан екiншi санатқа ауыстыру, ағаш өспеген алқаптарды орманды алқаптарға айналдыру жөнiнде ұсыныстар әзiрлеу, сондай-ақ мемлекеттiк орман қоры учаскелерiн алқаптар түрiне жатқызу және оларды негiздеу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) мемлекеттiк орман қоры учаскелерiнде есептi кеспеағаштарды, аралық мақсатта пайдалану үшiн ағаш кесу мөлшерiн, басты мақсатта пайдалану үшiн ағаш кесу жасын анықтау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) мемлекеттiк орман қоры учаскелерiнде ормандарды молықтыру мен орман өсiру, орман тұқым шаруашылығы, ормандарды күзету мен қорғау жөнiндегi iс-шаралардың, басқа да орман шаруашылығы iс-шараларының көлемiн анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1) артықшылығы бар, қалыпты және кемiстiгi бар екпелерді қоса алғанда, орман екпелерін селекциялық тұрғыдан бағалау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) жанама орман пайдалану мен қосалқы сүрек ресурстарын дайындау, мемлекеттiк орман қоры учаскелерiн аңшылық шаруашылығының мұқтаждары, сауықтыру, рекреациялық, тарихи-мәдени, туристiк және спорттық мақсаттар үшiн пайдалану мөлшерiн айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1) орман шаруашылығын жүргiзуге кешендi баға беру кезінде өткен тексеру кезеңi iшiнде орман қоры аумағында өрттен және ағаштың заңсыз кесілуінен келтірілген залалды айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) орманды биологиялық зерттеулер; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) орман орналастыру жобаларын жүзеге асыруды авторлық қадағалау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) орман шаруашылығын жүргiзудiң негiзгi ережелерiн әзiрлеу және облыстар бойынша орман орналастырудың жиынтық жобаларын жасау жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алып тасталды - ҚР 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N 34-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Орман ресурстарын есепке алуға, орман қорының аумақтық құрылымына, оның ішінде мемлекеттік орман қорының шекараларын белгілеуге, ормандардың мемлекеттік мониторингіне, орман шаруашылығын жүргізуді жоспарлауға және орман пайдалануға байланысты орман орналастыру мемлекеттік монополияға жатады және оны мемлекеттік орман орналастыру ұйымы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z384" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік монополия субъектісі өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларын монополияға қарсы органмен келісу бойынша уәкілетті орган белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Орман орналастыру материалдары мемлекеттiк орман қоры жерiнiң шекарасын белгiлейтiн және нақтылайтын кезде, жерге орналастыру жұмыстарын жүргiзу кезiнде қолданылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 55-бапқа өзгерістер енгізілді - ҚР 2006.07.07 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 176</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 73-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">56-бап. Орман орналастыруды жүргізу жүйесі </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z430" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Орман орналастыру уәкілетті орган бекіткен мемлекеттік орман қоры аумағында орман орналастыруды жүргізу қағидаларына, сондай-ақ нұсқаулығына сәйкес бiрыңғай жүйе бойынша орындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z431" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Мемлекеттiк орман қоры аумағына орман орналастыруды уәкiлеттi органның құзырындағы мемлекеттiк орман орналастыру ұйымдары аэрофототүсірілімі мен ғарыш түсірілімінің материалдарын қолдана отырып жүргiзедi. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z432" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Бастапқы орман орналастыруды жүргiзбей және осы Кодексте айқындалған тәртiппен бекiтiлген орман орналастыру құжаттамасынсыз мемлекеттiк орман қоры учаскелерiнде орман шаруашылығын жүргiзу мен орман пайдалануға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z433" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Мемлекеттік орман иелігі аумағында ревизиялық кезең аяқталған және орман орналастырудың жаңа құжаттамасы қолданысқа енгізілгенге дейін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z434" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өртке қарсы іс-шаралар ревизиялық кезеңнің соңғы жылына белгіленген көлемдерде орындалады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z435" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ағашты санитариялық мақсатта кесуді қоса алғанда, орман қорғау іс-шаралары ормандардың санитариялық жай-күйіне қарай, мемлекеттік орман иеленушілер немесе уәкілетті органның мамандандырылған ұйымдары жүргізетін орман-патологиялық зерттеп-қараулардың материалдары бойынша айқындалатын көлемдерде жүзеге асырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z436" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ормандарды молықтыру және орман өсіру жөніндегі іс-шаралар орман дақылдары қорының болуына қарай, ревизиялық кезеңнің соңғы жылына белгіленген көлемдерде, бірінші кезекте, ағаш кесілген жерлер мен өртеңдерде орындалады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z437" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) орманды күтіп-баптау мақсатында ағаш кесу өспей қалған немесе ағаштардың басты тұқымдыларының өсуіне кедергі келтіретін ағаштарды кесіп тастауды қажет ететін екпелердің болуына қарай, ревизиялық кезеңнің соңғы жылына белгіленген көлемдерде орындалады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z438" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) басты мақсатта пайдалану үшін ағаш кесу есепті кеспеағаш аймағының орман орналастыру жобасында белгіленген шекте уәкілетті орган бекіткен жыл сайынғы кеспеағаш аймағы қоры мөлшерінде жүргізіледі. Бір жыл бойы есепті кеспеағаш аймағына осы Кодексте айқындалған тәртіппен өзгерістер енгізіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z439" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) орман пайдаланудың осы бөліктің 2), 4) және 5) тармақшаларында көрсетілмеген қалған түрлері осы Кодексте айқындалған тәртіппен ревизиялық кезеңнің соңғы жылына белгіленген көлемдерде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z440" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік орман иеленушілер мемлекеттік орман қоры учаскелерінде жүргізіліп жатқан іс-шаралар мен орман пайдалану туралы деректерді бұрынғы орман орналастыру материалдарына енгізуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 56-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 73-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">57-бап. Мемлекеттiк орман иелiктерiнiң орман орналастыру жобалары </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мемлекеттiк орман қорында орман орналастыру кезiнде орман орналастыру жобалары жасалады, оларда өткен тексеру кезеңi iшiнде орман шаруашылығын жүргiзу мен мемлекеттiк орман қорын пайдалануға кешендi баға берiледi, орман шаруашылығы іс-шаралары жоспарланады және орман шаруашылығын ұйымдастыру мен жүргiзудiң келесi тексеру кезеңiне арналған негiзгi ережелерi әзiрленедi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Мемлекеттiк экологиялық сараптамадан өткен мемлекеттiк орман иелiктерiнiң орман орналастыру жобалары мен орман орналастырудың басқа да құжаттарын уәкiлеттi орган бекiтедi және олар орман шаруашылығын жүргiзу, оның ағымдағы және болашақтағы дамуын жоспарлау үшiн мiндеттi нормативтiк актiлер болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Орман орналастыру жобалары орман орналастыру жұмыстары аяқталғаннан кейiнгi жылдың 1 қаңтарынан бастап қолданысқа енгiзiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 57-бапқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">58-бап. Орман қоры туралы ақпарат </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Орман қоры туралы ақпарат орман қорының мемлекеттiк есебi, мемлекеттiк орман кадастры, мемлекеттiк орман мониторингi, орман орналастыру деректерiн және уәкiлеттi орган және (немесе) мемлекеттік орман орналастыру ұйымдары алған өзге де деректердi қамтиды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Орман қоры туралы ақпарат мемлекеттiк меншiк болып табылады, оны жеке және заңды тұлғалардың пайдалану тәртiбi мен шарттарын уәкiлеттi орган Қазақстан Республикасы ратификациялаған халықаралық шарттарға сәйкес айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 58-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  9-тарау. Орман қорының мемлекеттік есебі, мемлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>орман кадастры және мемлекеттік орман мониторингі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">59-бап. Орман қорының мемлекеттiк есебi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Орман қорының мемлекеттiк есебi Қазақстан Республикасының заңдарында белгiленген тәртiппен орман қорының күзетiлуiн, қорғалуын, ормандардың молықтырылуы мен орман өсiрудi, орманның пайдаланылуын, орман қорының сандық және сапалық өзгерiстерiне жүйелi бақылау жасауды ұйымдастыру және мемлекеттiк органдарды, мүдделi жеке және заңды тұлғаларды орман қоры туралы ақпаратпен қамтамасыз ету үшiн жүргiзiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттiк орман қорының құрамындағы ерекше қорғалатын орман аумақтары жеке бөлiнедi және есепке алынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттiк табиғи қорықтар, мемлекеттiк ұлттық табиғи парктер, мемлекеттiк өңiрлiк табиғи парктер мен мемлекеттiк табиғи резерваттар шекарасындағы мемлекеттiк табиғи ескерткiштер солардың құрамында есепке алынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Орман қорының мемлекеттiк есебiнiң деректерi мемлекеттiк орман кадастрын жүргiзген кезде пайдаланылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Орман қорын мемлекеттік есепке алудың нысанын уәкілетті орган мемлекеттік статистика саласындағы уәкілетті мемлекеттік органмен келісе отырып бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Орман қорын мемлекеттік есепке алуды уәкілетті орган бекіткен қағидаларға сәйкес мемлекеттік орман орналастыру ұйымы жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 59-бапқа өзгерістер енгізілді - ҚР 2006.07.07 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 176</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2010.03.19 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 258-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">60-бап. Мемлекеттiк орман кадастры </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мемлекеттiк орман кадастры орман қорының құқықтық режимi, оны орман иеленушiлер арасында бөлу, орман қорының сандық және сапалық жай-күйi, мемлекеттiк орман қорын санаттары бойынша бөлу туралы мәлiметтер жүйесiн және орман қорының орман шаруашылығын жүргiзу мен шаруашылық қызметтiң нәтижелерiн бағалау үшiн қажеттi басқа да экологиялық және экономикалық сипаттамалары туралы деректердi қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Мемлекеттік орман кадастрын уәкілетті орган бекіткен қағидаларға сәйкес мемлекеттік орман орналастыру ұйымы жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Мемлекеттiк орман кадастрының деректерi орман шаруашылығын мемлекеттiк басқару, оны жүргiзудi ұйымдастыру, орман шаруашылығын жүргiзуге және мемлекеттiк орман қорын пайдалануға байланысты емес мақсаттарда орман алқаптарын ағаш өспеген алқаптарға айналдыру және (немесе) мемлекеттiк орман қоры жерiн алып қою, ормандарды пайдаланудың төлемақысы мөлшерiн белгiлеу, орман пайдаланушылар мен орман иеленушiлердiң шаруашылық қызметiн бағалау кезiнде пайдаланылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттiк орман кадастры көрсеткiштерiнiң тiзбесi мен ормандарды экономикалық бағалау әдiстемесiн уәкiлеттi орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 60-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">61-бап. Мемлекеттiк орман мониторингi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ормандардың мемлекеттік мониторингi орман қорын күзету, қорғау, пайдалану және орман өсіру, ормандардың биологиялық әралуандығы мен экологиялық функцияларын сақтау саласында мемлекеттік басқару мақсатында орман қорының жай-күйi мен серпінін байқау, бағалау және болжау, оның ішінде Жерді қашықтан зондтау деректерін пайдалана отырып байқау, бағалау және болжау жүйесiн бiлдiредi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ормандардың мемлекеттік мониторингін уәкілетті орган бекіткен қағидаларға сәйкес мемлекеттік орман орналастыру ұйымы жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 61-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 08.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 490-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 167-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  6-бөлім. Ормандарды күзету, қорғау, молықтыру мен орман өсіру, орман тұқым шаруашылығы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z77" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-тарау. Орман қорын күзету мен қорғау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">62-бап. Мемлекеттiк орман қорын күзету мен қорғау мiндеттерi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттiк орман қорын күзету мен қорғаудың негiзгi мiндеттерi: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) ормандағы өрттердiң алдын алу, оларды дер кезiнде байқап, жою жөнiндегi іс-шараларды жүргiзу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) мемлекеттiк орман қоры аумағындағы барлық жұмыс iстейтiн әрi сонда орналасқан ұйымдардың, сондай-ақ орманда болатын жеке тұлғалардың ормандарда өрт қауiпсiздiгi ережелерi мен санитарлық ережелердi сақтауын қамтамасыз ету; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) орманды заңсыз ағаш кесуден, зақымдаудан, ұрлаудан және Қазақстан Республикасының орман заңдарын басқадай бұзушылықтан қорғау, сондай-ақ мемлекеттiк орман қоры жерлерiн күзету; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) орман пайдаланушылардың сүрiктi түбiрiмен босату, мемлекеттік орман қоры учаскелерінде ағаш кесу ережелерiн және орман пайдаланудың басқа да түрлерi ережелерiн орындауын қамтамасыз ету; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) орман зиянкестерi мен ауруларының ошақтарын дер кезiнде анықтау, олардың өсiп-көбеюiн болжау және оларға қарсы күресу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) биотехникалық iс-шараларды жүргiзу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) мемлекеттiк орман қоры аумағында аң аулау мен балық аулау ережелерiн сақтауды қамтамасыз ету; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) мемлекеттiк орман қорының күзетiлуiн, қорғалуын, ормандардың молықтырылуын, ұтымды пайдаланылуын және орман өсiрудi қамтамасыз ететiн басқа да iс-әрекеттер; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының экологиялық заңнамасында белгіленген экологиялық талаптардың сақталуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) климаттың өзгеруіне бейімделу және климаттың өзгеруіне осалдықты азайту жөніндегі іс-шараларды жүргізу болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 62-бапқа өзгеріс енгізілді - ҚР 2007.01.09 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 401-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">63-бап. Орман қорын күзету мен қорғау жөнiндегi іс-шараларды жүзеге асыру </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Уәкілетті орган, уәкілетті органның ведомствосы, аумақтық бөлімшелер, облыстардың, республикалық маңызы бар қалалардың, астананың жергiлiктi атқарушы органдары, орман иеленушiлер, орман пайдаланушылар орман қорын күзету мен қорғау жөнiндегi iс-шараларды жүзеге асыруды қамтамасыз етедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ормандарды өрттен қорғау жөніндегі іс-шаралар уәкілетті орган бекіткен ормандардағы өрт қауіпсіздігі қағидаларымен регламенттеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Ормандағы өрт қауiпсiздiгi ережелерiне сәйкес өрт қаупi жағдайын бәсеңдету мақсатында орман иелерi өткiзетiн орман қоры аумағындағы және оған iргелес аумақтарда басқарылатын өртеуден басқа, жердiң барлық санаттарында шөптесiн өсiмдiктердi өртеуге тыйым салынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Облыстардың, республикалық маңызы бар қалалардың, астананың жергiлiктi атқарушы органдары өрт қаупi жоғары кезеңде қажет болған жағдайларда жеке тұлғалардың орманда болуына және оған көлiк құралдарымен кіруіне, сондай-ақ мемлекеттiк орман қоры аумағында жұмыстың белгiлi бiр түрлерiн жүргiзуге шектеу қояды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Жеке тұлғалар мен заңды тұлғаларды ормандағы өрттердi сөндiруге тарту тәртiбi Қазақстан Республикасының заңдарында белгiленедi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 63-бапқа өзгерістер енгізілді - ҚР 2004.12.20 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2005.01.01 бастап күшіне енеді), 2011.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">64-бап. Орман шаруашылығы объектiлерiндегi мемлекеттiк өрт қадағалау </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 64-бап алып тасталды - ҚР 11.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>65-бап. Орман қорын күзету және қорғау жөніндегі авиациялық жұмыстар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Орман қорын күзету және қорғау жөніндегі авиациялық жұмыстарды уәкілетті орган бекіткен қағидаларға сәйкес орман қорын күзету және қорғау жөніндегі авиациялық жұмыстарды жүргізу саласында маманданған ұйымдар жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z368" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ормандарды өрттерден күзету және қорғау жөніндегі авиациялық жұмыстарды орындау үшін орман қорын күзету және қорғау жөніндегі авиациялық жұмыстарды жүргізу саласында маманданған ұйымдар мемлекеттік метеорологиялық қызметтің қысқа мерзімді, орта мерзімді және ұзақ мерзімді ауа райы болжамдарымен қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 65-бап жаңа редакцияда - ҚР 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен; өзгеріс енгізілді - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>65-1-бап. Мемлекеттік өртке қарсы қызметтің, басқа да мемлекеттік органдар мен ұйымдардың орман қорын күзетуге қатысуы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орман өрттерін сөндіруге мемлекеттік өртке қарсы қызметті, басқа да мемлекеттік органдар мен ұйымдарды тарту тәртібін уәкілетті орган азаматтық қорғау саласындағы уәкілетті органмен бірлесіп бекітетін төтенше жағдайға ден қою кезіндегі мемлекеттік органдар мен ұйымдарды басқару және олардың өзара іс-қимылы алгоритмімен белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тарау 65-1-баппен толықтырылды - ҚР 11.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда – ҚР 24.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>66-бап. Өртке қарсы ерікті құралымдардың орман қорын күзетуге қатысуы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 66-баптың тақырыбына өзгеріс енгізілді - ҚР 11.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Орман қорын өрттен күзетуге, олардың алдын алу және оларды сөндіруге өртке қарсы ерікті құралымдар қатысуға құқылы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Өртке қарсы ерікті құралымдарды құру және олардың жұмыс істеуі Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 66-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 11.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">67-бап. Мемлекеттiк орман қорын орман зиянкестерi мен ауруларынан қорғау </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мемлекеттiк орман қорын орман зиянкестерi мен ауруларынан қорғау мемлекеттiк орман қорының жай-күйiн жүйелi түрде қадағалап отырумен, ошақтардың пайда болуының алдын алу, оларды оқшаулау мен жою шаралары арқылы орман зиянкестерi мен ауруларының ошақтарын дер кезiнде анықтаумен қамтамасыз етiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Мемлекеттiк орман қорын орман зиянкестерi мен ауруларынан қорғау: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) ағымдағы, экспедициялық, аэровизуальдi және басқа да орман-патологиялық зерттеулер; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) орман зиянкестерi мен ауруларының өсiп-көбеюiн жалпы, алдын ала және егжей-тегжейлi қадағалау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) орман зиянкестерi мен ауруларына қарсы күрес жөнiндегi жер бетiндегi және авиациялық жұмыстарды жүзеге асыру; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) орман зиянкестерi мен ауруларының алдын алу мен оның ошақтарын жою iс-шараларын қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-1. Алып тасталды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттiк орман қорын орман зиянкестерi мен ауруларынан қорғау жөнiндегi iс-шаралар уәкілетті орган бекiткен ормандардағы санитариялық қағидалармен регламенттеледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 67-бапқа өзгерістер енгізілді - ҚР 2011.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>68-бап. Жеке тұлғалар мен қоғамдық бірлестіктердің орман қорын күзетуді, қорғауды, пайдалануды, ормандарды молықтыруды және орман өсіруді қамтамасыз етуге қатысуы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке тұлғалар мен қоғамдық бірлестіктер Қазақстан Республикасының заңнамасына сәйкес орман қорын күзетуді, қорғауды, пайдалануды, ормандарды молықтыруды және орман өсіруді қамтамасыз етуге қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z369" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Халық орман қорын күзетуге, қорғауға, пайдалануға, ормандарды молықтыруға және орман өсіруге жергілікті өзін-өзі басқару органдары арқылы қатысады. Мемлекеттік органдар мен ұйымдар орман қорын күзетуге, қорғауға, пайдалануға, ормандарды молықтыруға және орман өсіруге байланысты жергілікті маңызы бар мәселелерді шешуде жергілікті өзін-өзі басқару органдарына жәрдем көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z370" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орман қорын күзету, қорғау, пайдалану, ормандарды молықтыру және орман өсіру мақсатында құрылған қоғамдық бірлестіктер ормандардың биологиялық әр алуандығын, мемлекеттік табиғи-қорық қорының объектілерін, мәдени және табиғи мұраны сақтау, орман ресурстарын ұтымды пайдалануды қамтамасыз ету, мектеп орманшылықтарын дамыту, өртке қарсы ерікті құралымдарды құру жөніндегі өздерінің қызметін және орман қорын күзету, қорғау, пайдалану, ормандарды молықтыру және орман өсіру саласындағы басқа да қызметті орман мекемесімен өзара іс-қимыл жасай отырып жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 68-бап жаңа редакцияда - ҚР 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен; өзгеріс енгізілді - ҚР 11.04.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  11-тарау. Қазақстан Республикасының мемлекеттік орман күзеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">69-бап. Қазақстан Республикасының мемлекеттiк орман күзетi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қазақстан Республикасының мемлекеттiк орман күзетi (бұдан әрi - мемлекеттiк орман күзетi) орманды күзету, қорғау, молықтыру және орман пайдалану мәселелерiмен айналысатын орман мекемелерiнiң қызметкерлерiнен тұрады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Мемлекеттiк орман күзетiне өзiне жүктелген мiндеттердi орындауы үшiн: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) жеке тұлғалар мен лауазымды адамдардың мемлекеттiк орман қорын пайдалануды жүзеге асыруға рұқсат беретiн құжаттарын тексеру; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) Қазақстан Республикасының Әкiмшiлiк құқық бұзушылық туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексiне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының орман заңдары, Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану және ерекше қорғалатын табиғи аумақтар саласындағы заңдар саласындағы әкiмшiлiк құқық бұзушылық жөнiнде хаттамалар жасау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) Қазақстан Республикасының орман заңдары, Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану және ерекше қорғалатын табиғи аумақтар саласындағы заңдар саласында құқық бұзушылық жасаған адамдарды ұстау және оларды құқық қорғау органдарына жеткiзу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) Қазақстан Республикасының заңдарына сәйкес көлiк құралдарын, өзге де объектiлер мен орындарды тексерiп қарау, ал қажет болған кезде ұсталған адамдарды жеке қарап тексеру; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) жеке тұлғалар мен лауазымды адамдардың заңсыз қолға түсiрген орман ресурстары мен жануарлар дүниесi ресурстарын, оларды қолға түсiру құралдарын, сондай-ақ көлік құралдарын алып қою және Қазақстан Республикасының заңдарында белгiленген тәртiппен бұлардың кейiннен кiмге тиесiлi болатыны туралы мәселенi шешу құқықтары; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) Қазақстан Республикасының заңдарында көзделген өзге де құқықтар берiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Мемлекеттiк орман күзеті мемлекеттiк орман қоры учаскелерiнде: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) Қазақстан Республикасының орман заңдары, Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану және ерекше қорғалатын табиғи аумақтар саласындағы заңдар саласындағы құқық бұзушылықтарды болдырмауға және оның жолын кесуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) Қазақстан Республикасының орман заңдары, Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану және ерекше қорғалатын табиғи аумақтар саласындағы заңдарды бұзу фактiлерi жөнiндегi ақпаратты, талап-арыздарды және өзге де материалдарды мемлекеттiк органдарға және құқық қорғау органдарына, сотқа жiберуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) өз құзыретi шегiнде жеке және заңды тұлғаларға анықталған тәртiп бұзушылықтарды жою жөнiнде жазбаша нұсқаулар беруге; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) мемлекеттiк орман қоры жерлерiнде, сондай-ақ орман өртi тiкелей қауiп тудырған жағдайда оған iргелес аумақтарда ормандағы өрттердiң алдын алу, оларды дер кезiнде байқау мен сөндiру жөнiндегi жұмыстарды жүргiзуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) шаруашылық қызмет пен өзге де қызметтердi шектеу, тоқтата тұру және тоқтату туралы ұсыныстар енгiзуге мiндеттi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алып тасталды </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Мемлекеттiк орман күзетiнiң лауазымды адамдарына Қазақстан Республикасының заңдарында белгiленген тәртiппен қызметтiк қаруды сақтауға, алып жүруге және қолдануға рұқсат eтiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Мемлекеттiк орман күзетiнiң лауазымды адамдары Қазақстан Республикасының заңдарында белгiленген тәртiппен айырым белгілері бар нысанды киіммен (погонсыз), қызметтiк қарумен және арнаулы қорғаныс құралдарымен, қызметтiк жер телiмiмен қамтамасыз етiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Қазақстан Республикасының заңдарында көзделген жағдайларда, мемлекеттiк орман күзетiнiң лауазымды адамдарының қол күшiн, арнаулы қорғаныс құралдарын және қызметтiк қаруды қолдануға құқығы бар. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z517" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1. Тартылып отырған күштер мен құралдарға қарамастан, мемлекеттік орман күзетінің лауазымды адамы орман өртін сөндіру жөніндегі басшылықты жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Мемлекеттiк орман күзетiнiң қызметi уәкілетті орган бекiткен Мемлекеттiк орман күзетi туралы ережемен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 69-бапқа өзгерістер енгізілді - ҚР 2004.12.20 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 13 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2005.01.01 бастап күшіне енеді), 2011.01.06 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 379-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 02.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 184-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">70-бап. Мемлекеттiк орман күзетiнiң лауазымды адамдарын құқықтық және әлеуметтiк қорғау </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z441" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мемлекеттiк орман күзетiнiң лауазымды адамдары Қазақстан Республикасының заңнамасына сәйкес құқықтық және әлеуметтiк қорғалуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z442" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Азаматтық қызметшілер болып табылатын және ауылдық жерде жұмыс істейтін мемлекеттiк орман күзетiнің лауазымды адамдарына Қазақстан Республикасының заңнамасына сәйкес кемінде жиырма бес пайызға жоғарылатылған лауазымдық айлықақылар белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z443" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттiк орман күзетiнің лауазымды адамдарына мал жаю және шөп шабу үшін жергілікті атқарушы органдардың шешімі бойынша жер учаскелері беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 70-бап жаңа редакцияда - ҚР 15.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 73-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12-тарау. Ормандарды молықтыру мен орман өсіру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">71-бап. Ормандарды молықтыру мен орман өсiру мақсаттары </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Ормандарды молықтыру мақсаты мемлекеттiк орман қорының ағашы кесiлген, өртелген және бұрын орман өскен өзге де аумақтарында орманды уақытында қалпына келтiру, ормандардың тұқымдық құрамын жақсарту, олардың өнiмдiлiгін арттыру, мемлекеттiк орман қоры жерлерiнiң ұтымды пайдаланылуын қамтамасыз ету болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Орман өсiру мақсаты бұрын ағаш өспеген аумақтарда екпелер отырғызу болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>72-бап. Мемлекеттік орман қоры учаскелерінде ормандардың ресурстық әлеуетін арттыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 72-баптың тақырыбы жаңа редакцияда - ҚР 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 401-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мемлекеттiк орман қоры учаскелерiнде орман шаруашылығын жүргiзу ормандардың ресурстық әлеуетiн арттыруды қамтамасыз етуге тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мемлекеттiк орман қоры учаскелерiнде ормандардың ресурстық әлеуетiн арттыру ағаш кесудің ғылыми негiзделген жүйесiн iске асыру, ормандарды молықтыру, олардың тұқымдық құрамын жақсарту, селекциялық-генетикалық негiзде тұрақты орман тұқым базасын жасау және оны тиiмдi пайдалану, су-орман мелиорациясы, күтiп-баптау мақсатында ағаш кесу мен санитариялық мақсатта ағаш кесудi қоса алғанда, орманды күтiп-баптау, орман шаруашылығына арнап жолдар салу, басқа да орман шаруашылығы iс-шараларын жүргiзу нәтижесiнде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттiк орман қоры учаскелерiнде ормандардың ресурстық әлеуетiн арттыру жөнiндегi iс-шараларды орман мекемелерi мен орман пайдаланушылар орман орналастыру жобаларына сәйкес жүргiзедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы баптың 2-тармағында көрсетілген іс-шараларды орман мекемелері және орман пайдаланушылар орманның экожүйелік қызметтері үшін ерікті жарналар есебінен жүргізе алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 72-бапқа өзгеріс енгізілді - ҚР 15.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 73-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 401-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">73-бап. Ормандарды молықтыру мен орман өсiру жөнiндегi iс-шараларды жүргiзу </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мемлекеттiк орман қоры учаскелерiнде ормандарды молықтыру жөнiндегi iс-шаралар орман өсiру жағдайы мен экономикалық мақсатқа сәйкестiгi ескерiле отырып, экологиялық және санитарлық-эпидемиологиялық талаптар сақталып, неғұрлым қысқа мерзiмде өнiмдiлiгi жоғары және төзiмдi екпелер жасауды қамтамасыз ететiн әдiстермен жүргiзiлуге тиiс. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Мемлекеттiк орман қорында ормандарды молықтыру мен орман өсiру жөнiндегi жұмыстар көлемi орман орналастыру және осы салаға маманданған басқа да жобалау-iздестiру ұйымдары әзiрлеген, мемлекеттiк экологиялық сараптамадан өткен жобалармен айқындалады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттiк орман қоры учаскелерiнде ормандарды молықтыру мен орман өсiру және олардың сапасына бақылау жасау жөнiндегi iс-шараларды жүргiзу тәртiбiн уәкілетті орган белгiлейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Мемлекеттік орман қорында орман дақылдарын, питомниктерді, орманның табиғи қалпына келуіне жәрдемдесу шаралары жүргізілген және табиғи өсуге қалдырылған алаңдарды түгендеу уәкілетті орган бекіткен тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Жекеше орман қоры жерлерiнде орман өсiру жөнiндегi iс-шараларды жүргiзу меншiк иесiнiң қаражаты есебiнен жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 73-бапқа өзгерістер енгізілді - ҚР 2006.07.07 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 176</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2011.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">74-бап. Жердi орман мекемелерiне орман өсiру үшiн беру </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Республика аумағының оңтайлы ормандануын, өзендер, су айдындары жағалауларының желектенуiн қамтамасыз ету үшiн және басқа да қажеттi жағдайларда орман мекемелерiне мемлекеттiк орман қоры жерiнiң құрамына өзге санаттағы жерлер, бiрiншi кезекте ауыл шаруашылығына пайдалану үшiн жарамсыз (сайлар, жыралар, құмдауыттар, басқа да тозған жерлер) жерлер, сондай-ақ босалқы жерлер берiлуi мүмкiн. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Аталған жерлердi орман мекемелерiне беру Қазақстан Республикасының Жер </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">75-бап. Орман флорасы мен фаунасын жерсiндiру </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Орман биоқауымдастықтарында өсiмдiктер мен жануарлардың түрлерi мен нысандарын қалпына келтiру және молықтыру жергiлiктi байырғы флора мен фаунаның ең жақсы тұқымдарын қайта жерсiндiру жолымен жүргiзiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алып тасталды - ҚР 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Өсiмдiктердiң негiзгi байырғы түрлерiне зиянын тигiзетiн өсiмдiктер түрлерiн жерсiндiруге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 75-бапқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  13-тарау. Орман тұқым шаруашылығы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">76-бап. Орман тұқым шаруашылығының мiндеттерi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Орман тұқым шаруашылығының негiзгi мiндеттерi орманды молықтыру мен орман өсiру жөнiндегi жұмыстарды бағалы тұқым қуалаушылық қасиеттерi бар және себу сапасы жоғары тұқымдармен қамтамасыз ету, селекциялық-гендiк негiзде тұрақты орман тұқым базасын қалыптастыру болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">77-бап. Мемлекеттiк орман қоры учаскелерiндегi тұрақты орман тұқым базасы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мемлекеттiк орман қоры учаскелерiндегi тұрақты орман тұқым базасы селекциялық-тұқым шаруашылығы мақсатындағы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) орман тұқымы плантациялары; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) тұрақты орман тұқым учаскелерi; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) артықшылығы бар екпелер объектiлерiн қамтиды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Мемлекеттiк орман қоры учаскелерiнде тұрақты орман тұқым базасын жасау ормандарды молықтыру мен орман өсiруге арналған тұқымдар мен отырғызу материалдарына қажеттiлiктiң ғылыми негiзделген нормаларына сәйкес жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Селекциялық-тұқым шаруашылығы мақсатындағы объектiлер уәкiлеттi орган айқындаған тәртiппен анықталады, жасалады және пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттiк орман қоры учаскелерiнде селекциялық-тұқым шаруашылығы мақсатындағы объектiлердi аттестаттау мен есепке алуды уәкілетті орган белгілеген тәртіппен осы салада маманданған ұйымдар жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Орман тұқымы плантациялары мемлекеттік экологиялық сараптамадан өткен және осы салада маманданған жобалау-іздестіру немесе ғылыми ұйымдар әзірлеген жобалар бойынша құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрақты орман тұқымы учаскелері осы салада маманданған жобалау-іздестіру және ғылыми ұйымдардың ұсынымдарына сәйкес қалыптасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 77-бапқа өзгерістер енгізілді - ҚР 2006.07.07 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 176</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2011.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 73-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">78-бап. Селекциялық-гендiк мақсаттағы объектiлер </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мемлекеттiк орман қоры учаскелерiнде селекциялық-гендiк мақсаттағы объектiлердi анықтау мен құру орман өсiмдiктерiнiң гендiк қорын кепiлдi сақтау, тұқым қуалаушылық қасиеттерiн бағалау, орман тұқым шаруашылығында пайдалану үшін неғұрлым келешегі бар тұқымдар түрiн iрiктеп алу үшiн жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Селекциялық-гендiк мақсаттағы объектiлерге: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) артықшылығы бар ағаштар; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) артықшылығы бар ағаштар клондарының мұрағаттары; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) географиялық дақылдар; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) популяциялар мен будандардың сынақ дақылдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) орман генетикалық резерваттары жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Селекциялық-генетикалық мақсаттағы объектiлер уәкiлеттi орган айқындаған тәртiппен анықталады, жасалады және пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Мемлекеттiк орман қоры учаскелерiнде селекциялық-генетикалық мақсаттағы объектiлердi аттестаттау мен есепке алуды уәкілетті орган белгілеген тәртіппен осы салада маманданған ұйымдар жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Селекциялық-гендiк мақсаттағы объектiлердi күзетудi мемлекеттiк орман иеленушiлер жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 78-бапқа өзгерістер енгізілді - ҚР 2006.07.07 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 176</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 73-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">79-бап. Орман тұқымын аудандастыру </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Орман тұқымын аудандастыру ғылыми-зерттеу талдамалары негiзiнде белгiленедi және оны уәкiлеттi орган бекiтедi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ормандарды молықтыру мен орман өcipу үшiн тұқымдар мен отырғызу материалын пайдалану, олардың орнын ауыстыру уәкілетті орган белгiлеген тәртiппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Орман тұқымдары мен отырғызу материалдарын орман тұқымын аудандастыру талаптарын бұза отырып егуге және пайдалануға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 79-бапқа өзгерістер енгізілді - 2011.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>80-бап. Орман тұқымдарын дайындау, өңдеу, сақтау, пайдалану және олардың сапасын бақылау</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Орман тұқымдарын дайындау тұрақты орман тұқым базасы объектiлерiнде жүзеге асырылады, ал олар жетiспеген жағдайда қалыпты екпелерде дайындауға жол берiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Орман тұқымдарын кемiстiгi бар екпелерде және кемiстiгi бар ағаштардан дайындауға тыйым салынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Сатуға және егу үшiн пайдалануға жататын орман тұқымдарына сараптама жасауды олардың ұлттық стандарттарға, техникалық жағдайларға және орман тұқым шаруашылығы жөнiндегi басқа да нормативтiк құжаттарға сәйкестігі туралы құжаттар беруді уәкiлеттi органның маманданған ұйымдары жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Осы баптың 3-тармағының талаптарына сәйкестiгi тексеруден өтпеген орман тұқымдарын сату мен егуге тыйым салынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алып тасталды - ҚР 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 80-бапқа өзгеріс енгізілді - ҚР 2006.07.07 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 176</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2011.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  14-тарау. Мемлекеттік орман қоры учаскелерін күзету, қорғау, </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>пайдалану, жердің кейбір санаттарында ормандарды молықтыру</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мен орман өсіру ерекшеліктері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">81-бап. Мемлекеттiк орман қоры учаскелерiн күзету, қорғау, пайдалану, заңды тұлға мәртебесi бар ерекше қорғалатын табиғи аумақтарда ормандарды молықтыру мен орман өсiру ерекшелiктерi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттiк орман қоры учаскелерiн күзету, қорғау, пайдалану, заңды тұлға мәртебесi бар ерекше қорғалатын табиғи аумақтарда ормандарды молықтыру мен орман өсiру осы Кодекске және Қазақстан Республикасының ерекше қорғалатын табиғи аумақтар саласындағы заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 81-бапқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>82-бап. Қала ормандарында орман пайдалану ерекшелiктерi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырыпқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       1. Қалалық елдi мекендердiң шекарасы шегiнде орналасқан ормандар (қала ормандары) халықтың демалысына, сауықтыру, рекреациялық, тарихи-мәдени, туристік, спорттық және басқа да шараларды өткiзуге, сондай-ақ қолайлы қоршаған ортаны сақтауға арналады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қала ормандарында басты мақсатта пайдалану үшiн ағаш кесуге және осы ормандардың мақсатымен сыйыспайтын орман пайдаланудың өзге де түрлерiн жүзеге асыруға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 82-бапқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">83-бап. Шекара аймақтарында мемлекеттiк орман қоры учаскелерiн пайдалану ерекшелiктерi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекара аймақтарындағы мемлекеттiк орман қоры учаскелерiнде орман шаруашылығын жүргiзу мен орман пайдалану осы Кодексте және Қазақстан Республикасының Мемлекеттiк шекарасы туралы Қазақстан Республикасының заңнамасында белгiленген тәртiпте жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 83-бапқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">84-бап. Орман иеленушілерге және (немесе) орман пайдаланушыларға пайдалануға берiлген мемлекеттiк орман қоры учаскелерiнде ағаш және бұта өсiмдiктерiн күзету, қорғау, молықтыру және пайдалану ерекшелiктерi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 84-баптың тақырыбына өзгеріс енгізілді – ҚР 30.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 59-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2022 бастап қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қазақстан Республикасының заңнамасында белгіленген тәртіппен орман иеленушілерге және (немесе) орман пайдаланушыларға ауыл және орман шаруашылықтарын кешендi жүргiзу үшiн берiлген мемлекеттiк орман қоры учаскелерiнде ағаш және бұта өсiмдiктерiн күзету, қорғау, молықтыру және пайдалану осы Кодекске сәйкес жүргiзiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Пайдалануына мемлекеттiк орман қоры учаскелерi берiлген орман иеленушілер және (немесе) орман пайдаланушылар осы Кодексте белгiленген тәртiппен оларда орман орналастыру жұмыстарын жүргiзуге және орман қорының мемлекеттiк есебiн жүргiзуге қатысуға мiндеттi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы баптың 1-тармағында аталған ағаш және бұта өсiмдiктерiнiң жай-күйiне, күзетiлуiне, қорғалуына, пайдаланылуы мен молықтырылуына бақылауды уәкілетті органның ведомствосы, аумақтық бөлімшелер жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 84-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 59-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2022 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">85-бап. Басқа меншiк иелерiнiң немесе жер пайдаланушылардың жер учаскелерi арасында орналасқан мемлекеттiк орман қоры учаскелерiн күзету, қорғау, пайдалану, ормандарды молықтыру ерекшелiктерi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Басқа меншiк иелерiнiң немесе жер пайдаланушылардың жер учаскелерi арасында орналасқан мемлекеттiк орман қоры учаскелерiн күзетудi, қорғауды, пайдалануды, ормандарды молықтыруды жүзеге асыру үшiн мемлекеттiк орман иеленушiлердiң Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жер туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заң актiсiнде белгiленген тәртiппен бөтен жер учаскесiн шектеулi мақсатта пайдалану (сервитут) құқығы бар. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жер туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заң актiсiне сәйкес, табиғи өсiп шығатын ормандарды сыртқы қолайсыз әсерлерден қорғау үшiн басқа меншiк иелерiнiң немесе жер пайдаланушылардың жер учаскелерi арасында орналасқан мемлекеттiк орман қоры учаскелерiнiң шекарасын бойлай енi жиырма метр болатын күзет аймақтары белгiленедi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Күзет аймағы шегiнде мемлекеттiк орман қоры учаскесiнiң жай-күйiне керi әсер ететiн кез келген қызметке тыйым салынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>86-бап. Бюджет қаражаты есебiнен өсiрiлген агроорман-мелиорациялық екпелердi күзету, қорғау және пайдалану ерекшелiктерi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Бюджет қаражаты есебiнен өсiрiлген агроорман-мелиорациялық екпелер жердi қолайсыз табиғи құбылыстар мен антропогендiк факторлардың әсерiнен қорғауға арналған. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Бюджет қаражаты есебiнен өсiрiлген агроорман-мелиорациялық екпелердi күзетудi, қорғауды және пайдалануды меншiк иелерi немесе жер пайдаланушылар өздерi орналасқан жерлерде жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бюджет қаражаты есебiнен отырғызылған агроорманмелиорациялық екпелер өсiп тұрған ауыл шаруашылығы мақсатындағы жерлер сатып алынады немесе ұзақ мерзiмдi жер пайдалануға берiледi және Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заңнамалық актiсiне сәйкес жекеше орман қоры жерлерiне ауыстырылуы мүмкiн. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Агроорман-мелиорациялық екпелердiң қорғаныштық функцияларын сақтау мақсатымен орманды күтiп-баптау мақсатында кесуге, санитарлық мақсатта кесуге, бағалылығы төмен екпелердi, сондай-ақ қорғаныштық, су сақтау және басқа да функцияларын жоғалта бастаған екпелердi қайта жаңғыртуға байланысты кесуге, сондай-ақ өзге де мақсаттарда кесуге жол берiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 86-бапқа өзгерту енгізілді - Қазақстан Республикасының 2006.07.07. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 176</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">87-бап. Темiр жолдарға, автомобиль жолдарына, каналдарға, магистральдық құбырларға және басқа да желiлiк құрылыстарға бөлiп берiлген белдеулердегi қорғаныштық екпелердi күзету, қорғау және пайдалану ерекшелiктерi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Темiр жолдарға, автомобиль жолдарына, каналдарға, магистральдық құбырларға және басқа да желiлiк құрылыстарға бөлiп берiлген белдеулерде орналасқан қорғаныштық екпелер осы объектiлердi қолайсыз табиғи құбылыстардан қорғауға, қоршаған ортаның ластануын болдырмауға, шудың әсерiн азайтуға арналған. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Темiр жолдарға, автомобиль жолдарына, каналдарға, магистральдық құбырларға және басқа да желiлiк құрылыстарға бөлiп берiлген белдеулердегi қорғаныштық екпелердi, оларды өсiру жобаларына сәйкес орманды күтiп-баптау мақсатында кесуге, санитарлық мақсатта кесуге, бағалылығы төмен екпелердi, сондай-ақ қорғаныштық, су сақтау және басқа да функцияларын жоғалта бастаған екпелердi қайта жаңғыртумен байланысты кесуге және өзге де мақсаттарда кесуге жол берiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Осы баптың 1-тармағында аталған қорғаныштық екпелердi күзетудi, қорғауды және пайдалануды, осы Кодекске сәйкес, жер пайдаланушылар өздерi орналасқан жерлерде жүзеге асырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7-бөлім. Орман қорын пайдалану</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>15-тарау. Орман пайдалану түрлері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 15-тараудың тақырыбы жаңа редакцияда - ҚР 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">88-бап. Мемлекеттiк орман қоры учаскелерiнде орман пайдалану түрлері </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мемлекеттiк орман қорында орман пайдаланудың: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) сүрек дайындау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) шайыр, ағаш шырындарын дайындау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қосалқы сүрек ресурстарын дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) жанама орман пайдалану (шөп шабу, мал жаю, марал шаруашылығы, аң шаруашылығы, ара ұялары мен омарта орналастыру, бау шаруашылығы, бақша шаруашылығы, бақ шаруашылығы және өзгеде ауыл шаруашылығы дақылдарын өсiру, дәрiлiк шөптер мен техникалық шикiзаттар, жабайы өсетiн жемiстер, жаңғақтар, саңырауқұлақтар, жидектер мен басқа да тағамдық өнiмдер, мүк, орман жамылғысы мен түскен жапырақтар, қамыс дайындау мен жинау); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) мемлекеттiк орман қоры учаскелерiн аңшылық шаруашылығының мұқтажы үшін, сондай-ақ балық шаруашылығын және балық өсіруді жүргізу, оның ішінде мемлекеттік орман қоры учаскелеріндегі су объектілерінде жүргізу үшін пайдалану; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) мемлекеттiк орман қоры учаскелерiн ғылыми-зерттеу мақсаты үшін пайдалану; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) мемлекеттiк орман қоры учаскелерiн сауықтыру, рекреациялық, тарихи-мәдени, туристiк және спорттағы мақсаттар үшiн пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) мемлекеттік орман қоры учаскелерін ағаш және бұта тұқымдарының отырғызу материалдары мен арнайы мақсаттағы плантациялық екпелерді өсіру үшін пайдалану түрлері жүзеге асырылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Мемлекеттiк орман қоры учаскелерiн пайдалану орман ресурстарын алып қойып, сондай-ақ оларды алмай да жүзеге асырылуы мүмкiн. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Мемлекеттiк орман қоры учаскесi орман пайдаланудың бiр немесе бiрнеше түрлерiн жүзеге асыру үшiн бiр немесе бiрнеше орман пайдаланушыға берiлуi мүмкiн. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Орман пайдаланудың белгiлi бiр түрлерiн жүзеге асырған кезде орман ресурстары мен мемлекеттiк орман қоры учаскелерiн пайдалану ерекшелiктерi осы Koдекске сәйкес уәкілетті органның актiлерiмен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 88-бапқа өзгерістер енгізілді - ҚР 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2013.01.01 бастап қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 73-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 12.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 194-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">89-бап. Мемлекеттiк орман қоры учаскелерiнде орман пайдалану жөнiндегi қызметтi лицензиялау </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 89-бап алып тасталды - ҚР 2012.07.10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  16-тарау. Орман пайдалануды жүзеге асыру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">90-бап. Мемлекеттiк орман қоры учаскелерiнде ағаш кесу </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттiк орман қоры учаскелерiнде сүрек дайындаудың мынадай түрлерi: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) толысқан және қураған сүрекдiңдерде жүргiзiлетiн, басты мақсатта пайдалану үшiн; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) аралық мақсатта пайдалану үшiн (орманды күтiп-баптау мақсатында ағаш кесу, iрiктеп санитарлық мақсатта ағаш кесу және құндылығы төмен орман екпелерiн, сондай-ақ қорғаныштық, су сақтау және басқа қасиеттерiн жоғалтқан екпелердi қайта жаңғыртуға байланысты ағаш кесу, жас шыбықтарды жекелеп кесу); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) өзге де мақсатта пайдалану үшiн (жаппай санитарлық мақсатта ағаш кесу, су тораптарының, құбырлардың, жолдардың құрылысына байланысты, орман соқпақтарын тарту, өртке қарсы жыралар жасау кезiнде орман алаңдарын тазарту, өтiмдi үйiндiлердi жинау, өзге де мақсаттар үшiн ағаш кесу) ағаш кесу тәртiбiмен жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>91-бап. Басты мақсатта пайдалану үшін ағаш кесу, аралық мақсатта пайдалану үшін ағаш кесу және басқа да мақсаттарда ағаш кесу кезiнде мемлекеттiк орман иеленушiнiң жергiлiктi халықтың сүрекке деген қажеттілігін қамтамасыз етуi</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z446" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жергiлiктi халықтың сүрекке, оның ішінде отындық сүрекке деген қажеттілігін қамтамасыз ету, одан өтiнiмдер болған кезде, басты мақсатта пайдалану үшін ағаш кесу, аралық мақсатта пайдалану үшін ағаш кесу және басқа да мақсаттарда ағаш кесу кезiнде дайындалған сүректi мемлекеттiк орман иеленушiнiң өткiзуi есебiнен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z445" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Осы баптың 1-тармағында белгіленген өтiнiмдер басты мақсатта пайдалану үшін ағаш кесу, аралық мақсатта пайдалану үшін ағаш кесу және басқа да мақсаттарда ағаш кесу, сондай-ақ кеспеағаш аймағынан тыс қоқысты жинау жүргізілгенге дейін бір ай бұрын тиiстi мемлекеттік орман иеленушіге берiледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 91-бап жаңа редакцияда - ҚР 15.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 73-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">92-бап. Мемлекеттiк орман қорының жекелеген санаттарында орман пайдалануды шектеу </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мемлекеттiк орман қорының "мемлекеттiк табиғи қорықтар ормандары", "табиғаттың мемлекеттiк орман ескерткiштерi", "орманның гендiк резерваттарын қоса алғандағы ғылыми маңызы бар орман учаскелерi", "аса құнды орман алаптары" санаттарында, сондай-ақ қорық режимiндегi мемлекеттiк ұлттық табиғи парктер мен мемлекеттiк өңiрлiк табиғи парктер аймақтарында, мемлекеттiк табиғи резерваттардың қорық орталығы аймақтарында орман пайдалануды шектеудiң қорық режимi белгiленедi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Мемлекеттiк орман қорының рекреациялық пайдалану аймақтарындағы, әкiмшiлiк-өндiрiстiк мақсаттағы, келушiлер мен туристерге қызмет көрсетуге арналған шағын аймақтардағы "мемлекеттiк ұлттық табиғи парктер ормандары" және "мемлекеттiк өңiрлiк табиғи парктер ормандары" санаттарында; мемлекеттiк орман қорының бұзылған ландшафтарды қалпына келтiру аймағындағы "мемлекеттiк табиғи резерваттар ормандары" санатында; мемлекеттiк орман қорының тапсырыс режимi аймағындағы "мемлекеттiк қорық аймақтары ормандары" санатында; мемлекеттiк орман қорының "жаңғақ кәсiпшiлiгi аймақтары", "орман-жемiс екпелерi", "aca биiк тау ормандары", "мемлекеттiк қорғаныштық орман белдеулерi", "эрозияға қарсы ормандар"  және "халықаралық және республикалық маңызы бар ортақ пайдаланудағы темiр жолдар мен автомобиль жолдарының, магистральдық құбырлар мен басқа да желiлiк құрылыстардың бөлiп берiлген белдеулерiндегi қорғаныштық екпелер", "халықаралық және республикалық маңызы бар ортақ пайдаланудағы темiр жолдар мен автомобиль жолдары бойындағы қорғаныштық орман белдеулерi" санаттарында орман пайдалануды шектеудiң тапсырыстық режимi белгiленедi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттік орман қорының мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z371" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) шектеулі шаруашылық қызметі аймақтарында "мемлекеттік ұлттық табиғи парктер ормандары" және "мемлекеттік өңірлік табиғи парктер ормандары";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z372" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "жапырақты сүрекдіңдерді қоспағанда, "өзендер, көлдер, су қоймалары, каналдар және басқа да су объектiлерi жағалауларындағы ормандардың тыйым салынған белдеулерi";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z373" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) шектеулі шаруашылық қызметі аймағындағы "мемлекеттік қорық аймақтары ормандары" санаттарында шектеулі шаруашылық қызметі режимі белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z374" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік орман қорының "өзендер, көлдер, су қоймалары, каналдар және басқа да су объектiлерi жағалауларындағы ормандардың тыйым салынған белдеулерi" санатында шаруашылық қызмет Қазақстан Республикасының орман және су заңнамаларының талаптарына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 92-бапқа өзгеріс енгізілді - ҚР 2006.07.07 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 176</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">93-бап. Мемлекеттiк орман қорының жекелеген санаттағы ормандарында және таудағы ормандарда ағаш кесу ерекшелiктерi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Басты мақсатта пайдалану үшiн ағаш кесу мемлекеттiк орман қорының "егiс-топырақ қорғау ормандары" санатының толысқан және қураған сүрекдiңдерiнде; мемлекеттiк орман қорының "өзендер, көлдер, су қоймалары, каналдар мен басқа да су объектiлерi жағалауларындағы ормандардың тыйым салынған белдеулерi" санатының жапырақты сүрекдіңдерінде жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттiк орман қорының басқа санаттарындағы сүрекдiңдерде басты мақсатта пайдалану үшiн ағаш кесуге тыйым салынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мемлекеттiк орман қорының осы Кодекстiң 44-бабы 2-тармағының 1), 2), 3), 4), 5) және 6) тармақшаларында санамаланған санаттағы ормандарында басқа мақсатта ағаш кесу, сондай-ақ құндылығы төмен және қорғаныштық, су сақтау және басқа да экологиялық функцияларын жоғалта бастаған екпелердi реконструкциялауға байланысты ағаш кесу осы Кодекске сәйкес айқындалған тәртіппен жүргiзiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттiк орман қорының "халықаралық және республикалық жалпы маңызы бар ортақ пайдаланудағы темiр жолдар мен автомобиль жолдарының, каналдардың, магистральдық құбырлар мен басқа да желiлiк құрылыстардың бөлiп берiлген белдеулерiндегi қорғаныштық екпелерi"; "халықаралық және республикалық маңызы бар ортақ пайдаланудағы темiр жолдар мен автомобиль жолдары бойындағы қорғаныштық орман белдеулерi" санаттарында, сондай-ақ мемлекеттiк табиғи резерваттардың орнықты даму аймақтары аумағындағы сүрекдiңдерде аралық мақсатта пайдалану үшiн ағаш кесуге және олардың жүргiзiлу ережелерiне сәйкес өзге де мақсаттарда ағаш кесуге жол берiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Мемлекеттiк өңірлік табиғи қорықтар ормандарында, мемлекеттiк ұлттық табиғи парктердің, мемлекеттiк табиғи парктердің және мемлекеттiк қорық аймақтарының қорық режимi аймақтарында, мемлекеттiк өңірлік табиғи резерваттардың, мемлекеттік табиғи қаумалдардың қорық орталығы аймақтарында, мемлекеттiк орман табиғат ескерткiштерiнде және орманның гендiк резерваттарында орман қорғау iс-шараларын жүзеге асыру үшiн қажеттi санитарлық және өзге мақсаттарда ағаш кесуге ғана жол берiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Аталған мақсаттарда ағаш кесу осы Кодекске сәйкес айқындалған тәртіппен жүргiзiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Мемлекеттiк орман қоры учаскелерiндегi таудағы ормандарда осы ормандардың қорғаныштық, эрозияға қарсы және су реттеушiлiк маңызы ескерiле отырып, басты мақсатта пайдалану үшiн ағаш кесу тәсiлдерi қолданылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 93-бапқа өзгеріс енгізілді - ҚР 2006.07.07 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 176</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 401-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">94-бап. Мемлекеттiк орман қоры учаскелерiнде ағаш кесу кезiнде сүрек дайындау көлемi </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мемлекеттiк орман қоры учаскелерiнде басты мақсатта пайдалану үшiн ағаш кесу тәртiбiмен сүрек дайындау есептi кеспеағаш шегiнде жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Мемлекеттiк орман қоры учаскелерiнде аралық мақсатта пайдалану үшiн ағаш кесу кезiнде сүрек дайындау көлемi орман орналастыру материалдары бойынша, орманды күтiп-баптау мақсатында ағаш кесудiң, іріктеп санитариялық мақсатта ағаш кесудiң, құндылығы төмен және қорғаныш функциясы жоғала бастаған екпелердiң құрылымын қайта жаңғыртуға байланысты ағаш кесудiң белгiленген нормаларын негiзге ала отырып анықталады және осы Кодекске сәйкес айқындалған тәртіппен бекiтіледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттiк орман қоры учаскелерiнде өзге мақсаттарда ағаш кесу кезiнде сүрек дайындау көлемi жаппай санитариялық мақсатта ағаш кесу жөніндегі, құрылыс объектiлерiне арнап орман алаңдарын тазарту, орман соқпақтарын тарту және басқа да орман шаруашылығы iс-шараларын орындау жөнiндегi жұмыстар көлемiмен анықталады және осы Кодекске сәйкес айқындалған тәртіппен бекiтіледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 94-бапқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">95-бап. Мемлекеттiк орман қоры учаскелерiндегi кеспеағаш қоры </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мемлекеттiк орман қоры учаскелерiндегi кеспеағаш қоры басты мақсатта пайдалану үшiн сүрек дайындауға арналған толысқан босалқы сүрекдіңдерден құралады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Мемлекеттiк орман қоры учаскелерiндегi кеспеағаш қорының мөлшерi қылқан жапырақты, қатты жапырақты және жұмсақ жапырақты тұқымдар бойынша деректер бөлiп көрсетiле отырып, мемлекеттiк орман қорының санаттары бойынша жыл сайын бөлек белгiленедi және осы Кодекске сәйкес айқындалған тәртіппен бекiтіледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 95-бапқа өзгеріс енгізілді – ҚР 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">96-бап. Мемлекеттiк орман қоры учаскелерiнде шайыр және ағаш шырындарын дайындау </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мемлекеттiк орман қоры учаскелерiнде шайыр және ағаш шырындарын дайындау толысқан және қураған сүрекдiңдерде жүзеге асырылады, олар сөл алудың белгiленген мерзiмi аяқталғаннан кейiн басты мақсатта пайдалану үшiн ағаш кесуге арналады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Толысқан және қураған сүрекдiңдер жеткiлiксiз болған кезде, сөл алу мерзiмiнiң аяқталуына қарай кесу жасына жететiн толысуға таяу сүрекдiңдерден сөл алуға жол берiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Басты мақсатта пайдалану үшiн ағаш кесудiң Қазақстан Республикасының заңдарында белгiленген тәртiппен бекiтiлген жоспарларынсыз аталған сүрекдiңдердi сөл алу үшiн беруге және осы сүрекдiңдерден сөл алуға тыйым салынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Екпелердiң санитарлық жай-күйi күрт нашарлаған немесе өрттен зақымданған жағдайда ғана олар сөл алудан мерзiмiнен бұрын босатылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттiк орман қоры учаскелерiнде шайыр және ағаш шырындарын дайындау қағидаларын, сондай-ақ сүрекдiңдерден сөл алынуы мүмкiн аймақты уәкілетті орган бекiтедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 96-бапқа өзгерістер енгізілді - ҚР 2011.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">97-бап. Мемлекеттiк орман қоры учаскелерiнде қосалқы сүрек ресурстарын дайындау </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мемлекеттiк орман қоры учаскелерiнде өнеркәсiптiк өңдеу және тұрғын халықтың қажетін қанағаттандыру үшін қосалқы сүрек ресурстарын дайындау орманға зиян келтiрiлмей жүзеге асырылуға тиіс. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Мемлекеттiк орман қоры учаскелерiнде ағаш кесу жұмыстарын жүргiзу тәртiбiмен кесiлген ағаштардан ғана қабық және бұтақ дайындауға болады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Мемлекеттiк орман қоры учаскелерiнде қураған және құлаған ағаштардан қабық дайындау мемлекеттiк орман қорының бүкiл аумағында жүргiзiлуi мүмкiн. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Мемлекеттiк орман қоры учаскелерiнде сыпыртқыларды, сыпырғыларды және басқа да сол сияқты заттарды өру, сондай-ақ әзiрлеу үшiн бұтақтарды ағаш кесу ережелерiмен айқындалған тәртiппен өсiп тұрған ағаштардан дайындауға жол берiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>98-бап. Мемлекеттiк орман қоры учаскелерiнде жанама орман пайдалануды жүзеге асыру шарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z352" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттiк орман қоры учаскелерiнде жабайы жемiстер, жаңғақтар, саңырауқұлақтар, жидектер, дәрiлiк өсiмдiктер және техникалық шикiзат дайындау мен жинау, марал шаруашылығы, аң шаруашылығы, ара ұялары мен омарталар орналастыру, бау шаруашылығы, бақша шаруашылығы, бақ шаруашылығы және өзге де ауыл шаруашылығы дақылдарын өсiру орманға зиян келтiрiлмей, уәкілетті орган бекiткен Қазақстан Республикасында жанама орман пайдалану қағидаларында айқындалған тәртiппен жүзеге асырылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 98-бап жаңа редакцияда - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); өзгеріс енгізілді - ҚР 15.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 73-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2018 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">99-бап. Мемлекеттiк орман қоры учаскелерiнде шөп шабу және мал жаю </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мемлекеттiк орман қорының шөп шабуға және мал жаюға болатын учаскелерiн орман орналастыру жобаларына немесе ерекше қорғалатын табиғи аумақтарды басқару жоспарларына сәйкес мемлекеттiк орман иеленушiлер белгiлейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шөп шабуға және мал жаюға болатын мемлекеттік орман қорының учаскелерін пайдалануға Қазақстан Республикасының жайылымдар туралы заңнамасына сәйкес Жайылымдарды басқару және оларды пайдалану жөніндегі жоспарда аталған жеке және (немесе) заңды тұлғалардың артықшылықты құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орман және табиғат қорғау мекемелері ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органына жайылымдар мен шабындықтар алып жатқан алаңдар мен олардан бос алаңдарды, олардың орналасқан жерін көрсете отырып, мемлекеттік орман қорының шөп шабу және мал жаю мүмкін болатын учаскелері туралы, сондай-ақ оларды пайдалану шарттары туралы мәліметтерді ағымдағы жылғы 1 қарашадан кешіктірмей ұсынуға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Мемлекеттiк орман қорына кiретiн жайылымдарда бақташысыз мал жаюға шалғай, жолы қиын және халық аз қоныстанған аудандарда ерекше жағдайларда жол берiледi. Мұндай аудандардың тiзбесiн облыстың жергілікті атқарушы органының ұсынуы бойынша облыстың жергілікті өкiлдi органы бекiтедi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сексеуіл ормандарынан басқа, мемлекеттiк орман қоры учаскелерiнде ешкi жаюға арнайы бөлiнiп қоршалған учаскелерде ғана жол берiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Мемлекеттiк орман қоры учаскелерiнде шөп шабу және мал жаю қағидаларын уәкілетті орган бекiтедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 99-бапқа өзгерістер енгізілді - ҚР 2011.07.05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2011.10.13 бастап қолданысқа енгізіледі); 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 20.02.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 48-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 73-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">100-бап. Мемлекеттiк орман қоры учаскелерiн аңшылық шаруашылығының қажетiне пайдалану </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мемлекеттiк орман қоры учаскелерiн аңшылық шаруашылығының қажетi үшiн пайдалану орманға зиян келтiрiлмей жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Мемлекеттiк орман қорының аңшылық шаруашылығының қажетi үшiн берiлген учаскелерiнде орман пайдалану және орман шаруашылығы iс-шаралары жабайы жануарлардың мекен етуiне қолайлы орта сақталған жағдайда жүзеге асырылуға тиiс. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Ормандардағы жабайы жануарлар саны экожүйенiң тұрақтылығын қамтамасыз ететiн шекте реттеледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Мемлекеттiк орман қоры учаскелерi аңшылық шаруашылығының қажеттерi үшiн жеке және заңды тұлғаларға пайдалануға осы Кодексте белгiленген тәртiппен ұзақ мерзiмдi орман пайдалану шарты негiзiнде берiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Мемлекеттiк орман қоры учаскелерiнде жануарлар дүниесiн, оның iшiнде аңшылық шаруашылығының мұқтаждығы үшiн пайдалану тәртiбiн уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 100-бапқа өзгеріс енгізілді - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">101-бап. Мемлекеттiк орман қоры учаскелерiн ғылыми-зерттеу мақсаттарына пайдалану </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ғылыми-зерттеу жұмыстарын жүргiзу үшін мемлекеттiк орман иеленушiлер мемлекеттiк орман қоры учаскелерiн осы Кодексте айқындалған тәртiппен жеке және заңды тұлғаларға ұзақ мерзiмдi орман пайдалануға – ұзақ мерзiмдi орман пайдалану шартының талаптарымен, ал қысқа мерзiмдi орман пайдалануға қысқа мерзiмдi орман пайдалану шарты және рұқсат беру құжаттары негiзiнде бередi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мемлекеттiк орман қоры учаскелерiн ғылыми-зерттеу мақсаттарында пайдалану тәртiбiн уәкілетті орган белгiлейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 101-бапқа өзгерістер енгізілді - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 73-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">102-бап. Мемлекеттiк орман қоры учаскелерiн сауықтыру, рекреациялық, тарихи-мәдени, туристiк және спорттағы мақсаттар үшін пайдалану </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мемлекеттiк орман қоры учаскелерi сауықтыру, рекреациялық, тарихи-мәдени, туристiк және спорттық мақсаттар үшiн осы Кодексте айқындалған тәртiппен жеке және заңды тұлғаларға ұзақ мерзiмдi орман пайдалануға – ұзақ мерзiмдi орман пайдалану шартының талаптарымен, ал қысқа мерзiмдi орман пайдалануға қысқа мерзiмдi орман пайдалану шарты және рұқсат беру құжаттары негiзiнде берiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Орман пайдаланушылар өздерiне берiлген мемлекеттiк орман қоры учаскелерiнде орман ортасы мен табиғи ландшафтар қорғалған, ормандардағы өрт қауiпсiздiгi ережелерi мен санитарлық ережелер сақталған жағдайда абаттандыру және халыққа мәдени-тұрмыстық қызмет көрсету жөнiндегi iс-шараларды жүргiзеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттiк орман қоры учаскелерiн сауықтыру, рекреациялық, тарихи-мәдени, туристiк және спорттық мақсаттар үшiн пайдалану тәртiбiн уәкілетті орган белгiлейдi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 102-бапқа өзгерістер енгізілді - ҚР 29.09.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 239-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 15.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 73-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>102-1-бап. Мемлекеттік орман қорының учаскелерін ағаш және бұта тұқымдыларының отырғызу материалы мен арнайы мақсаттағы плантациялық екпелер өсіру үшін пайдалану</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z398" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мемлекеттік орман қорының учаскелері ағаш және бұта тұқымдыларының отырғызу материалдары мен арнайы мақсаттағы плантациялық екпелер өсіру үшін осы Кодексте белгіленген тәртіппен жеке және заңды тұлғаларға ұзақ мерзімді орман пайдалануға шарт талаптарымен беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z399" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Арнайы мақсаттағы плантациялық екпелерді өсіру үшін мемлекеттік орман қорының тек ормансыз жерлерге жататын учаскелері бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тарау 102-1-баппен толықтырылды - ҚР 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2013.01.01 бастап қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>102-2-бап. Орман ресурстары ұзақ мерзімді орман пайдалануға берілген мемлекеттік орман қорының жерлерінде объектілер салу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z376" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Орман ресурстары сауықтыру, рекреациялық, тарихи-мәдени, туристік және спорттық мақсаттар; аңшылық шаруашылығының мұқтажы; балық шаруашылығын және балық өсіруді жүргізу; жанама орман пайдалану үшін ұзақ мерзімді орман пайдалануға берілген мемлекеттік орман қоры жерлерінде объектілер салу сәулет және қала құрылысы саласындағы функцияларды жүзеге асыратын, республикалық маңызы бар қалалардың, астананың және облыстық маңызы бар қалалардың жергілікті атқарушы органдарының құрылымдық бөлімшесімен және уәкілетті орган ведомствосының аумақтық бөлімшесімен келісілген эскизге (эскиздік жобаға) сәйкес әзірленген жобалау (жобалау-сметалық) құжаттама бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z377" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сауықтыру, рекреациялық, тарихи-мәдени, туристік және спорттық мақсаттар; аңшылық шаруашылығының мұқтажы; балық шаруашылығын және балық өсіруді жүргізу; жанама орман пайдалану үшін ұзақ мерзімді орман пайдалану шартының қолданылу мерзімі өткеннен соң орман пайдаланушының шарттың қолданылу мерзімін ұзартуға артықшылықты құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z378" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сауықтыру, рекреациялық, тарихи-мәдени, туристік және спорттық мақсаттар; аңшылық шаруашылығының мұқтажы; балық шаруашылығын және балық өсіруді жүргізу; жанама орман пайдалану үшін орман ресурстары ұзақ мерзімді орман пайдалануға берілген мемлекеттік орман қорының жерлерінде құрылыс объектілерін пайдалану құқығының ауысу мәселелері ұзақ мерзімді орман пайдалану шартында айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z379" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сауықтыру, рекреациялық, тарихи-мәдени, туристік және спорттық мақсаттар; аңшылық шаруашылығының мұқтажы; балық шаруашылығын және балық өсіруді жүргізу; жанама орман пайдалану үшін ұзақ мерзімді орман пайдалану құқығының ауысуына қарамастан, орман пайдаланушы құрылыс объектілерін уәкілетті органның жазбаша хабарламасына сәйкес басқа тұлғаға беру не шартта өзгеше белгіленген жағдайларды қоспағанда, осы учаскені қалпына келтіру жөнінде іс-шаралар жүргізуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z380" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Жер учаскелеріндегі құрылыс объектілерін бөлшектеуді және сыртқа шығаруды орман пайдаланушы Қазақстан Республикасының заңнамасына сәйкес адамның өміріне, денсаулығына және қоршаған ортаға қауіпсіз тәсілмен жүзеге асыруға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тарау 102-2-баппен толықтырылды - ҚР 2012.01.25 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 548-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); өзгеріс енгізілді - ҚР 29.03.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 06.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 12.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 194-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); 17.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>102-3-бап. Мемлекеттік орман қоры аумағында құрылыс процесіне қойылатын негізгі талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z481" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мемлекеттік орман қорында ұзақ мерзімді орман пайдалану шарты сәулет-жоспарлау тапсырмасын алу үшін негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәулет-жоспарлау тапсырмасы белгіленген құрылыс объектісін жобалауға тапсырма жасау үшін негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z482" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мемлекеттік ұлттық табиғи парктер немесе мемлекеттік табиғи резерваттар жерінде Қазақстан Республикасының ерекше қорғалатын табиғи аумақтар саласындағы заңнамасына сәйкес жеке және заңды тұлғалар мемлекеттік ұлттық табиғи паркпен немесе мемлекеттік табиғи резерватпен жасаған ұзақ мерзімді пайдалану шарты сәулет-жоспарлау тапсырмасы мен жобалауға тапсырма алу үшін негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1-тармаққа өзгеріс енгізу көзделген – ҚР 06.04.2024 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (31.12.2025 бастап қолданысқа </w:t>
+        <w:t xml:space="preserve">      3-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2026 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
-    </w:p>
-[...75 lines deleted...]
-    <w:bookmarkEnd w:id="326"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттік орман қоры учаскелерінде объектілер құрылысының сапасына бақылау мен қадағалауды ұйымдастыру және жүргізу тәртібі Қазақстан Республикасының Кәсіпкерлік кодексінде және "Қазақстан Республикасындағы сәулет, қала құрылысы және құрылыс қызметі туралы" Қазақстан Республикасының Заңында айқындалады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 54-бапқа өзгерістер енгізілді - ҚР 15.06.2017 </w:t>
-[...26 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармаққа өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 254-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2026 бастап қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Салынған объектілерді пайдалануға қабылдау Қазақстан Республикасының Азаматтық кодексімен және "Қазақстан Республикасындағы сәулет, қала құрылысы және құрылыс қызметі туралы" Қазақстан Республикасының Заңымен реттеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тарау 102-3-баппен толықтырылды - ҚР 28.10.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2021 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (01.07.2021 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">103-бап. Мемлекеттiк орман қоры учаскелерiнде орман биоқауымдастықтарының гендiк қорын пайдалану </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мемлекеттiк орман қоры учаскелерiндегi орман биоқауымдастықтарының гендiк қоры мемлекеттiк меншiк объектiлерiне жатады және республикалық меншiкте болады, өсiмдiктер мен жануарлар дүниесiнiң гендiк резерваттарын, артықшылығы бар екпелер мен ағаштарды, басқа да селекциялық-гендiк объектiлердi қамтитын шектеулi орман пайдалану режимiндегi жеке аймақтар түрiнде аумағы жағынан бөлiнедi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Аталған аймақтарды уәкiлеттi органның және ғылым мен ғылыми-техникалық қызмет саласында басшылықты жүзеге асыратын орталық атқарушы органның ұсынуы бойынша Қазақстан Республикасының Үкiметi белгiлейдi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Орман флорасы мен фаунасының гендiк қорының өсiп-өну материалын басқа мемлекеттермен алмасу мемлекеттiк экологиялық сараптаманың оң қорытындысы болған жағдайда, Қазақстан Республикасы Үкiметiнiң шешiмi негiзiнде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z518" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Орман флорасы мен фаунасы гендік қорының репродуктивтік материалдарына қол жеткізу Қазақстан Республикасының заңнамасына сәйкес қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...452 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 55-бапқа өзгерістер енгізілді - ҚР 2006.07.07 </w:t>
-[...10220 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 103-бапқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 184-VII</w:t>
       </w:r>
       <w:r>
@@ -39164,51 +38878,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 104-бапқа өзгеріс енгізілді - ҚР 29.09.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 239-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 08.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 118-VIII</w:t>
       </w:r>
       <w:r>
@@ -39441,51 +39155,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 105-бапқа өзгерту енгізілді - Қазақстан Республикасының 2008.12.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 101-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2009 бастап қолданысқа енгізіледі) Заңымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -39656,51 +39370,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 106-бапқа өзгеріс енгізілді - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -40035,71 +39749,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 109-бапқа өзгерістер енгізілді - ҚР 2004.12.20. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2005 бастап күшіне енеді); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -40780,111 +40494,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 112-бап жаңа редакцияда - ҚР 2006.07.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 176</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, өзгерістер енгізілді - 2008.12.10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 101-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2009.01.01 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 184-VII</w:t>
       </w:r>
       <w:r>
@@ -40900,51 +40614,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -41937,51 +41651,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 114-бап жаңа редакцияда - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -42087,51 +41801,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 116-бап жаңа редакцияда - ҚР 2012.01.25 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 548-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -42279,111 +41993,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 20-тарау 117-1-баппен толықтырылды - ҚР 15.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); өзгеріс енгізілді – ҚР 26.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 198-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -42683,55 +42397,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>