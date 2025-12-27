--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2429e6b" w14:textId="2429e6b">
+    <w:p w14:paraId="cd8b640" w14:textId="cd8b640">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,51 +152,68 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы шешім 01.01 2025 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -231,237 +248,212 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін - өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6 – бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 – тармағының 1) тармақшасына сәйкес, Үлкен Нарын ауданы мәслихаты ШЕШІМ ҚАБЫЛДАДЫ: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. 2025-2027 жылдарға арналған Үлкен Нарын ауылдық округінің бюджеті тиісінше </w:t>
+      1. 2025-2027 жылдардарға арналған Үлкен Нарын ауылдық округінің бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>1 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...58 lines deleted...]
-      1) кірістер – 831612,5 мың теңге, оның iшiнде:</w:t>
+        <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсiмдер – 133481,0 мың теңге;</w:t>
+      1) кірістер – 920 772,5 мың теңге, оның iшiнде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салықтық түсiмдер – 150 750,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 17252,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 17 252,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсiмдерi –680879,5 мың теңге;</w:t>
+      трансферттер түсiмдері –752 770,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 858939,5 мың теңге;</w:t>
+      2) шығындар – 948 099,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттiк кредиттеу – 0,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -543,51 +535,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржылық активтерін сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) - -27327,0 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) - -27 327,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бюджет тапшылығын қаржыландыру (профицитін пайдалану)– 27327,0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -615,135 +607,135 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары –27327,0 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары –27 327,0 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 02.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 15/160-VIII</w:t>
+        <w:t>№ 16/181-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -828,50 +820,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ж. Сыдыкова</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -931,111 +941,111 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 жылғы 5 қаңтардағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№9/95-VIII шешіміне </w:t>
+              <w:t xml:space="preserve">№9/95- VIII шешіміне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Үлкен Нарын ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 02.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 15/160-VIII</w:t>
+        <w:t>№ 16/181-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1833,51 +1843,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-831612,5</w:t>
+920772,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2010,51 +2020,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-133481,0</w:t>
+150750,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2187,51 +2197,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-92269,0</w:t>
+106270,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2364,51 +2374,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-92269,0</w:t>
+106270,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2541,51 +2551,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36012,0</w:t>
+40086,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3072,51 +3082,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30847,0</w:t>
+28950,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3249,51 +3259,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4000,0</w:t>
+9971,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3426,51 +3436,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5200,0</w:t>
+4394,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3603,51 +3613,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5200,0</w:t>
+4394,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4098,51 +4108,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жердi және материалдық емес активтердi сату</w:t>
+Жерді және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4488,51 +4498,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-680879,5</w:t>
+752770,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4665,51 +4675,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-680879,5</w:t>
+752770,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4842,51 +4852,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-680879,5</w:t>
+752770,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5882,51 +5892,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-858939,5</w:t>
+948099,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6059,51 +6069,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-148353,0</w:t>
+156553,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6236,51 +6246,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-148353,0</w:t>
+156553,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6413,51 +6423,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-148353,0</w:t>
+154353,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6590,51 +6600,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+2200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6767,51 +6777,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-319806,0</w:t>
+369197,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6944,51 +6954,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-319806,0</w:t>
+369197,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7298,51 +7308,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94908,0</w:t>
+84299,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7652,51 +7662,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-137390,0</w:t>
+147390,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7829,228 +7839,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+50000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...135 lines deleted...]
-69481,0</w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8183,51 +8193,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69481,0</w:t>
+15000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8288,477 +8298,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-013</w:t>
-[...71 lines deleted...]
-68831,0</w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-650,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77573,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-321299,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77573,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8778,164 +8788,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-321299,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68831,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8996,300 +9006,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-057</w:t>
-[...71 lines deleted...]
-321299,5</w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8742,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
-[...135 lines deleted...]
-0,0</w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Басқалар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+329776,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9309,160 +9319,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+329776,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9514,269 +9528,273 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+329776,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...99 lines deleted...]
-Бюджеттік кредиттерді өтеу</w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9905,51 +9923,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV. Қаржылық активтермен жаслатын операциялар бойынша сальдо</w:t>
+III. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10078,51 +10096,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржылық активтерді сатып алу</w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10146,156 +10164,160 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-Мемлекеттің қаржылық активтерін сатудан түсетін түсімдер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10424,87 +10446,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Бюджет тапшылығы (профициті)</w:t>
-[...35 lines deleted...]
--27327,0</w:t>
+IV. Қаржылық активтермен жасалатын операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10597,51 +10619,570 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VIІ. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+Қаржылық активтерді сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржылық активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-27327,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30855,55 +31396,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>