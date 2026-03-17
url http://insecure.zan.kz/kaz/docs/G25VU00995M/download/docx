--- v1 (2025-12-27)
+++ v2 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cd8b640" w14:textId="cd8b640">
+    <w:p w14:paraId="252ac15" w14:textId="252ac15">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -291,169 +291,169 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдардарға арналған Үлкен Нарын ауылдық округінің бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1 қосымшаларға</w:t>
+        <w:t>1қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 920 772,5 мың теңге, оның iшiнде:</w:t>
+      1) кірістер – 1 088 706,5 мың теңге, оның iшiнде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсiмдер – 150 750,0 мың теңге;</w:t>
+      салықтық түсiмдер – 156 965,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 17 252,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 18 452,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсiмдері –752 770,5 мың теңге;</w:t>
+      трансферттер түсiмдері –913 289,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 948 099,5 мың теңге;</w:t>
+      2) шығындар – 1 116 033,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттiк кредиттеу – 0,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -553,51 +553,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) - -27 327,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану)– 27327,0 мың теңге:</w:t>
+      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 27 327,0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -635,61 +635,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 07.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 23.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 16/181-VIII</w:t>
+        <w:t>№ 19/207-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -941,111 +941,111 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 жылғы 5 қаңтардағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№9/95- VIII шешіміне </w:t>
+              <w:t xml:space="preserve">№9/95-VIII шешіміне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Үлкен Нарын ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 07.11.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 23.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 16/181-VIII</w:t>
+        <w:t>№ 19/207-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1303,51 +1303,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші сыныбы</w:t>
+Кішісыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -1843,51 +1843,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-920772,5</w:t>
+1088706,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2020,51 +2020,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150750,0</w:t>
+156965,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2197,51 +2197,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-106270,0</w:t>
+110543,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2374,51 +2374,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-106270,0</w:t>
+110543,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2551,51 +2551,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40086,0</w:t>
+42028,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2728,51 +2728,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-677,0</w:t>
+927,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2905,51 +2905,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-488,0</w:t>
+758,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3082,51 +3082,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28950,0</w:t>
+29372,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3259,51 +3259,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9971,0</w:t>
+10971,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3967,51 +3967,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17252,0</w:t>
+18452,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4144,51 +4144,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17252,0</w:t>
+18452,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4321,51 +4321,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17252,0</w:t>
+18452,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4498,51 +4498,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-752770,5</w:t>
+913289,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4675,51 +4675,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-752770,0</w:t>
+913289,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4852,51 +4852,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-752770,5</w:t>
+913289,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5140,51 +5140,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+Сомасы (мыңтеңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5892,51 +5892,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-948099,5</w:t>
+1116033,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6069,51 +6069,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-156553,0</w:t>
+274553,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6246,51 +6246,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-156553,0</w:t>
+274553,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6600,51 +6600,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2200,0</w:t>
+120200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6777,51 +6777,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-369197,0</w:t>
+408841,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6954,51 +6954,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-369197,0</w:t>
+408841,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7131,51 +7131,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87308,0</w:t>
+91798,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7662,51 +7662,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-147390,0</w:t>
+122544,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7839,51 +7839,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50000,0</w:t>
+110000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8547,51 +8547,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77573,0</w:t>
+87863,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8724,51 +8724,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77573,0</w:t>
+87863,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9078,51 +9078,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8742,0</w:t>
+19032,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11138,51 +11138,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+VIІ. Бюджет тапшылығын қаржыландыру (профицитін 6пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>