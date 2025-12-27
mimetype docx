--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c9b4b3d" w14:textId="c9b4b3d">
+    <w:p w14:paraId="e32426a" w14:textId="e32426a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -268,272 +268,272 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Солоновка ауылдық округінің бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3 – қосымшаларға</w:t>
+        <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес, тиісінше соның ішінде 2025 жылға арналған келесі көлемдерде бекітілсін:</w:t>
+        <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекiтiлсiн: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер –  197 789,0 оның iшiнде:</w:t>
+      1) кірістер – 206 932,0 мың теңге, оның iшiнде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсiмдер – 10 836,0 мың теңге;   </w:t>
+      салықтық түсiмдер – 19 979,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       салықтық емес түсiмдер – 0,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негiзгi капиталды сатудан түсетiн түсiмдер – 800,0 мың теңге;  </w:t>
+      негiзгi капиталды сатудан түсетiн түсiмдер – 800,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсiмдерi  – 186 153,0 мың теңге;</w:t>
+      трансферттер түсiмдерi – 186 153,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) шығындар - 210 770,6 мың теңге;   </w:t>
+        <w:t xml:space="preserve">
+      2) шығындар –  219 913,6 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) таза бюджеттiк кредиттеу –  0,0 мың теңге, оның ішінде: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік кредиттер – 0,0 мың теңге;</w:t>
+      бюджеттік кредиттер –  0,0 мың теңге;  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4) қаржылық активтермен жасалатын операциялар бойынша сальдо – 0,0 мың теңге, оның ішінде:  </w:t>
+        <w:t xml:space="preserve">
+      4) қаржылық активтермен жасалатын операциялар бойынша сальдо – 0,0 мың теңге, оның ішінде: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қаржылық активтерді сатып алу – 0,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -543,69 +543,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мемлекеттің қаржылық активтерін сатудан түсетін түсімдер – 0,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) бюджет тапшылығы (профициті) – -12 981,6 мың теңге; </w:t>
+      5) бюджет тапшылығы (профициті) – - 12 981,6 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 12 981,6 мың теңге:</w:t>
+      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 12981,6 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -615,89 +615,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 12 981,6 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары –12 981,6 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 02.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 15/159-VIII</w:t>
+        <w:t>№ 16/180-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -981,61 +981,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Солоновка ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 02.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 15/159-VIII</w:t>
+        <w:t>№ 16/180-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1814,51 +1814,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-197789,0</w:t>
+206932,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1991,51 +1991,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10836,0</w:t>
+19979,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2168,51 +2168,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1000,0</w:t>
+2696,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2345,51 +2345,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1000,0</w:t>
+2696,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2522,51 +2522,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8742,0</w:t>
+13799,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2699,51 +2699,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-253,0</w:t>
+198,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2876,51 +2876,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+55,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3230,51 +3230,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3745,0</w:t>
+8802,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3407,51 +3407,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1094,0</w:t>
+3484,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3584,51 +3584,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1094,0</w:t>
+3484,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5483,51 +5483,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-210770,6</w:t>
+219913,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5660,51 +5660,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60376,0</w:t>
+63195,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5837,51 +5837,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60376,0</w:t>
+63195,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6014,51 +6014,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48271,0</w:t>
+51363,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6191,51 +6191,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12105,0</w:t>
+11832,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6368,51 +6368,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9500,0</w:t>
+15959,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6545,51 +6545,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9500,0</w:t>
+15959,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6722,51 +6722,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8700,0</w:t>
+6600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7076,51 +7076,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+8559,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7253,51 +7253,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26050,0</w:t>
+25915,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7430,51 +7430,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26050,0</w:t>
+25915,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7784,51 +7784,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-650,0</w:t>
+515,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29549,55 +29549,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>