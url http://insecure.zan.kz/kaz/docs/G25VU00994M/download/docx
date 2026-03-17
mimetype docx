--- v1 (2025-12-27)
+++ v2 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e32426a" w14:textId="e32426a">
+    <w:p w14:paraId="11e986e" w14:textId="11e986e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,51 +152,68 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы шешім 01.01 2025 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -231,52 +248,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін - өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6 – бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 – тармағының 1) тармақшасына сәйкес, Үлкен Нарын аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Солоновка ауылдық округінің бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -311,67 +344,66 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекiтiлсiн: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 206 932,0 мың теңге, оның iшiнде:</w:t>
+      1) кірістер – 206 764,0 мың теңге, оның iшiнде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсiмдер – 19 979,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -399,177 +431,177 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негiзгi капиталды сатудан түсетiн түсiмдер – 800,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсiмдерi – 186 153,0 мың теңге;</w:t>
+      трансферттер түсiмдерi – 185 985,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2) шығындар –  219 913,6 мың теңге; </w:t>
+        <w:t>
+      2) шығындар –  219 745,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) таза бюджеттiк кредиттеу –  0,0 мың теңге, оның ішінде: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік кредиттер –  0,0 мың теңге;  </w:t>
+      бюджеттік кредиттер –  0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      4) қаржылық активтермен жасалатын операциялар бойынша сальдо – 0,0 мың теңге, оның ішінде: </w:t>
+        <w:t>
+      4) қаржылық активтермен жасалатьын операциялар бойынша сальдо – 0,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қаржылық активтерді сатып алу – 0,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      мемлекеттің қаржылық активтерін сатудан түсетін түсімдер – 0,0 мың теңге; </w:t>
+        <w:t>
+      мемлекеттің қаржылық активтерін сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) бюджет тапшылығы (профициті) – - 12 981,6 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -643,107 +675,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 07.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 16/180-VIII</w:t>
+        <w:t>№ 17/188-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -828,50 +860,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ж. Сыдыкова</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -981,61 +1031,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Солоновка ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 07.11.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 16/180-VIII</w:t>
+        <w:t>№ 17/188-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1814,51 +1864,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-206932,0</w:t>
+206764,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4292,51 +4342,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-186153,0</w:t>
+185985,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4469,51 +4519,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-186153,0</w:t>
+185985,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4646,51 +4696,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-186153,0</w:t>
+185985,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5483,51 +5533,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-219913,6</w:t>
+219745,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7961,51 +8011,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-114842,0</w:t>
+114674,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8138,51 +8188,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-114842,0</w:t>
+114674,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8315,51 +8365,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-114842,0</w:t>
+114674,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>