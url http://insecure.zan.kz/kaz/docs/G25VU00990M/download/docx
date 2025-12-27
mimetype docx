--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5a6374d" w14:textId="5a6374d">
+    <w:p w14:paraId="18c8463" w14:textId="18c8463">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -359,141 +359,141 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекiтiлсiн: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 306844,4 мың теңге, оның iшiнде:</w:t>
+      1) кірістер – 335571,4 мың теңге, оның iшiнде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсiмдер – 7030,0 мың теңге;</w:t>
+      салықтық түсiмдер – 12681,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      салықтық емес түсiмдер – 84,0 мың теңге; </w:t>
+      салықтық емес түсiмдер – 18,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негiзгi капиталды сатудан түсетiн түсiмдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсiмдерi – 299730,4 мың теңге;</w:t>
+      трансферттер түсiмдерi – 322872,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) шығындар –  310646,9 мың теңге;   </w:t>
+        <w:t xml:space="preserve">
+      2) шығындар –  339373,9 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) таза бюджеттiк кредиттеу –  0,0 мың теңге, оның ішінде: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -520,52 +520,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4) қаржылық активтермен жасалатын операциялар бойынша сальдо – 0,0 мың теңге, оның ішінде:  </w:t>
+        <w:t xml:space="preserve">
+      4) қаржылық активтермен жасалатын операциялар бойынша сальдо – 0,0 мың теңге, оның ішінде: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қаржылық активтерді сатып алу – 0,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -675,61 +675,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 02.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 15/155-VIII</w:t>
+        <w:t>№ 16/176-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -860,50 +860,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ж. Сыдыкова</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1013,61 +1031,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Алтынбел ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 02.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 15/155-VIII</w:t>
+        <w:t>№ 16/176-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1865,51 +1883,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-306844,4</w:t>
+335571,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2042,51 +2060,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7030,0</w:t>
+12681,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2219,51 +2237,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-670,0</w:t>
+1452,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2396,51 +2414,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-670,0</w:t>
+1452,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2573,51 +2591,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4012,0</w:t>
+5769,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2750,51 +2768,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300,0</w:t>
+315,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2927,51 +2945,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33,0</w:t>
+49,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3104,51 +3122,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2879,0</w:t>
+3779,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3281,51 +3299,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-800,0</w:t>
+1626,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3458,51 +3476,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2348,0</w:t>
+5460,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3635,51 +3653,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2348,0</w:t>
+5460,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3812,51 +3830,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-84,0</w:t>
+18,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3989,51 +4007,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-84,0</w:t>
+18,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4166,51 +4184,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-84,0</w:t>
+18,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4520,51 +4538,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-299730,4</w:t>
+322872,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4697,51 +4715,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-299730,4</w:t>
+322872,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4874,51 +4892,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-299730,4</w:t>
+322872,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5711,51 +5729,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-310646,9</w:t>
+339373,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5888,51 +5906,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77088,0</w:t>
+79549,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6065,51 +6083,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77088,0</w:t>
+79549,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6242,51 +6260,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66159,0</w:t>
+68633,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6419,51 +6437,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10929,0</w:t>
+10915,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6596,51 +6614,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-205872,4</w:t>
+232138,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6773,51 +6791,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-205872,4</w:t>
+232138,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6950,51 +6968,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11169,0</w:t>
+9208,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7481,51 +7499,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-191281,4</w:t>
+219508,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10072,51 +10090,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздар түсімі</w:t>
+Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>