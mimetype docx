--- v1 (2025-12-27)
+++ v2 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="18c8463" w14:textId="18c8463">
+    <w:p w14:paraId="f81de57" w14:textId="f81de57">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -359,69 +359,69 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекiтiлсiн: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 335571,4 мың теңге, оның iшiнде:</w:t>
+      1) кірістер – 336 086,4 мың теңге, оның iшiнде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсiмдер – 12681,0 мың теңге;</w:t>
+      салықтық түсiмдер – 12 681,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       салықтық емес түсiмдер – 18,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -431,69 +431,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негiзгi капиталды сатудан түсетiн түсiмдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсiмдерi – 322872,4 мың теңге;</w:t>
+      трансферттер түсiмдерi – 323 387,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) шығындар –  339373,9 мың теңге; </w:t>
+      2) шығындар –  339 888,9 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) таза бюджеттiк кредиттеу –  0,0 мың теңге, оның ішінде: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -575,69 +575,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржылық активтерін сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) бюджет тапшылығы (профициті) – - 3802,5 мың теңге; </w:t>
+      5) бюджет тапшылығы (профициті) – - 3 802,5 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 3802,5 мың теңге:</w:t>
+      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 3 802,5 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -647,89 +647,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары –3802,5 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары –3 802,5 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 07.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 16/176-VIII</w:t>
+        <w:t>№ 17/186-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1031,61 +1031,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Алтынбел ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 07.11.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Үлкен Нарын аудандық мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 16/176-VIII</w:t>
+        <w:t>№ 17/186-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1883,51 +1883,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-335571,4</w:t>
+336086,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4538,51 +4538,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-322872,4</w:t>
+323387,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4715,51 +4715,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-322872,4</w:t>
+323387,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4892,51 +4892,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-322872,4</w:t>
+323387,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5729,51 +5729,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-339373,9</w:t>
+339888,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7676,51 +7676,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27684,0</w:t>
+28199,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7853,51 +7853,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27684,0</w:t>
+28199,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8062,337 +8062,337 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-2,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+515,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8448,128 +8448,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8657,128 +8657,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8871,51 +8875,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+III. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8939,160 +8943,156 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Бюджеттік кредиттерді өтеу</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9116,156 +9116,160 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-IV. Қаржылық активтермен жасалатын операциялар бойынша сальдо</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9394,51 +9398,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржылық активтерді сатып алу</w:t>
+IV. Қаржылық активтермен жасалатын операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9567,51 +9571,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржылық активтерін сатудан түсетін түсімдер</w:t>
+Қаржылық активтерді сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9740,87 +9744,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Бюджет тапшылығы (профициті)</w:t>
-[...35 lines deleted...]
--3802,5</w:t>
+Мемлекеттің қаржылық активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9912,119 +9916,292 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-3802,5</w:t>
+              <w:t>
+V. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-3802,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+VII. Бюджет тапшылығын қаржыландыру (профицитін пайдалану) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3802,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -10090,51 +10267,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздар түсімдері</w:t>
+Қарыздар түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28653,55 +28830,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>