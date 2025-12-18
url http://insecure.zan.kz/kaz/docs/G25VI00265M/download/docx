--- v0 (2025-11-01)
+++ v1 (2025-12-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e30ffbe" w14:textId="e30ffbe">
+    <w:p w14:paraId="e23247e" w14:textId="e23247e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,51 +102,127 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Шығыс Қазақстан облысы Глубокое аудандық мәслихатының 2025 жылғы 20 қазандағы № 26/5-VIII шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осы шешімнің қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Глубокое аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -156,50 +232,68 @@
         <w:t xml:space="preserve">
       1. "2025 - 2027 жылдарға арналған Глубокое ауданының бюджеті туралы" Глубокое аудандық мәслихатының 2024 жылғы 25 желтоқсандағы № 19/2-VІІІ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешіміне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> келесі өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -582,50 +676,68 @@
       қарыздарды өтеу – 98 098 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланатын қалдықтары – 21 211,8 мың теңге.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -650,50 +762,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3. 2025 жылға арналған аудандық бюджетте дамытуға нысаналы трансферттер 2 413 863,4 мың теңге сомасында көзделсін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2025 жылға арналған аудан бюджетінде дамытуға нысаналы трансферттерді бөлу Глубокое аудандық әкімдігінің қаулысымен айқындалады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -730,50 +860,68 @@
       "6. 2025 жылға арналған аудандық бюджетте ағымдағы нысаналы трансферттер 1 402 119,2 мың теңге сомасында, оның ішінде республикалық бюджеттен 321 209 мың теңге сомасында, облыстық бюджеттен 1 080 910,2 мың теңге сомасында ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2025 жылға арналған аудан бюджетінде ағымдағы нысаналы трансферттерді бөлу Глубокое аудандық әкімдігінің қаулысымен айқындалады.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7 - тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -800,50 +948,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "7. 2025 жылға арналған аудандық бюджетте аудандық бюджеттен кенттер, ауылдар мен ауылдық округтердің бюджеттеріне берілетін нысаналы трансферттер 1 817 527,8 мың теңге сомасында көзделсін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудандық бюджеттен кенттер, ауылдар мен ауылдық округтердің бюджеттеріне берілетін нысаналы трансферттер бөлу Глубокое аудандық әкімдігінің қаулысымен айқындалады.";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z10" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -858,70 +1007,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1 қосымша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1083,90 +1233,77 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Глубокое аудандық</w:t>
+              <w:t xml:space="preserve">Глубокое аудандық мәслихатының </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мәслихатының</w:t>
+              <w:t xml:space="preserve">2025 жылғы 20 қазандағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2025 жылғы 20 қазандағы</w:t>
-[...12 lines deleted...]
-              <w:t>№ 26/5-VIII шешіміне</w:t>
+              <w:t xml:space="preserve">№ 26/5-VIII шешіміне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1200,126 +1337,7783 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Глубокое аудандық</w:t>
+              <w:t xml:space="preserve">Глубокое аудандық мәслихатының </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мәслихатының</w:t>
+              <w:t xml:space="preserve">2024 жылғы 25 желтоқсандағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы 25 желтоқсандағы</w:t>
-[...12 lines deleted...]
-              <w:t>№ 19/2-VII шешіміне</w:t>
+              <w:t xml:space="preserve">№ 19/2-VII шешіміне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Глубокое аудандық бюджет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13767251,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншікті кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9949241,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9737897,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5537051,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Корпоративтік табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1211634</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4325417,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әлеуметтiк салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3230045,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әлеуметтік салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3230045,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+767020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+752336</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14684</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+154543</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Акциздер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32178</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98145</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсiпкерлiк және кәсiби қызметтi жүргiзгенi үшiн алынатын алымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24220</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңдық маңызы бар әрекеттерді жасағаны және (немесе) оған уәкілеттігі бар мемлекеттік органдар немесе лауазымды адамдар құжаттар бергені үшін алынатын міндетті төлемдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49237</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік баж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49237</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51701</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26296,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20284</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен берілген кредиттер бойынша сыйақылар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін өзге де кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5906,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен қаржыландырылатын мемлекеттік мекемелер ұйымдастыратын мемлекеттік сатып алуды өткізуден түсетін ақша түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1023,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен қаржыландырылатын мемлекеттік мекемелер ұйымдастыратын мемлекеттік сатып алуды өткізуден түсетін ақша түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1023,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2035</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+111</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұнай секторы ұйымдарынан түсетін түсімдерді қоспағанда, мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2035</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22346</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22346</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+159643,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+152357,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+152357,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердi және материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7286</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7279</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер түсімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3818009,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төмен тұрған мемлекеттiк басқару органдарынан трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалалардың, ауылдардың, кенттердің, ауылдық округтардың бюджеттерінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3815982,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстық бюджеттен түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3815982,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1336,7789 +9130,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санат</w:t>
+Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы</w:t>
-[...7700 lines deleted...]
-              <w:t>(мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>