--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dd60944" w14:textId="dd60944">
+    <w:p w14:paraId="f2747c0" w14:textId="f2747c0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,51 +102,127 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Шығыс Қазақстан облысы Өскемен қалалық мәслихатының 2025 жылғы 24 қазандағы № 38/2-VIII шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осы шешімнің қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өскемен қалалық мәслихаты ШЕШIМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -730,68 +806,70 @@
         </w:rPr>
         <w:t xml:space="preserve"> осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1213,52 +1291,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
- Барлық кірістер (мың теңге) </w:t>
+              <w:t>
+Барлық кірістер (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1928,51 +2006,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-123 318 392,7</w:t>
+123 318 392,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2105,51 +2183,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73 361 496,6</w:t>
+73 361 496,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2282,51 +2360,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51 843 293,6</w:t>
+51 843 293,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2459,51 +2537,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 209 096,0</w:t>
+31 209 096,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2636,51 +2714,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 634 197,6</w:t>
+20 634 197,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2813,51 +2891,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 283 293,0</w:t>
+8 283 293,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2990,51 +3068,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 283 293,0</w:t>
+8 283 293,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3167,51 +3245,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 804 678,0</w:t>
+8 804 678,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3344,51 +3422,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 093 548,0</w:t>
+5 093 548,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3521,51 +3599,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-600 000,0</w:t>
+600 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3698,51 +3776,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 111 130,0</w:t>
+3 111 130,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3875,51 +3953,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 630 232,0</w:t>
+1 630 232,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4052,51 +4130,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-118 500,0</w:t>
+118 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4229,51 +4307,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-208 284,0</w:t>
+208 284,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4406,51 +4484,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 303 448,0</w:t>
+1 303 448,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4583,51 +4661,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 800 000,0</w:t>
+2 800 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4760,51 +4838,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 800 000,0</w:t>
+2 800 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4937,51 +5015,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-489 139,2</w:t>
+489 139,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5114,51 +5192,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-153 234,0</w:t>
+153 234,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5468,51 +5546,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 927,0</w:t>
+13 927,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5645,51 +5723,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-138 156,0</w:t>
+138 156,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5999,51 +6077,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 422,0</w:t>
+9 422,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6176,51 +6254,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 422,0</w:t>
+9 422,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6353,51 +6431,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 779,0</w:t>
+6 779,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6530,51 +6608,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 779,0</w:t>
+6 779,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6707,51 +6785,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-319 704,2</w:t>
+319 704,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6884,51 +6962,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-319 704,2</w:t>
+319 704,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7061,51 +7139,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12 488 081,0</w:t>
+12 488 081,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7238,51 +7316,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 620 588,0</w:t>
+11 620 588,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7415,51 +7493,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 620 588,0</w:t>
+11 620 588,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7592,51 +7670,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-867 493,0</w:t>
+867 493,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7769,51 +7847,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-609 116,0</w:t>
+609 116,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7946,51 +8024,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-258 377,0</w:t>
+258 377,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8123,51 +8201,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36 979 675,9</w:t>
+36 979 675,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8300,51 +8378,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36 979 675,9</w:t>
+36 979 675,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8477,204 +8555,367 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36 979 675,9</w:t>
+36 979 675,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлық шығындар (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -8718,780 +8959,838 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Бюджеттік бағдарлама</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...119 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...152 lines deleted...]
-5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. ШЫҒЫНДАР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+156 785 930,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-156 785 930,2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 409 595,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-2 409 595,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+112</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан (облыстық маңызы бар қала) мәслихатының аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62 540,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9511,164 +9810,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-62 540,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан (облыстық маңызы бар қала) мәслихатының қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61 583,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9729,123 +10028,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-001</w:t>
-[...71 lines deleted...]
-61 583,0</w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+957,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9865,164 +10164,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-957,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан (облыстық маңызы бар қала) әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+690 825,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10042,164 +10341,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-690 825,9</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан (облыстық маңызы бар қала) әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+644 751,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10260,123 +10559,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-001</w:t>
-[...71 lines deleted...]
-644 751,9</w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 074,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10396,164 +10695,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-46 074,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+452</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) қаржы бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+450 944,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10573,164 +10872,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-450 944,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) бюджетін орындау және коммуналдық меншігін басқару саласындағы мемлекеттік саясатты іске асыру жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+319 561,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10791,123 +11090,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-001</w:t>
-[...71 lines deleted...]
-319 561,4</w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салық салу мақсатында мүлікті бағалауды жүргізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 678,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10968,123 +11267,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-003</w:t>
-[...71 lines deleted...]
-21 678,3</w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жекешелендіру, коммуналдық меншікті басқару, жекешелендіруден кейінгі қызмет және осыған байланысты дауларды реттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+365,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11145,123 +11444,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-010</w:t>
-[...71 lines deleted...]
-365,8</w:t>
+018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 370,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11322,123 +11621,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-018</w:t>
-[...71 lines deleted...]
-2 370,0</w:t>
+028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммуналдық меншікке мүлікті сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106 969,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11458,164 +11757,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-106 969,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+453</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) экономика және бюджеттік жоспарлау бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+111 269,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11635,164 +11934,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-111 269,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экономикалық саясатты, мемлекеттік жоспарлау жүйесін қалыптастыру және дамыту саласындағы мемлекеттік саясатты іске асыру жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+107 643,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11853,123 +12152,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-001</w:t>
-[...71 lines deleted...]
-107 643,0</w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 631,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12030,123 +12329,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-004</w:t>
-[...71 lines deleted...]
-2 631,7</w:t>
+061</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік инвестициялар және мемлекеттік-жекешелік әріптестік, оның ішінде концессия мәселелері жөніндегі құжаттаманы сараптау және бағалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+995,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12166,164 +12465,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-995,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+454</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) кәсіпкерлік және ауыл шаруашылығы бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103 697,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12343,164 +12642,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-103 697,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде кәсіпкерлікті және ауыл шаруашылығын дамыту саласындағы мемлекеттік саясатты іске асыру жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96 792,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12561,123 +12860,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-001</w:t>
-[...71 lines deleted...]
-96 792,5</w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12738,123 +13037,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-007</w:t>
-[...71 lines deleted...]
-500,0</w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведомстволық бағыныстағы мемлекеттік мекемелер мен ұйымдардың күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 405,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12874,164 +13173,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-6 405,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+458</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) тұрғын үй-коммуналдық шаруашылығы, жолаушылар көлігі және автомобиль жолдары бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+535 018,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13051,164 +13350,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-535 018,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде тұрғын үй-коммуналдық шаруашылығы, жолаушылар көлігі және автомобиль жолдары саласындағы мемлекеттік саясатты іске асыру жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+523 740,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13269,123 +13568,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-001</w:t>
-[...71 lines deleted...]
-523 740,5</w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13446,123 +13745,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-013</w:t>
-[...71 lines deleted...]
-10 000,0</w:t>
+067</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведомстволық бағыныстағы мемлекеттік мекемелер мен ұйымдардың күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 278,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13582,164 +13881,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-1 278,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+467</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) құрылыс бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+160 347,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13759,164 +14058,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-160 347,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+040</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органдардың объектілерін дамыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+160 347,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13936,164 +14235,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-160 347,8</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+486</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) жер қатынастары, сәулет және қала құрылысы бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+294 951,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14113,164 +14412,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-294 951,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде жер қатынастары, сәулет және қала құрылысын реттеу саласындағы мемлекеттік саясатты іске асыру жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+294 896,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14331,477 +14630,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-001</w:t>
-[...71 lines deleted...]
-294 896,0</w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-55,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қорғаныс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+126 032,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-126 032,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан (облыстық маңызы бар қала) әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+126 032,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14821,164 +15120,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-126 032,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпыға бірдей әскери міндетті атқару шеңберіндегі іс-шаралар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+120 707,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15039,477 +15338,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-005</w:t>
-[...71 lines deleted...]
-120 707,0</w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан (облыстық маңызы бар қала) ауқымындағы төтенше жағдайлардың алдын алу және оларды жою</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 325,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-5 325,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қоғамдық тәртіп, қауіпсіздік, құқықтық, сот, қылмыстық-атқару қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250 173,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-250 173,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+458</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) тұрғын үй-коммуналдық шаруашылығы, жолаушылар көлігі және автомобиль жолдары бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250 173,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15529,518 +15828,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-250 173,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдi мекендерде жол қозғалысы қауiпсiздiгін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250 173,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-250 173,1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әлеуметтiк көмек және әлеуметтiк қамсыздандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 393 553,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-5 393 553,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+451</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) жұмыспен қамту және әлеуметтік бағдарламалар бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 005 451,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16060,164 +16359,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-5 005 451,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде халық үшін әлеуметтік бағдарламаларды жұмыспен қамтуды қамтамасыз етуді іске асыру саласындағы мемлекеттік саясатты іске асыру жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+194 193,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16278,123 +16577,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-001</w:t>
-[...71 lines deleted...]
-194 193,5</w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауылдық жерлерде тұратын денсаулық сақтау, білім беру, әлеуметтік қамтамасыз ету, мәдениет, спорт және ветеринар мамандарына отын сатып алуға Қазақстан Республикасының заңнамасына сәйкес әлеуметтік көмек көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 470,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16455,123 +16754,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-004</w:t>
-[...71 lines deleted...]
-10 470,0</w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік атаулы әлеуметтік көмек </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+451 968,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16632,123 +16931,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-005</w:t>
-[...71 lines deleted...]
-451 968,0</w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үйге көмек көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 033,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16809,123 +17108,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-006</w:t>
-[...71 lines deleted...]
-5 033,0</w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті өкілетті органдардың шешімі бойынша мұқтаж азаматтардың жекелеген топтарына әлеуметтік көмек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+608 573,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16986,123 +17285,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-007</w:t>
-[...71 lines deleted...]
-608 573,0</w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үйден тәрбиеленіп оқытылатын мүгедектігі бар балаларды материалдық қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41 651,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17163,123 +17462,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-010</w:t>
-[...71 lines deleted...]
-41 651,0</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жәрдемақыларды және басқа да әлеуметтік төлемдерді есептеу, төлеу мен жеткізу бойынша қызметтерге ақы төлеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 863,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17340,123 +17639,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-8 863,0</w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белгіленген тұрғылықты жері жоқ тұлғаларды әлеуметтік бейімдеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+220 371,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17517,123 +17816,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-013</w:t>
-[...71 lines deleted...]
-220 371,0</w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зейнеткерлер мен мүгедектігі бар адамдарға әлеуметтiк қызмет көрсету аумақтық орталығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+918 644,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17694,123 +17993,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-015</w:t>
-[...71 lines deleted...]
-918 644,3</w:t>
+017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оңалтудың жеке бағдарламасына сәйкес мұқтаж мүгедектігі бар адамдарды протездік-ортопедиялық көмек, сурдотехникалық құралдар, тифлотехникалық құралдар, санаторий-курорттық емделу, мiндеттi гигиеналық құралдармен қамтамасыз ету, арнаулы жүрiп-тұру құралдары, жеке көмекшінің және есту бойынша мүгедектігі бар адамдарға қолмен көрсететiн тіл маманының қызметтері мен қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 214 452,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17871,123 +18170,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-017</w:t>
-[...71 lines deleted...]
-2 214 452,3</w:t>
+021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+524,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18048,123 +18347,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-021</w:t>
-[...71 lines deleted...]
-524,0</w:t>
+050</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасында мүгедектігі бар адамдардың құқықтарын қамтамасыз етуге және өмір сүру сапасын жақсарту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+223 982,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18225,123 +18524,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-050</w:t>
-[...71 lines deleted...]
-223 982,5</w:t>
+054</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үкіметтік емес ұйымдарда мемлекеттік әлеуметтік тапсырысты орналастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 654,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18402,123 +18701,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-054</w:t>
-[...71 lines deleted...]
-26 654,0</w:t>
+067</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведомстволық бағыныстағы мемлекеттік мекемелер мен ұйымдардың күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39 571,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18579,123 +18878,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-067</w:t>
-[...71 lines deleted...]
-39 571,7</w:t>
+094</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әлеуметтік көмек ретінде тұрғын үй сертификаттарын беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18715,164 +19014,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-40 500,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+458</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) тұрғын үй-коммуналдық шаруашылығы, жолаушылар көлігі және автомобиль жолдары бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+388 102,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18892,518 +19191,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-388 102,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+068</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті өкілдік органдардың шешімі бойынша қалалық қоғамдық көлікте (таксиден басқа) жеңілдікпен, тегін жол жүру түрінде азаматтардың жекелеген санаттарын әлеуметтік қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+388 102,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-388 102,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+72 118 902,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-72 118 902,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+458</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) тұрғын үй-коммуналдық шаруашылығы, жолаушылар көлігі және автомобиль жолдары бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 841 474,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19423,164 +19722,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-7 841 474,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдi мекендердегі көшелердi жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 501 543,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19641,123 +19940,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-015</w:t>
-[...71 lines deleted...]
-3 501 543,9</w:t>
+016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдi мекендердiң санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53 170,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19818,123 +20117,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-016</w:t>
-[...71 lines deleted...]
-53 170,2</w:t>
+017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерлеу орындарын ұстау және туыстары жоқ адамдарды жерлеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 702,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19995,123 +20294,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-017</w:t>
-[...71 lines deleted...]
-25 702,5</w:t>
+018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдi мекендердi абаттандыру және көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 853 537,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20172,123 +20471,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-018</w:t>
-[...71 lines deleted...]
-2 853 537,4</w:t>
+029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумен жабдықтау және су бұру жүйелерін дамыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 407 520,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20308,164 +20607,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-1 407 520,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+467</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) құрылыс бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60 596 778,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20485,164 +20784,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-60 596 778,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммуналдық тұрғын үй қорының тұрғын үйін жобалау және (немесе) салу, реконструкциялау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 312 498,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20703,123 +21002,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-003</w:t>
-[...71 lines deleted...]
-12 312 498,6</w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инженерлік-коммуникациялық инфрақұрылымды жобалау, дамыту және (немесе) жайластыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44 936 681,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20880,123 +21179,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-004</w:t>
-[...71 lines deleted...]
-44 936 681,2</w:t>
+098</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммуналдық тұрғын үй қорының тұрғын үйлерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 347 599,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21016,164 +21315,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-3 347 599,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+491</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) тұрғын үй қатынастары бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 680 649,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21193,164 +21492,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-3 680 649,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде тұрғын үй қоры саласындағы мемлекеттік саясатты іске асыру жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106 654,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21411,123 +21710,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-001</w:t>
-[...71 lines deleted...]
-106 654,5</w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 495,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21588,123 +21887,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-003</w:t>
-[...71 lines deleted...]
-2 495,5</w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік тұрғын үй қорын сақтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+412 246,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21765,123 +22064,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-005</w:t>
-[...71 lines deleted...]
-412 246,2</w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведомстволық бағыныстағы мемлекеттік мекемелер мен ұйымдардың күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+985,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21942,123 +22241,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-032</w:t>
-[...71 lines deleted...]
-985,5</w:t>
+059</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекенге бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+698 616,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22119,477 +22418,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-059</w:t>
-[...71 lines deleted...]
-698 616,9</w:t>
+098</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммуналдық тұрғын үй қорының тұрғын үйлерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 459 651,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-2 459 651,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 598 302,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-2 598 302,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+455</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) мәдениет және тілдерді дамыту бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 649 544,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22609,164 +22908,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1 649 544,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде тілдерді және мәдениетті дамыту саласындағы мемлекеттік саясатты іске асыру жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 201,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22827,123 +23126,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-001</w:t>
-[...71 lines deleted...]
-37 201,5</w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+896 535,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23004,123 +23303,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-003</w:t>
-[...71 lines deleted...]
-896 535,7</w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық (қалалық) кiтапханалардың жұмыс iстеуi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+407 629,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23181,123 +23480,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-006</w:t>
-[...71 lines deleted...]
-407 629,0</w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік тілді және Қазақстан халқының басқа да тілдерін дамыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 448,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23358,123 +23657,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-007</w:t>
-[...71 lines deleted...]
-2 448,0</w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+329,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23535,123 +23834,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-010</w:t>
-[...71 lines deleted...]
-329,0</w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведомстволық бағыныстағы мемлекеттік мекемелерінің және ұйымдарының күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+305 401,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23671,164 +23970,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-305 401,2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+456</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) ішкі саясат бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+380 594,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23848,164 +24147,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-380 594,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде ақпарат, мемлекеттілікті нығайту және азаматтардың әлеуметтік сенімділігін қалыптастыру саласында мемлекеттік саясатты іске асыру жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68 391,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24066,123 +24365,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-001</w:t>
-[...71 lines deleted...]
-68 391,5</w:t>
+002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік ақпараттық саясат жүргізу жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+196 677,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24243,123 +24542,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-002</w:t>
-[...71 lines deleted...]
-196 677,2</w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жастар саясаты саласында іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+112 915,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24420,123 +24719,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-003</w:t>
-[...71 lines deleted...]
-112 915,7</w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24597,123 +24896,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-006</w:t>
-[...71 lines deleted...]
-55,0</w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведомстволық бағыныстағы мемлекеттік мекемелерінің және ұйымдарының күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 555,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24733,164 +25032,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-2 555,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+467</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) құрылыс бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+396 520,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24910,164 +25209,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-396 520,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Cпорт объектілерін дамыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+396 520,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25087,164 +25386,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-396 520,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+804</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) дене тәрбиесі, спорт және туризм бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+171 643,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25264,164 +25563,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-171 643,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дене тәрбиесі, спорт және туризм саласында жергілікті деңгейде мемлекеттік саясатты іске асыру бойынша қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 442,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25482,123 +25781,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-001</w:t>
-[...71 lines deleted...]
-47 442,5</w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25659,123 +25958,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-003</w:t>
-[...71 lines deleted...]
-55,0</w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туристік қызметті реттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 945,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25836,123 +26135,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-004</w:t>
-[...71 lines deleted...]
-9 945,0</w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көпшілік спортты және ұлттық спорт түрлерін дамыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 422,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26013,123 +26312,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-005</w:t>
-[...71 lines deleted...]
-25 422,0</w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық (облыстық маңызы бар қалалық) деңгейде спорт жарыстарын өткізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60 697,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26190,477 +26489,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-006</w:t>
-[...71 lines deleted...]
-60 697,0</w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстық спорт жарыстарында түрлі спорт түрлері бойынша ауданның (облыстық маңызы бар қаланың) құрама командалары мүшелерінің дайындығы және қатысуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 082,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-28 082,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыл, су, орман, балық шаруашылығы, ерекше қорғалатын табиғи аумақтар, қоршаған ортаны және жануарлар дүниесін қорғау, жер қатынастары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79 450,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-79 450,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+453</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) экономика және бюджеттік жоспарлау бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 701,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26680,164 +26979,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-5 701,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+099</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мамандарға әлеуметтік қолдау көрсету жөніндегі шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 701,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26857,164 +27156,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-5 701,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+458</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) тұрғын үй-коммуналдық шаруашылығы, жолаушылар көлігі және автомобиль жолдары бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53 748,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27034,164 +27333,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-53 748,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+071</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қоршаған ортаны қорғау бойынша іс-шаралар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53 748,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27211,164 +27510,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-53 748,8</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+486</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) жер қатынастары, сәулет және қала құрылысы бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27388,518 +27687,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-20 000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандар, облыстық маңызы бар, аудандық маңызы бар қалалардың, ауылдық округтердiң, кенттердің, ауылдардың шекарасын белгiлеу кезiнде жүргiзiлетiн жерге орналастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-20 000,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өнеркәсіп, сәулет, қала құрылысы және құрылыс қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 641 620,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1 641 620,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+467</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) құрылыс бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 368 345,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27919,164 +28218,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1 368 345,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде құрылыс саласындағы мемлекеттік саясатты іске асыру жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 366 544,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -28137,123 +28436,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-001</w:t>
-[...71 lines deleted...]
-1 366 544,9</w:t>
+017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 800,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -28273,164 +28572,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-1 800,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+486</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) жер қатынастары, сәулет және қала құрылысы бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+273 274,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -28450,518 +28749,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-273 274,9</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудан аумағының қала құрылысын дамыту және елді мекендердің бас жоспарларының схемаларын әзірлеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+273 274,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-273 274,9</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 007 145,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-27 007 145,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+458</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) тұрғын үй-коммуналдық шаруашылығы, жолаушылар көлігі және автомобиль жолдары бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 007 145,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -28981,164 +29280,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-27 007 145,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік инфрақұрылымын дамыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 386 673,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29199,123 +29498,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-022</w:t>
-[...71 lines deleted...]
-6 386 673,0</w:t>
+023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 758 953,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29376,123 +29675,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-023</w:t>
-[...71 lines deleted...]
-6 758 953,7</w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кентiшiлiк (қалаiшiлiк), қала маңындағы ауданiшiлiк қоғамдық жолаушылар тасымалдарын ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29553,123 +29852,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-024</w:t>
-[...71 lines deleted...]
-60 000,0</w:t>
+037</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әлеуметтік маңызы бар қалалық (ауылдық), қала маңындағы және ауданішілік қатынастар бойынша жолаушылар тасымалдарын субсидиялау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 809 486,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29730,477 +30029,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-037</w:t>
-[...71 lines deleted...]
-8 809 486,0</w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар автомобиль жолдарын және елді-мекендердің көшелерін күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 992 032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-4 992 032,9</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 171 159,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1 171 159,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+452</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) қаржы бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 076 561,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30220,164 +30519,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1 076 561,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органының резерві </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 076 561,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30397,164 +30696,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-1 076 561,2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+454</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) кәсіпкерлік және ауыл шаруашылығы бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+94 598,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30574,164 +30873,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-94 598,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіпкерлік қызметті қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 403,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30792,477 +31091,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-006</w:t>
-[...71 lines deleted...]
-27 403,0</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіпкерлік субъектілерін қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67 195,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-67 195,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Борышқа қызмет көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+892 204,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-892 204,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+452</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) қаржы бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+892 204,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -31282,518 +31581,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-892 204,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті атқарушы органдардың облыстық бюджеттен қарыздар бойынша сыйақылар мен өзге де төлемдерді төлеу бойынша борышына қызмет көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+892 204,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-892 204,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 097 791,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-43 097 791,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+452</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) қаржы бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 097 791,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -31813,164 +32112,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-43 097 791,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+269 310,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32031,123 +32330,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-006</w:t>
-[...71 lines deleted...]
-269 310,6</w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңнаманы өзгертуге байланысты жоғары тұрған бюджеттің шығындарын өтеуге төменгі тұрған бюджеттен ағымдағы нысаналы трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 828 480,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32208,123 +32507,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-024</w:t>
-[...71 lines deleted...]
-42 828 480,2</w:t>
+054</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Ұлттық қорынан берілетін нысаналы трансферт есебінен республикалық бюджеттен бөлінген пайдаланылмаған (түгел пайдаланылмаған) нысаналы трансферттердің сомасын қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32376,132 +32675,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-1,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. ТАЗА БЮДЖЕТТІК КРЕДИТТЕУ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-321 522,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32594,437 +32889,441 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-III. ТАЗА БЮДЖЕТТІК КРЕДИТТЕУ</w:t>
-[...35 lines deleted...]
--321 522,0</w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 864,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-7 864,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыл, су, орман, балық шаруашылығы, қоршаған ортаны қорғау және жер қатынастары саласындағы басқа да қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 864,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-7 864,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+453</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) экономика және бюджеттік жоспарлау бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 864,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -33044,868 +33343,868 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-7 864,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мамандарды әлеуметтік қолдау шараларын іске асыру үшін бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 864,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-7 864,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+329 386,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-329 386,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. ҚАРЖЫ АКТИВТЕРІМЕН ОПЕРАЦИЯЛАР БОЙЫНША САЛЬДО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 599 424,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-1 599 424,8</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қаржы активтерін сатып алу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 599 424,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1 599 424,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+458</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) тұрғын үй-коммуналдық шаруашылығы, жолаушылар көлігі және автомобиль жолдары бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 599 424,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -33925,518 +34224,514 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1 599 424,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+065</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңды тұлғалардың жарғылық капиталын қалыптастыру немесе ұлғайту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 599 424,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-1 599 424,8</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. БЮДЖЕТ ТАПШЫЛЫҒЫ (ПРОФИЦИТІ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-34 745 440,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -34529,437 +34824,441 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. БЮДЖЕТ ТАПШЫЛЫҒЫ (ПРОФИЦИТІ)</w:t>
-[...35 lines deleted...]
--34 745 440,3</w:t>
+VII. БЮДЖЕТ ТАПШЫЛЫҒЫН ҚАРЖЫЛАНДЫРУ (ПРОФИЦИТІН ПАЙДАЛАНУ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34 745 440,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-34 745 440,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 571 091,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-45 571 091,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік ішкі қарыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 571 091,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -34979,518 +35278,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-45 571 091,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыз алу келісім-шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 571 091,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-45 571 091,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 759 974,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-11 759 974,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+452</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауданның (облыстық маңызы бар қаланың) қаржы бөлімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 759 974,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -35510,518 +35809,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-11 759 974,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті атқарушы органның жоғары тұрған бюджет алдындағы борышын өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 759 974,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-11 759 974,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+934 323,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-934 323,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+934 323,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -36041,227 +36340,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...175 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -36331,51 +36453,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-934 323,3</w:t>
+934 323,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>