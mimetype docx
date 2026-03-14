--- v0 (2025-10-01)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="daac0dc" w14:textId="daac0dc">
+    <w:p w14:paraId="d3efd70" w14:textId="d3efd70">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -603,2975 +603,3051 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Шығыс Қазақстан облысы әкімдігінің </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 жылғы "24" сәуірдегі </w:t>
+              <w:t xml:space="preserve">2025 жылғы "24" сәуірдегі № 98 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 98 қаулысына </w:t>
-[...12 lines deleted...]
-              <w:t>қосымша</w:t>
+              <w:t>қаулысына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Шығыс Қазақстан облысының туризм басқармасы" мемлекеттік мекемесі туралы  ереже</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="5"/>
+        <w:t xml:space="preserve"> "Шығыс Қазақстан облысының туризм басқармасы" мемлекеттік мекемесінің ережесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Ережесі жаңа редакцияда - Шығыс Қазақстан облысы әкімдігінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z16" w:id="6"/>
-[...15 lines deleted...]
-      1. "Шығыс Қазақстан облысының туризм басқармасы" мемлекеттік мекемесі (бұдан әрі - Басқарма) Шығыс Қазақстан облысының аумағында туризмді дамыту, инвестициялар тарту және сыртқы байланыстар жөніндегі мемлекеттік саясатты іске асыру саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+    <w:bookmarkStart w:name="z18" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Шығыс Қазақстан облысының туризм басқармасы" мемлекеттік мекемесі (бұдан әрі – Басқарма) Шығыс Қазақстан облысының аумағында туризмді дамыту, инвестициялар тарту және сыртқы экономикалық байланыстар жөніндегі мемлекеттік саясатты іске асыру саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Басқарма өз қызметін Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституциясына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...53 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z20" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Басқарма, егер оған Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген болса, мемлекет атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+      3. Басқарма мемлекеттік мекеменің ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрі және мемлекеттік тілде өз атауы жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z21" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+      4. Басқарма азаматтық-құқықтық қатынастарға өз атынан түседі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z22" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
+      5. Басқармаға егер Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген болса, оның мемлекет атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z23" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Заңды тұлғаның орналасқан жері: 070019, Қазақстан Республикасы, Шығыс Қазақстан облысы, Өскемен қаласы, М.Горький көшесі, 40.</w:t>
+      6. Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z24" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      7. Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z25" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Заңды тұлғаның орналасқан жері: 070019, Қазақстан Республикасы, Шығыс Қазақстан облысы, Өскемен қаласы, М. Горький көшесі, 40.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z26" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       9. Мемлекеттік органның толық атауы: "Шығыс Қазақстан облысының туризм басқармасы" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Осы Ереже аталған Басқарманың құрылтай құжаты болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес республикалық және (немесе) жергілікті бюджеттерден жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Басқармаға кәсіпкерлік субъектілерімен Басқарма өкілеттігі болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер Басқармаға заңнамалық актілермен табыс әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кірістер егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...95 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 тарау. Мемлекеттік органның міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z30" w:id="17"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-[...58 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z34" w:id="21"/>
-[...15 lines deleted...]
-      4) қолайлы туристік климат құру;</w:t>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бекітілген өлшемшарттарға сәйкес құны айлық есептік көрсеткіштің жүз елу мың еселенген мөлшерінен аспайтын, экономиканың барлық салалары бойынша облыстың инвестициялық жобаларының жалпы өңірлік пулын қалыптастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z35" w:id="22"/>
-[...15 lines deleted...]
-      5) облыстың туристік әлеуетін ішкі және халықаралық нарықтарда ілгерілетудің тиімді жүйесін қалыптастыру;</w:t>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) облыстың қажеттіліктерін ескере отырып, инвесторларды тарту мақсатында өңірдің инвестициялық бағдарламасын қалыптастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z36" w:id="23"/>
-[...15 lines deleted...]
-      6) туристік саланы басқару және дамыту мониторингі жүйесін жетілдіру;</w:t>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) облыстың инвестициялық жобалары бойынша проблемалық мәселелерді қарауды және олар бойынша шешімдер қабылдауды қамтамасыз ете отырып, өңірлік инвестициялық штабтың жұмысын ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z37" w:id="24"/>
-[...15 lines deleted...]
-      7) саяхат жасау кезінде азаматтардың қажеттіліктерін қамтамасыз ететін туристік индустрияны дамыту;</w:t>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өз құзыреті шегінде әлеуетті және іске асырылып жатқан инвестициялық жобалар туралы мәліметтерді Ұлттық цифрлық инвестициялық платформа арқылы уәкілетті мемлекеттік органға ұсынуды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z38" w:id="25"/>
-[...15 lines deleted...]
-      8) туристік индустрияны дамыту есебінен жаңа жұмыс орындарын құру, мемлекет пен Қазақстан Республикасы азаматтарының кірістерін ұлғайту;</w:t>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мүдделі мекемелермен өзара іс-қимыл жасай отырып, "бір терезе" қағидаты бойынша жалпы өңірлік инвестициялық жобалар пулына енгізілген өнеркәсіп және тау-кен металлургиясы секторындағы инвестициялық жобаларды өз құзыреті шегінде сүйемелдеуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z39" w:id="26"/>
-[...15 lines deleted...]
-      9) халықаралық байланыстарды дамыту;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өз құзыреті шегінде инвестициялық жобаларды жалпыұлттық инвестициялық жобалар пулына енгізу процесін бастамалау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z40" w:id="27"/>
-[...15 lines deleted...]
-      10) облысқа отандық және шетелдік инвестицияларды тарту, туризм саласындағы өңірдің инвестициялық тартымдылығын арттыру.</w:t>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) инвестициялық жобаларды сүйемелдеуді, оның ішінде жоба паспортын жасауды, жол картасын қалыптастыруды, инвесторға қызметтер көрсету үшін мемлекеттік органдармен және өзге де ұйымдармен өзара іс-қимылды, сондай-ақ өз құзыреті шегінде "жасыл дәлізге" енгізілген жобаларды жүргізуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z41" w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) туристік ресурстарды дамыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) туристік өнімдер мен көрсетілетін қызметтердің сапасы мен қолжетімділігін арттыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) қолайлы туристік ахуал қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) облыстың туристік әлеуетін ішкі және халықаралық нарықтарда ілгерілетудің тиімді жүйесін қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) туристік саланы дамытудағы басқару және мониторинг жүйесін жетілдіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) азаматтардың саяхат жасау кезіндегі қажеттіліктерін қамтамасыз ететін туристік индустрияны дамыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) туристік индустрияны дамыту есебінен жаңа жұмыс орындарын құру, Қазақстан Республикасы мемлекеті мен азаматтарының кірістерін ұлғайту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) халықаралық байланыстарды дамыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) облыстың туризм саласына отандық және шетелдік инвестицияларды тарту және өңірдің инвестициялық тартымдылығын арттыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) туристік саланы цифрландыру, оның ішінде туризм саласындағы цифрлық сервистер мен платформаларды дамыту, инвестицияларды тарту және халықаралық ынтымақтастықты дамыту үшін цифрлық құралдарды пайдалану, сондай-ақ Шығыс Қазақстан облысының туристік әлеуетін ілгерілету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18) Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Басқарма қызметі саласында, оның ішінде туризм, инвестициялар және сыртқы байланыстар саласында пайдаланылатын ақпараттық жүйелер мен цифрлық ресурстарды қорғауды қамтитын киберқауіпсіздікті қамтамасыз ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z42" w:id="29"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Құқықтары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="32"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      экономикалық жоспарлар мен өңірді дамытудың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген басымдықтары негізінде инвестицияларға қажеттіліктерді ресімдеу және дайындау, сондай-ақ инвестициялық тапсырыстарды қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өңірлік инвестициялық штабтың оң шешімі болған жағдайда Ұлттық цифрлық инвестициялық платформаның ақпараттық жүйесінде инвестициялық жоба паспортын қалыптастыру және инвестициялық жобаларды жалпы өңірлік инвестициялық жобалар пулынан алып тастау рәсімдерін іске асыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңнамада көзделген негіздер болған кезде Ұлттық цифрлық инвестициялық платформа арқылы уәкілетті мемлекеттік органға инвестициялық жобаларды жалпыұлттық инвестициялық жобалар пулынан тоқтата тұру және (немесе) алып тастау туралы сұрау салуларды жіберуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инвестициялық бастама алынғаннан кейін, өз құзыреті шегінде оны іске асыру жөніндегі ұсыныс болып табылатын инвестициялық бастамамен одан әрі жұмыс жүргізу бойынша жауапты лауазымды адамды тағайындайды және заңнамада көзделген шешімдердің қабылдануын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өз құзыреті шегінде уәкілетті органдар мен ұйымдар арқылы инвесторларды сүйемелдеуді және инвесторларға мемлекеттік және өзге де қызметтер көрсетуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамалық актілерінде белгіленген коммерциялық және заңмен қорғалатын өзге де құпияны құрайтын мәліметтерді жария етуге қойылатын талаптарды сақтай отырып, Басқармаға жүктелген функцияларды жүзеге асыру үшін қажетті ақпаратты мемлекеттік органдардан, өзге де ұйымдардың лауазымды тұлғаларынан және жеке тұлғалардан сұрату және алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарма реттейтін салаларда орталық және жергілікті атқарушы органдардың басшыларымен меморандумдар (келісімдер) жасасу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқармаға жүктелген функцияларды жүзеге асыру кезінде мемлекеттік органдар мен өзге де ұйымдардың мамандарын, сондай-ақ шетелдік және жергілікті сарапшылар мен мамандарды жұмысқа тарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z46" w:id="33"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z61" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       халықаралық шарттар (келісімдер) жасасу жөнінде ұсыныстар енгізу, шет елдердің тиісті ведомстволарымен, халықаралық ұйымдармен және шетелдік заңды тұлғалармен келіссөздер жүргізу, шарттар (келісімдер) жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="35"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z62" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамалық актілерінде белгіленген тәртіппен, сондай-ақ олармен келісім бойынша тиісті мемлекеттік органдардың бірлескен актілері негізінде басқа мемлекеттік органдармен, коммерциялық емес және халықаралық ұйымдармен өзара іс-қимыл жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z63" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шығыс Қазақстан облысының әкімдігі мен мәслихаты бекітетін бағдарламаларды әзірлеуге қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен жауапкер, талапкер, үшінші тұлға, оның ішінде облыс әкімінің, облыс әкімдігінің атынан соттарда және басқа мемлекеттік органдарда әрекет ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="36"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="37"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңнамалық актілерде, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де құқықтарды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z52" w:id="38"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z66" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z53" w:id="39"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z67" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасын сақтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z54" w:id="40"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z68" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңдарында белгіленген жағдайларды қоспағанда, өз өкілеттіктерін жүзеге асыру кезінде алынған коммерциялық, қызметтік, заңмен қорғалатын өзге де құпияны құрайтын ақпаратты жария етпеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z69" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      жеке және заңды тұлғалардың өтініштерін Қазақстан Республикасының </w:t>
-[...9 lines deleted...]
-        <w:t>Әкімшілік рәсімдік-процестік кодексінде</w:t>
+      жеке және заңды тұлғалардың өтініштерін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен және мерзімдерде қабылдау және қарау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="41"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z70" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекет басшысының, Қазақстан Республикасы Президенті Әкімшілігінің және Қазақстан Республикасы Үкіметінің, сондай-ақ өзге де жоғары тұрған мемлекеттік органдардың тапсырмаларының уақтылы және сапалы орындалуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z57" w:id="42"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z71" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқармаға бөлінген бюджет қаражатын толық, уақтылы және тиімді пайдалануды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z58" w:id="43"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z72" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реформалар курсын, басқа да мемлекеттік бағдарламалық құжаттарды түсіндіру барысы туралы облыс әкіміне талдамалық анықтама дайындау бойынша жұмысты үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z59" w:id="44"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерге сәйкес мемлекеттік қызметтер көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="46"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүмкіндігі шектеулі тұлғаларға көрсетілетін мемлекеттік қызметтерді алу кезінде қажетті жағдайлар жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z75" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көрсетілетін қызметті алушыларға мемлекеттік қызметтер көрсету тәртібі туралы толық және анық ақпаратты қолжетімді нысанда ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-[...80 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="51"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z76" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес орталық мемлекеттік органдарға, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарына, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдеріне, өзге де көрсетілетін қызметті берушілерге, Мемлекеттік корпорацияға мемлекеттік қызметтер көрсету үшін, оның ішінде ақпараттық жүйелерді интеграциялау арқылы қажетті құжаттар мен ақпаратты ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z77" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызметкерлердің мемлекеттік қызмет көрсету саласындағы біліктілігін арттыру, сондай-ақ мүгедектігі бар тұлғалармен қарым-қатынас жасау дағдыларына үйрету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z78" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетілетін қызметті алушылардың шағымдарын қарау және оларды Қазақстан Республикасының қолданыстағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген мерзімдерде қарау нәтижелері туралы хабардар ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z79" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көрсетілетін қызметті алушылардың мемлекеттік көрсетілетін қызметті орындау сатысы туралы ақпарат алу мүмкіндігін қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z80" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көрсетілетін қызметті алушылардың бұзылған құқықтарын, бостандықтары мен заңды мүдделерін қалпына келтіруге бағытталған шараларды қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z67" w:id="52"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z81" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызметтер көрсету үшін пайдаланылатын, сондай-ақ оларды көрсету үшін қажетті өзекті мәліметтерді қамтитын ақпараттық жүйелердің үздіксіз жұмыс істеуін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z68" w:id="53"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z82" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызмет көрсету сатысы туралы мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне деректерді енгізуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z69" w:id="54"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z83" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, мемлекеттік қызметтер көрсету кезінде ақпараттық жүйелерде сақталған заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалану үшін көрсетілетін қызметті алушының жазбаша келісімін немесе ұялы байланысының абоненттік құрылғысы арқылы электрондық цифрлық қолтаңбасымен расталған келісімін алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z70" w:id="55"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z84" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерде көзделген жағдайларда мемлекеттік қызметтер көрсету үшін цифрлық құжаттар сервисінен электрондық құжаттарды пайдалану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z71" w:id="56"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z85" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңдарында белгіленген жағдайларда және негіздер бойынша мемлекеттік қызметтер көрсетуден бас тарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z72" w:id="57"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z86" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңнамалық актілерде, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z73" w:id="58"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z87" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="61"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z88" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Шығыс Қазақстан облысы аумағында туристік қызмет саласындағы мемлекеттік саясатты іске асырады және үйлестіруді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z89" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) туристік қызметтер көрсету нарығына талдау жасайды және Шығыс Қазақстан облысы аумағында туризмнің дамуы туралы қажетті мәліметтерді уәкілетті органға ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z90" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) облыстық туристік ресурстарды қорғау жөніндегі шараларды әзірлейді және енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="63"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z91" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) "Қазақстан Республикасындағы туристік қызмет туралы" Қазақстан Республикасының 2001 жылғы 13 маусымдағы № 211 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Қазақстан Республикасының Заңы) сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың аумағын қоспағанда, тиісті әкімшілік-аумақтық бірліктің аумағында туристік индустрия объектілерін жоспарлау және салу жөніндегі қызметті үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z92" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) балалар мен жастар лагерьлерінің, туристер бірлестіктерінің қызметіне жәрдем көрсетеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z93" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың аумағында қызметін жүзеге асыратын субъектілерді қоспағанда, туристік қызмет субъектілеріне туристік қызметті ұйымдастыруға байланысты мәселелерде әдістемелік және консультациялық көмек көрсетеді;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z94" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың аумағында жүзеге асырылатын кәсіпкерлікті қоспағанда, халықты жұмыспен қамтуды ұлғайту шарасы ретінде туристік қызмет саласындағы кәсіпкерлікті дамытады және қолдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="64"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z95" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) туристік ақпаратты, оның ішінде туристік әлеует, туризм объектілері және туристік қызметті жүзеге асыратын тұлғалар туралы ақпаратты ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z82" w:id="65"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z96" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) туристік ақпарат орталығын құрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z97" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес туроператорлық қызметті лицензиялауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z98" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың аумағында қызметін жүзеге асыратын гидті қоспағанда, гидті кәсіптік даярлауды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="66"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z99" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) уәкілетті органмен келісу бойынша туристік саланы дамыту жөніндегі іс-шаралар жоспарын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z86" w:id="67"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z100" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) туристік маршруттар мен соқпақтардың мемлекеттік тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z101" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың аумағын қоспағанда, тиісті әкімшілік-аумақтық бірліктің аумағында туризм инфрақұрылымын құрады, туристің қажеттіліктерін қанағаттандыра алатын объектілерді салу мен дамыту бойынша шаралар қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="68"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z102" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) туризмді дамыту үшін туристік қызмет субъектілеріне жағдай жасайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z89" w:id="69"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z103" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) туризм саласындағы бірлескен қызметті іске асыру шеңберінде тікелей шарт жасасу арқылы туристік ақпараттық орталықтарды қаржыландырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z104" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17) Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың аумағында қызметін жүзеге асыратын кәсіпкерлік субъектілерін қоспағанда, туристік қызмет объектілерін салу, реконструкциялау кезіндегі кәсіпкерлік субъектілері шығындарының бір бөлігін өтейді;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z105" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18) Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың санитариялық-гигиеналық тораптарының тізбесін қоспағанда, уәкілетті органмен келісу бойынша күтіп-ұсталуы кезіндегі шығындардың бір бөлігі өтелетін санитариялық-гигиеналық тораптардың тізбелерін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="70"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z106" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) елді мекендерден тыс жердегі туристерді орналастыру орындарына дейін облыстық және аудандық маңызы бар кірме автомобиль жолдарын салу, реконструкциялау, жөндеу және күтіп-ұстау жөніндегі шараларды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z107" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20) Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың аумағындағы жол бойындағы сервис объектілерін қоспағанда, кәсіпкерлік субъектілерінің жол бойындағы сервис объектілерін салу бойынша шығындарының бір бөлігін өтейді;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z108" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21) Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың аумағындағы санитариялық-гигиеналық тораптарды қоспағанда, кәсіпкерлік субъектілерінің санитариялық-гигиеналық тораптарды күтіп-ұстауға арналған шығындарының бір бөлігін субсидиялайды;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z109" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22) Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың аумағында туристік қызметті жүзеге асыратын кәсіпкерлік субъектілері сатып алатын автомобиль көлігі құралдарын қоспағанда, туристік қызметті жүзеге асыратын кәсіпкерлік субъектілеріне сыйымдылығы жүргiзушiнiң орнын есепке алмағанда сегiзден астам отыратын орны бар автомобиль көлік құралдарын сатып алу бойынша шығындардың бір бөлігін өтейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="71"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z110" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) Шығыс Қазақстан облысының аумағында халықаралық ынтымақтастық саласындағы мемлекеттік саясатты іске асырады және үйлестіруді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z98" w:id="73"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z111" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) инвестициялар жөніндегі уәкілетті органға инвесторлар және олардың инвестициялық жобалары туралы мәліметтерді ұсынуды, сондай-ақ ақпараттандыру объектілерін Ұлттық цифрлық инвестициялық платформада инвесторлар тізілімімен интеграциялауды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z112" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) облыс аумағында инвестициялық ахуалды дамыту үшін жағдай жасайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z113" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген мерзімдерге сәйкес мемлекеттік қызметшілерді дайындау, қайта даярлау және біліктілігін арттыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z114" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27) жергілікті мемлекеттік басқарудың мүддесі үшін Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамасымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z115" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...55 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік орган басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z104" w:id="78"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z116" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Басқармаға басшылықты Басқармаға жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болатын басшы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z117" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Басқарма басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z118" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Басқарма басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z119" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Басқарма басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z106" w:id="80"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z120" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Басқарма жұмысын ұйымдастырады және оған басшылық жасайды, Басқармаға жүктелген міндеттердің орындалуына және өз функцияларын жүзеге асыруға дербес жауапты болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z121" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Басқарма басшысының орынбасары мен бөлімдер басшыларының міндеттері мен өкілеттіктерін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z107" w:id="81"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z122" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Басқармада сыбайлас жемқорлық құқық бұзушылықтарға қарсы іс-қимылға бағытталған шараларды қабылдайды және осы шаралардың әрекетсіздігі үшін дербес жауапты болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-[...37 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z123" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қолданыстағы заңнамаға сәйкес Басқарма қызметкерлерін лауазымға тағайындайды және лауазымнан босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z124" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) қолданыстағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен Басқарма қызметкерлерін көтермелейді, оларға тәртіптік жаза қолданады;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z125" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртіппен облыс әкімінің ұйымдастырушылық қызметіне қатысты келіп түскен петицияларды қарайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z126" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) өз өкілеттігі шегінде бұйрықтар шығарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z127" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Басқарманың бөлімдер туралы ережелерін және қызметкерлердің лауазымдық нұсқаулықтарын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z128" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) мемлекеттік органдарда, өзге де ұйымдарда Басқарма мүдделерін білдіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z129" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Қазақстан Республикасының қолданыстағы заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z130" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарма басшысы болмаған кезеңде оның өкілеттіктерін атқаруды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z131" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...175 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-[...37 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z132" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Басқарманың заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z133" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Басқарма мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="91"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z122" w:id="93"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z134" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Басқармаға бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z135" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Басқарма егер заңнамада өзгеше белгіленбесе, өзіне бекітілген мүлікті және оған қаржыландыру жоспары бойынша берілген қаражат есебінен сатып алынған мүлікті өз бетінше иеліктен шығаруға немесе оған өзге тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z136" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-[...25 lines deleted...]
-    <w:bookmarkStart w:name="z124" w:id="94"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z137" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z138" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарма қарамағындағы ұйым</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z139" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. "Шығыс Қазақстан облысы туризм басқармасының Шығыс Қазақстан облысының туристік ақпараттық орталығы" коммуналдық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>