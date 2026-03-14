--- v0 (2025-11-10)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="72eeedd" w14:textId="72eeedd">
+    <w:p w14:paraId="ce8a1ec" w14:textId="ce8a1ec">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,61 +83,100 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Сауран ауданының ауылдық елді мекендеріне жұмыс істеуге және тұруға келген денсаулық сақтау, білім беру, әлеуметтік қамсыздандыру, мәдениет, спорт және агроөнеркәсіптік кешен саласындағы мамандарға, ауылдар, кенттер, ауылдық округтер әкімдері аппараттарының мемлекеттік қызметшілеріне 2025 жылы көтерме жәрдемақы және тұрғын үй сатып алу немесе салу үшін бюджеттік кредит беру туралы"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мерзімі біткен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Түркістан облысы Сауран аудандық мәслихатының 2025 жылғы 3 наурыздағы № 218 шешімі</w:t>
+        <w:t>Түркістан облысы Сауран аудандық мәслихатының 2025 жылғы 3 наурыздағы № 218 шешімі. Мерзімі өткендіктен қолданыс тоқтатылды</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының "Агроөнеркәсіптік кешенді және ауылдық аумақтарды дамытуды мемлекеттік реттеу туралы" Заңының 18 бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>