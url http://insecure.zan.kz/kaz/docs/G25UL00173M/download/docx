--- v0 (2025-11-11)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="203ebd9" w14:textId="203ebd9">
+    <w:p w14:paraId="516fa98" w14:textId="516fa98">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,61 +83,100 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Созақ ауданының ауылдық елді мекендеріне жұмыс істеуге және тұруға келген денсаулық сақтау, білім беру, әлеуметтік қамсыздандыру, мәдениет, спорт және агроөнеркәсіптік кешен саласындағы мамандарға, ауылдар, кенттер ауылдық округтер әкімдері аппараттарының мемлекеттік қызметшілеріне 2025 жылы әлеуметтік қолдау көрсету туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мерзімі біткен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Түркістан облысы Созақ аудандық мәслихатының 2025 жылғы 19 наурыздағы № 173 шешімі</w:t>
+        <w:t>Түркістан облысы Созақ аудандық мәслихатының 2025 жылғы 19 наурыздағы № 173 шешімі. Мерзімі өткендіктен қолданыс тоқтатылды</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін – өзі басқару туралы" Заңының 6-бабы 1-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>