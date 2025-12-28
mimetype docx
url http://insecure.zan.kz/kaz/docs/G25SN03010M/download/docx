--- v0 (2025-10-15)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="aec0b1a" w14:textId="aec0b1a">
+    <w:p w14:paraId="e96bac2" w14:textId="e96bac2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,754 +152,794 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Бюджет кодексінің 7, 91-баптарына, Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының 6-бабына, "Құқықтық актілер туралы" Қазақстан Республикасы Заңының 27-бабының 2-тармағына сәйкес Солтүстік Қазақстан облысы Шал ақын ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. 2025-2027 жылдарға арналған Шал ақын ауданы Семипол ауылдық округінің бюджеті тиісінше 1, 2, 3-қосымшаларға сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
+      1. 2025-2027 жылдарға арналған Шал акын ауданы Семипол ауылдық округінің бюджеті тиісінше 1, 2, 3-қосымшаларға сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 357 204 мың теңге:</w:t>
+      1) кірістер – 360 548 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 7 674 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 349 530 мың теңге;</w:t>
+      трансферттер түсімі – 352 874 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 357 802,4 мың теңге;</w:t>
+      2) шығындар – 361 146,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3) таза бюджеттік кредиттеу – 0 мың теңге:</w:t>
+        <w:t xml:space="preserve">
+      3) таза бюджеттік кредиттеу – 0 мың теңге: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -598,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 598,4 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары – 598,4 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Шал ақын ауданы мәслихатының 15.10.2025 № 34/4 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған Семипол ауылдық округінің бюджетінің кірістері Қазақстан Республикасының Бюджеттік кодексінің 168-бабының 7-тармағына сәйкес, келесі салықтық түсімдер есебінен қалыптастырылатыны белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ауылдың аумағында мемлекеттік кіріс органдарында тіркеу есебіне қою кезінде мәлімделген:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дара кәсіпкер, жекеше нотариус, жеке сот орындаушысы, адвокат, кәсіпқой медиатор үшін- тұрған жері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалған жеке тұлғалар үшін – тұрғылықты жері орналасқан жеке тұлғалар дербес салық салуға жататын кірістер бойынша жеке табыс салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Семипол ауылдық округінің аумағындағы осы салықты салу объектілері бойынша жеке тұлғалардың мүлкіне салынатын салықтан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Семипол ауылдық округінің аумағындағы жер учаскелері бойынша жеке және заңды тұлғалардан алынатын, елдi мекендер жерлерiне салынатын жер салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мыналардан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрғылықты жері Семипол ауылдық округінің аумағындағы жеке тұлғалардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өздерінің құрылтай құжаттарында көрсетілетін тұрған жері Семипол ауылдық округінің аумағында орналасқан заңды тұлғалардан алынатын көлік құралдары салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бірыңғай жер салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жер учаскелерінен пайдаланғаны үшін төлемақыдан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға арналған Семипол ауылдық округінің бюджетіне аудандық бюджеттен берілетін бюджеттік субвенция 271 332 мың теңге сомасында белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған Семипол ауылдық округінің бюджетіне республикалық, облыстық және аудандық бюджеттен нысаналы трансферттер түсімі ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аталған нысаналы трансферттерді бөлу "2025-2027 жылдарға арналған Шал ақын ауданының Семипол ауылдық округінің бюджетін бекіту туралы" Шал ақын ауданы мәслихатының шешімін іске асыру туралы" Солтүстік Қазақстан облысы Шал ақын ауданы Семипол ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Солтүстік Қазақстан облысы Шал ақын ауданы мәслихатының мынадай шешімдерінің күші жойылды деп танылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Солтүстік Қазақстан облысы Шал ақын ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 26/16 "2025-2027 жылдарға арналған Шал ақын ауданы Семипол ауылдық округінің бюджетін бекіту туралы" шешімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Солтүстік Қазақстан облысы Шал ақын ауданы мәслихатының 2025 жылғы 28 ақпандағы № 28/11 "Солтүстік Қазақстан облысы Шал ақын ауданы маслихатының 2024 жылғы 27 желтоқсандағы № 26/16 "2025-2027 жылдарға арналған Шал ақын ауданы Семипол ауылдық округінің бюджетін бекіту туралы" шешіміне өзгерістер енгізу туралы" шешімі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1337,130 +1377,511 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z48" w:id="38"/>
+    <w:bookmarkStart w:name="z48" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Шал ақын ауданы Семипол ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Солтүстік Қазақстан облысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шал ақын ауданы мәслихатының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы 8 мамырдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 30/10 шешіміне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z54" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026 жылға арналған Шал ақын ауданы Семипол ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Шал ақын ауданы мәслихатының 15.10.2025 № 34/4 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z55" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="39"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1919,51 +2340,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-357 204</w:t>
+360 548</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3877,51 +4298,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-349 530</w:t>
+352 874</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4055,51 +4476,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-349 530</w:t>
+352 874</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4233,51 +4654,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-349 530</w:t>
+352 874</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4949,51 +5370,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-357 802.4</w:t>
+361 146,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5994,51 +6415,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 100</w:t>
+2 770</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6203,51 +6624,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 100</w:t>
+2 770</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6412,51 +6833,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 100</w:t>
+2 770</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6621,51 +7042,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 700</w:t>
+2 120</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6830,51 +7251,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-400</w:t>
+650</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7875,51 +8296,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-318 332</w:t>
+306 049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8084,51 +8505,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-318 332</w:t>
+306 049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8293,51 +8714,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 318 332</w:t>
+306 049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8502,51 +8923,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 318 332</w:t>
+306 049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8711,51 +9132,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,4</w:t>
+14 957,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8920,51 +9341,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,4</w:t>
+14 957,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9129,51 +9550,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,4</w:t>
+14 957,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9466,128 +9887,186 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+051</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңнаманы өзгертуге байланысты</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоғары тұрған бюджеттің шығындарын</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өтеуге төменгі тұрған бюджеттен</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ағымдағы нысаналы трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 957</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9712,51 +10191,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9917,51 +10396,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттерді өтеу</w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10122,51 +10601,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10327,51 +10806,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржы активтерін сатып алу</w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10532,51 +11011,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10737,87 +11216,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) Бюджет тапшылығы (профициті)</w:t>
-[...35 lines deleted...]
--598,4</w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10942,87 +11421,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
-[...35 lines deleted...]
-598,4</w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-598,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11147,87 +11626,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздар түсімдері</w:t>
-[...35 lines deleted...]
-0</w:t>
+6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+598,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11352,51 +11831,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздарды өтеу</w:t>
+Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11420,707 +11899,734 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...153 lines deleted...]
-Сомасы, мың теңге</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...104 lines deleted...]
-            </w:pPr>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...109 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Бюджет қаражаты қалдықтары</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12177,10229 +12683,228 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Бюджет қаражатының бос қалдықтары</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 598,4</w:t>
-            </w:r>
-[...81 lines deleted...]
-              <w:t>Солтүстік Қазақстан облысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...332 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9610 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -22469,51 +12974,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+598,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>