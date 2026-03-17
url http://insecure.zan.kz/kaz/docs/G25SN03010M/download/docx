--- v1 (2025-12-28)
+++ v2 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e96bac2" w14:textId="e96bac2">
+    <w:p w14:paraId="8794402" w14:textId="8794402">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -23229,55 +23229,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>