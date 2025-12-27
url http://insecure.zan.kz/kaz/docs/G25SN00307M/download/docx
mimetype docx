--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0850d42" w14:textId="0850d42">
+    <w:p w14:paraId="a3f6e20" w14:textId="a3f6e20">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -172,714 +172,754 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. 2025-2027 жылдарға арналған Шал ақын ауданы Жаңажол ауылдық округі бюджеті тиісінше 1, 2, 3-қосымшаларға сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 94 719 мың теңге:</w:t>
+      1) кірістер – 136 985 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 3 375 мың теңге;</w:t>
+      салықтық түсімдер – 4 492 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 91 344 мың теңге;</w:t>
+      трансферттер түсімі – 132 493 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 94 724 мың теңге;</w:t>
+      2) шығындар – 137 149 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) таза бюджеттік кредиттеу – 0 мың теңге: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қаржы активтерін сатып алу – 0 мың теңге;</w:t>
+      қаржы активтерін сатып алу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -5 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -164 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 5 мың теңге:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 164 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 5 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 164 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Шал ақын ауданы мәслихатының 04.09.2025 № 33/13 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған Жаңажол ауылдық округінің бюджетінің кірістері Қазақстан Республикасының Бюджеттік кодексінің 168-бабының 7-тармағына сәйкес, келесі салықтық түсімдер есебінен қалыптастырылатыны белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ауылдың аумағында мемлекеттік кіріс органдарында тіркеу есебіне қою кезінде мәлімделген:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дара кәсіпкер, жекеше нотариус, жеке сот орындаушысы, адвокат, кәсіпқой медиатор үшін – тұрған жері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалған жеке тұлғалар үшін – тұрғылықты жері орналасқан жеке тұлғалар дербес салық салуға жататын кірістер бойынша жеке табыс салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Жаңажол ауылдық округінің аумағындағы осы салықты салу объектілері бойынша жеке тұлғалардың мүлкіне салынатын салықтан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Жаңажол ауылдық округінің аумағындағы жер учаскелері бойынша жеке және заңды тұлғалардан алынатын, елдi мекендер жерлерiне салынатын жер салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мыналардан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрғылықты жері Жаңажол ауылдық округі аумағындағы жеке тұлғалардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өздерінің құрылтай құжаттарында көрсетілетін тұрған жері Жаңажол ауылдық округінің аумағында орналасқан заңды тұлғалардан алынатын көлік құралдары салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бірыңғай жер салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жер учаскелерін пайдаланғаны үшін төлемақыдан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға арналған Жаңажол ауылдық округінің бюджетіне аудандық бюджеттен берілетін бюджеттік субвенция 12 000 мың теңге сомасында белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған Жаңажол ауылдық округінің бюджетіне республикалық, облыстық және аудандық бюджеттен нысаналы трансферттер түсімі ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аталған нысаналы трансферттерді бөлу "2025-2027 жылдарға арналған Шал ақын ауданының Жаңажол ауылдық округінің бюджетін бекіту туралы" Шал ақын ауданы мәслихатының шешімін іске асыру туралы" Солтүстік Қазақстан облысы Шал ақын ауданы Жаңажол ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Солтүстік Қазақстан облысы Шал ақын ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 26/13 "2025-2027 жылдарға арналған Шал ақын ауданы Жаңажол ауылдық округінің бюджетін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1317,130 +1357,150 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Шал ақын ауданы Жаңажол ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Шал ақын ауданы мәслихатының 04.09.2025 № 33/13 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z47" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="36"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1899,51 +1959,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94 719</w:t>
+136 985</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2077,51 +2137,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 375</w:t>
+4 492</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2219,87 +2279,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табыс салығы</w:t>
-[...35 lines deleted...]
-321</w:t>
+Табыс салығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+880</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2433,51 +2493,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-321</w:t>
+880</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2611,51 +2671,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 054</w:t>
+3 612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2753,51 +2813,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлiкке салынатын салықтар</w:t>
+Мүлiкке салынатын салықтар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2931,51 +2991,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жер салығы</w:t>
+Жер салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3109,87 +3169,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiк құралдарына салынатын салық</w:t>
-[...35 lines deleted...]
-1 883</w:t>
+Көлiк құралдарына салынатын салық </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 441</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3857,51 +3917,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91 344</w:t>
+132 493</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4035,51 +4095,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91 344</w:t>
+132 493</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4213,51 +4273,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91 344</w:t>
+132 493</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4929,51 +4989,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94 724</w:t>
+137 149</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5138,51 +5198,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 189</w:t>
+43 465</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5347,51 +5407,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 189</w:t>
+43 465</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5556,51 +5616,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 189</w:t>
+43 465</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5765,51 +5825,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 189</w:t>
+43 465</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5974,51 +6034,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 030</w:t>
+2 280</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6183,51 +6243,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 030</w:t>
+2 280</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6392,51 +6452,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 030</w:t>
+2 280</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6810,51 +6870,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-400</w:t>
+650</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7019,51 +7079,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 500</w:t>
+91 399</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7228,51 +7288,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 500</w:t>
+91 399</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7437,51 +7497,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 500</w:t>
+91 399</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7855,51 +7915,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 000</w:t>
+90 899</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8028,51 +8088,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансфертер</w:t>
+Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8237,51 +8297,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансфертер</w:t>
+Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8655,51 +8715,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пайдаланылмаған (толық пайдаланылмаған) мақсатты трансферттерді қайтару</w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10126,51 +10186,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--5</w:t>
+-164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10331,51 +10391,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11291,51 +11351,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11469,51 +11529,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11647,51 +11707,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>