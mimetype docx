--- v1 (2025-12-27)
+++ v2 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a3f6e20" w14:textId="a3f6e20">
+    <w:p w14:paraId="930342a" w14:textId="930342a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -31469,55 +31469,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>