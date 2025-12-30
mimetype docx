--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="50d9941" w14:textId="50d9941">
+    <w:p w14:paraId="f0a2feb" w14:textId="f0a2feb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -312,874 +312,934 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 1 388 203 мың теңге:</w:t>
+      1) кірістер – 1 420 470 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 151 137 мың теңге;</w:t>
+      салықтық түсімдер – 196 937 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 218 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 1 236 848 мың теңге;</w:t>
+      трансферттер түсімі – 1 223 315 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 1 394 366,5 мың теңге;</w:t>
+      2) шығындар – 1 426 633,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) таза бюджеттік кредиттеу – 0 мың теңге: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қаржы активтерін сатып алу – 0 мың теңге;</w:t>
+      қаржы активтерін сатып алу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -6 163,5 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – - 6 163,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 6 163,5 мың теңге:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 6 163,5 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 6 163,5 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 6 163,5 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Шал ақын ауданы мәслихатының 04.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 33/9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған Сергеевка қаласының бюджетінің кірістері Қазақстан Республикасының Бюджеттік кодексінің 168-бабының 7-тармағына сәйкес, келесі салықтық түсімдер есебінен қалыптастырылатыны белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Сергеевка қаласының аумағында мемлекеттік кіріс органдарында тіркеу есебіне қою кезінде мәлімделген:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дара кәсіпкер, жекеше нотариус, жеке сот орындаушысы, адвокат, кәсіпқой медиатор үшін – тұрған жері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалған жеке тұлғалар үшін – тұрғылықты жері орналасқан жеке тұлғалар дербес салық салуға жататын кірістер бойынша жеке табыс салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Сергеевка қаласының аумағындағы осы салықты салу объектілері бойынша жеке тұлғалардың мүлкіне салынатын салықтан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Сергеевка қаласының аумағындағы жер учаскелері бойынша жеке және заңды тұлғалардан алынатын, елдi мекендер жерлерiне салынатын жер салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мыналардан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрғылықты жері Сергеевка қаласының аумағындағы жеке тұлғалардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өздерінің құрылтай құжаттарында көрсетілетін тұрған жері Сергеевка қаласының аумағында орналасқан заңды тұлғалардан алынатын көлік құралдары салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бірыңғай жер салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жер учаскелерінен пайдаланғаны үшін төлемақыдан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) сыртқы (көрнекі) жарнамадан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қаладағы үй-жайлардың шегінен тыс ашық кеңістіктен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға арналған Сергеевка қаласы бюджетінің кірістері аудандық маңызы бар қала бюджетінде басқа да салықтық емес түсімдер есебінен белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған Сергевка қаласының бюджетінде республикалық және облыстық бюджеттен нысаналы трансферттер түсімі ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аталған нысаналы трансферттерді бөлу "2025-2027 жылдарға арналған Шал ақын ауданы Сергеевка қаласының бюджетін бекіту туралы" Шал ақын ауданы мәслихатының шешімін іске асыру туралы" Солтүстік Қазақстан облысы Шал ақын ауданы Сергеевка қаласы әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған Сергеевка қаласының бюджетінде Қазақстан Республикасының Ұлттық қорынан берілетін нысаналы трансферт есебінен нысаналы даму трансферттерінің түсімі ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Ұлттық қорынан аталған нысаналы даму трансферттерін бөлу "2025-2027 жылдарға арналған Шал ақын ауданы Сергеевка қаласының бюджетін бекіту туралы" Шал ақын ауданы мәслихатының шешімін іске асыру туралы" Солтүстік Қазақстан облысы Шал ақын ауданы Сергеевка қаласы әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 2025 жылға арналған Сергеевка қаласының бюджетінде аудандық бюджетке берілетін бюджеттік алып қоюлар 27 105 мың теңге сомасында көзделсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Солтүстік Қазақстан облысы Шал ақын ауданы мәслихатының мынадай шешімдерінің күші жойылды деп танылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Солтүстік Қазақстан облысы Шал ақын ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 26/8 "2025-2027 жылдарға арналған Шал ақын ауданы Сергеевка қаласының бюджетін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Солтүстік Қазақстан облысы Шал ақын ауданы мәслихатының 2025 жылғы 28 ақпандағы № 28/6 "Солтүстік Қазақстан облысы Шал ақын ауданы мәслихатының "2025-2027 жылдарға арналған Шал ақын ауданы Сергеевка қаласының бюджетін бекіту туралы" шешіміне өзгерістер енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1617,65 +1677,12330 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z53" w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Шал ақын ауданы Сергеевка қаласының бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Шал ақын ауданы мәслихатының 04.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 33/9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Кірістер:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 420 470</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+196 937</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+147 083</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+147 083</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 534</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 934</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 154</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 118</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіпкерлік және кәсіби қызметті жүргізгені үшін алынатын алымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+218</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+218</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+218</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 223 315</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 223 315</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 223 315</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 426 633,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75 239</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75 239</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75 239</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75 039</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+318 431</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+318 431</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+318 431</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 947</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерлеу орындарын ұстау және туыстары жоқ адамдарды жерлеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+232 784</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 005 858</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 005 858</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 005 858</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын салу және реконструкциялау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+945 358</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60 500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 105,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 105,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 105,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+043</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік алып коюлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 6 163,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 163,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 163,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 163,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 163,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Солтүстік Қазақстан облысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шал ақын ауданы мәслихатының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы 8 мамырдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 30/2 шешіміне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z59" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026 жылға арналған Шал ақын ауданы Сергеевка қаласының бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -2199,51 +14524,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 388 203</w:t>
+151 355</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4702,924 +17027,967 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 218</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...129 lines deleted...]
- 1 236 848</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...135 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...114 lines deleted...]
-          </w:p>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...105 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...58 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+151 355</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...101 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59 603</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5637,152 +18005,198 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...100 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59 603</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5832,578 +18246,582 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-1 394 366,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59 603</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-64 339</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59 603</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-64 339</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+91 752</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6423,196 +18841,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-64 339</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+91 752</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6664,164 +19082,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-64 139</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+91 752</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6914,332 +19332,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-022</w:t>
-[...71 lines deleted...]
-200</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41 947</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-292 031</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7259,196 +19677,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-292 031</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерлеу орындарын ұстау және туыстары жоқ адамдарды жерлеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7500,164 +19918,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-292 031</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 105</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7741,132 +20159,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-41 947</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7950,132 +20364,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-19 200</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8159,132 +20569,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-500</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8368,341 +20774,333 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-230 384</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-1 040 891</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8722,196 +21120,192 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1 040 891</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8963,164 +21357,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1 040 891</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9204,132 +21594,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-960 891</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9413,968 +21799,883 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-50 000</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-27 105,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-27 105,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-27 105,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-27 105</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10394,196 +22695,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-0,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10614,2859 +22884,81 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...2056 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші сыныбы</w:t>
-[...718 lines deleted...]
-              <w:t>
  1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -13495,51 +22987,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 163,5</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -13838,9468 +23330,74 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="44"/>
-[...9393 lines deleted...]
-    <w:bookmarkStart w:name="z65" w:id="45"/>
+    <w:bookmarkStart w:name="z65" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Шал ақын ауданы Сергеевка қаласының бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -32359,55 +32457,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -32733,31 +32831,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>