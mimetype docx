--- v1 (2025-12-30)
+++ v2 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f0a2feb" w14:textId="f0a2feb">
+    <w:p w14:paraId="378dfdc" w14:textId="378dfdc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -32457,55 +32457,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>