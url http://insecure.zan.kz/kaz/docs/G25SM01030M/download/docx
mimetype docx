--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9c4da60" w14:textId="9c4da60">
+    <w:p w14:paraId="f03c9f8" w14:textId="f03c9f8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -332,1134 +332,1292 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 38 016 мың теңге:</w:t>
+      кірістер – 39 250,8 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 2 775 мың теңге;</w:t>
+      салықтық түсімдер – 3 009,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 66 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 35 175 мың теңге;</w:t>
+      трансферттер түсімі – 36 175 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 38 016,2 мың теңге;</w:t>
+      2) шығындар – 40 321,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -0,2 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -1 070,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) –0,2 мың теңге;</w:t>
+      6) бюджеттің мұнай емес тапшылығы (профициті) - -1 070,5</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1 070,5 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 0,2 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары –1 070,5 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Уәлиханов ауданы мәслихатының 27.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14-33 с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған Каратерек ауылдық округі бюджетінің кірістері Қазақстан Республикасының Бюджет кодексіне сәйкес мына салықтық түсімдер есебінен қалыптастырылатыны белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) егер осы Кодекстің 26-бабының 1) тармағының 2) тармақшасында өзгеше белгіленбесе, мемлекеттік кірістер органында тіркеу есебіне қою кезінде мәлімделген:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дара кәсіпкер, жекеше нотариус, жеке сот орындаушысы, адвокат, кәсіпқой медиатор үшін – тұрған жері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалған жеке тұлғалар үшін – тұрғылықты жері аудандық маңызы бар қаланың, ауылдың, кенттің аумағында орналасқан жеке тұлғалар дербес салық салуға жататын кірістер бойынша жеке табыс салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аудандық маңызы бар қала, ауыл, кент, ауылдық округ аумағындағы осы салық салу объектілері бойынша жеке тұлғаларға салынатын мүлік салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аудандық маңызы бар қала, ауыл, кент аумағындағы жер учаскелері бойынша жеке және заңды тұлғалардан алынатын, елді мекендердің жерлеріне салынатын жер салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мыналардан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрғылықты жері аудандық маңызы бар қала, ауыл, кент аумағындағы жеке тұлғалардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өздерінің құрылтай құжаттарында көрсетілген тұрған жері аудандық маңызы бар қаланың, ауылдың, кенттің аумағында орналасқан заңды тұлғалардан алынатын көлік құралы салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бірыңғай жер салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жер учаскелерін пайдаланғаны үшін төлемақы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) сыртқы (көрнекі) жарнаманы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қаладағы, ауылдағы, кенттегі үй-жайлардың шегінен тыс ашық кеңістікте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің аумақтары арқылы өтетін жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекендерден тыс жердегі үй-жайлардың шегінен тыс ашық кеңістікте және жалпыға ортақ пайдаланылатын автомобиль жолдарының бөлінген белдеуінен тыс жерде орналастырғаны үшін төлемақы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) аудандық маңызы бар қала, ауыл, кент, ауылдық округ аумағындағы кең таралған пайдалы қазбаларға, жерасты суларына және емдік балшықтарға салынатын пайдалы қазбаларды өндіру салығы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ауылдық округ бюджетінің кірістері мына салықтық емес түсімдер есебінен қалыптастырылатыны белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі әкімшілік құқық бұзушылықтар үшін салатын айыппұлдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жеке және заңды тұлғалардың ерікті түрдегі алымдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің коммуналдық меншігінен (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) түсетін кірістер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі аппаратының шешімі бойынша құрылған коммуналдық мемлекеттік кәсіпорындардың таза кірісі бөлігінің түсімдері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің коммуналдық меншігіндегі (жергілікті өзін-өзі басқарудың коммуналдық меншігіндегі) заңды тұлғаларға қатысу үлесіне кірістер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің коммуналдық меншігінің (жергілікті өзін-өзі басқарудың коммуналдық меншігінің) мүлкін жалға беруден түсетін кірістер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қала, ауыл, кент, ауылдық округ бюджетінен берілген кредиттер бойынша сыйақылар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандық маңызы бар қаланың, ауылдың, кенттің, ауылдық округтің коммуналдық меншігінен (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) түсетін өзге де кірістер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аудандық маңызы бар қала, ауыл, кент, ауылдық округ бюджетіне түсетін өзге де салықтық емес түсімдер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ауылдық округ бюджетінің кірістері негізгі капиталды сатудан түсетін түсімдер есебінен қалыптастырылатыны белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аудандық маңызы бар қала, ауыл, кент, ауылдық округ бюджетінен қаржыландырылатын мемлекеттік мекемелерге бекітіліп берілген мүлікті сатудан түсетін түсімдер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ауыл шаруашылығы мақсатындағы жер учаскелерін сатудан түсетін түсімдерді қоспағанда, жер учаскелерін сатудан түсетін түсімдер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жер учаскелерін жалдау құқығын сатқаны үшін төлемақы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Аудандық бюджеттен берілетін трансферттер ауылдық округ бюджетіне түсетін трансферттер түсімдері болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z55" w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z55" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Ауылдық бюджетке аудандық бюджеттен берілетін бюджеттік субвенциялар 29 441 мың теңге сомасында қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z56" w:id="52"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. 2025 жылға арналған республикалық бюджеттен берілетін нысаналы трансферттер түсімдері ескерілсін, соның ішінде мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z57" w:id="53"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілген нысаналы трансферттерді аудандық бюджеттен бөлу Уәлиханов ауданының Каратерек ауылдық округі әкімінің "Уәлиханов аудандық мәслихатының "2025-2027 жылдарға арналған Уәлиханов ауданы Каратерек ауылдық округінің бюджетін бекіту туралы" шешімін іске асыру туралы" шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z58" w:id="54"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z58" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. 2025 жылғы арналған ауылдық бюджетте әкім аппаратын ұстауға аудандық бюджеттен берілетін нысаналы трансфеттер ескерілсін. Көрсетілген нысаналы трансферттерді аудандық бюджеттен бөлу Уәлиханов ауданының Каратерек ауылдық округі әкімінің "Уәлиханов аудандық мәслихатының "2025-2027 жылдарға арналған Уәлиханов ауданы Каратерек ауылдық округінің бюджетін бекіту туралы" шешімін іске асыру туралы" шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z59" w:id="55"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1. 4-қосымшаға сәйкес аудандық бюджетте қаржылық жылдың басында 1 070,5 мың теңге сомасында қалыптасқан бюджеттік қаражаттың бос қалдықтары есебінен шығыстар қарастырылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Шешім 8-1-тармақпен толықтырылды - Солтүстік Қазақстан облысы Уәлиханов ауданы мәслихатының 27.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14-33 с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Уәлиханов аудандық мәслихатының 2024 жылғы 27 желтоқсандағы №10-25с "2025-2027 жылдарға арналған Уәлиханов ауданы Қаратерек ауылдық округінің бюджетін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z60" w:id="56"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z60" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1767,65 +1925,11397 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№10-30 с шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Уәлиханов ауданы Каратерек ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Уәлиханов ауданы мәслихатының 27.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14-33 с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39250,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3009,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1140,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+216,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+817,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1869</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1869</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40321,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30140,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30140,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30140,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1502</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1502</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1232</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+270</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8036</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8036</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8036</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+643</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+643</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+643</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толықпайдаланылмаған) нысаналытрансферттердіқайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтері мен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1070,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6)бюджеттің мұнай емес тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1070,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1070,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік ішкі қарыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыз алу келісім-шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1070,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1070,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1070,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уәлиханов аудандық мәслихатының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы 6 мамырдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№10-30 с шешіміне 2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z74" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026 жылға арналған Уәлиханов ауданы Каратерек ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -1903,51 +13393,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z66" w:id="58"/>
+          <w:bookmarkStart w:name="z75" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -2456,51 +13946,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38016</w:t>
+39 981,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2633,51 +14123,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2775</w:t>
+2 928,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2810,51 +14300,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-906</w:t>
+956,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2987,51 +14477,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
+21,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3164,51 +14654,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-799</w:t>
+843,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3341,51 +14831,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87</w:t>
+92,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3518,51 +15008,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1869</w:t>
+1 972,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3695,51 +15185,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1869</w:t>
+1 972,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3872,51 +15362,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66</w:t>
+70,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4049,51 +15539,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66</w:t>
+70,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4226,51 +15716,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66</w:t>
+70,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4580,51 +16070,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35175</w:t>
+36 983,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4757,51 +16247,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35175</w:t>
+36 983,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4934,51 +16424,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35175</w:t>
+36 983,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5035,51 +16525,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z67" w:id="59"/>
+          <w:bookmarkStart w:name="z76" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5588,51 +17078,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38016,2</w:t>
+39 981,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5765,51 +17255,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28135</w:t>
+29 617,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5942,51 +17432,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28135</w:t>
+29 617,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6119,51 +17609,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28135</w:t>
+29 617,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6296,51 +17786,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1202</w:t>
+1 268,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6473,51 +17963,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1202</w:t>
+1 268,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6650,51 +18140,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-932</w:t>
+983,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6827,51 +18317,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-270</w:t>
+285,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7004,51 +18494,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8036</w:t>
+8 418,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7181,51 +18671,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8036</w:t>
+8 418,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7358,51 +18848,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8036</w:t>
+8 418,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7535,51 +19025,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-643</w:t>
+678,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7712,51 +19202,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-643</w:t>
+678,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7889,228 +19379,224 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-643</w:t>
+678,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8130,516 +19616,398 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-0,2</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z77" w:id="60"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="60"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -8689,366 +20057,442 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...78 lines deleted...]
-          </w:p>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-мың теңге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...58 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -9107,218 +20551,260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші сыныбы</w:t>
-[...27 lines deleted...]
-          <w:p/>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Бюджеттік кредиттерді өтеу</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтері мен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9374,128 +20860,124 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Бюджеттік кредиттерді өтеу</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9583,96 +21065,92 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...44 lines deleted...]
-Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9801,51 +21279,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) Қаржы активтері мен операциялар бойынша сальдо</w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9974,51 +21452,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржы активтерін сатып алу</w:t>
+6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10042,156 +21520,160 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10247,160 +21729,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
--0,2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік ішкі қарыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10452,484 +21938,370 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыз алу келісім-шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z78" w:id="61"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="61"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -10988,464 +22360,464 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...73 lines deleted...]
-          </w:p>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-мың теңге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...57 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z79" w:id="62"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="62"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...61 lines deleted...]
-Бағдарлама</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11459,434 +22831,506 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-мың теңге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...58 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -11945,535 +23389,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші сыныбы</w:t>
-[...483 lines deleted...]
-              <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -12502,51 +23461,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,2</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12715,71 +23674,71 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№10-30 с шешіміне 2-қосымша</w:t>
+              <w:t>№10-30 с шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z74" w:id="63"/>
+    <w:bookmarkStart w:name="z83" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2026 жылға арналған Уәлиханов ауданы Каратерек ауылдық округінің бюджеті</w:t>
+        <w:t xml:space="preserve"> 2027 жылға арналған Уәлиханов ауданы Каратерек ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -12857,51 +23816,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z75" w:id="64"/>
+          <w:bookmarkStart w:name="z84" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13410,51 +24369,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39 981,0</w:t>
+41 979,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13587,51 +24546,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 928,0</w:t>
+3 074,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13764,51 +24723,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-956,0</w:t>
+1 004,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13941,51 +24900,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21,0</w:t>
+22,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14046,123 +25005,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...71 lines deleted...]
-843,0</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14223,123 +25182,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...71 lines deleted...]
-92,0</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+885,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14359,164 +25318,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1 972,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+97,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14536,518 +25495,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-1 972,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 070,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-70,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 070,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-70,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15067,695 +26026,695 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-70,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...135 lines deleted...]
-36 983,0</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-36 983,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 832,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15775,1172 +26734,1172 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-36 983,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 832,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-мың теңге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 832,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...57 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z85" w:id="65"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="65"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...61 lines deleted...]
-Бағдарлама</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...103 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-39 981,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-29 617,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41 979,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-29 617,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31 097,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16960,518 +27919,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-29 617,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31 097,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1 268,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31 097,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-1 268,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 331,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17491,164 +28450,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-983,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 331,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17709,477 +28668,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-285,0</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 032,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-8 418,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+299,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-8 418,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 839,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18199,518 +29158,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-8 418,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 839,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-678,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 839,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-678,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+712,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18730,164 +29689,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-678,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+712,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18939,128 +29898,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+712,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19153,428 +30116,470 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-мың теңге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...57 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z86" w:id="66"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="66"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...61 lines deleted...]
-Кіші сыныбы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -19588,270 +30593,224 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -19974,128 +30933,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20183,92 +31142,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...40 lines deleted...]
-4) Қаржы активтері мен операциялар бойынша сальдо</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20397,51 +31360,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржы активтерін сатып алу</w:t>
+4) Қаржы активтері мен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20570,51 +31533,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20743,51 +31706,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) Бюджет тапшылығы (профициті)</w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20916,51 +31879,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану):</w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20984,160 +31947,156 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Қарыздар түсімі</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21161,160 +32120,160 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Мемлекеттік ішкі қарыздар</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21370,505 +32329,551 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Қарыз алу келісім-шарттары</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік ішкі қарыздар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-мың теңге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыз алу келісім-шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...57 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z87" w:id="67"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="67"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...61 lines deleted...]
-Бағдарлама</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -21882,206 +32887,337 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -22128,51 +33264,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z79" w:id="68"/>
+          <w:bookmarkStart w:name="z88" w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -23138,923 +34274,2474 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№10-30 с шешіміне 3-қосымша</w:t>
+              <w:t>№ 10-30 с шешіміне 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z83" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2027 жылға арналған Уәлиханов ауданы Каратерек ауылдық округінің бюджеті</w:t>
+        <w:t xml:space="preserve"> 2025 жылғы 1 қаңтарда қалыптасқан бюджет қаражатының бос қалдықтары бағыттау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Шешім 4-қосымшамен толықтырылды - Солтүстік Қазақстан облысы Уәлиханов ауданы мәслихатының 27.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14-33 с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығыстар:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ерекшелігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1070,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатықалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1070,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1070,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1070,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығыстар:</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...125 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...57 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...61 lines deleted...]
-Кіші сыныбы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бағдарламалардың</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...103 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-41 979,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...135 lines deleted...]
-3 074,0</w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+770,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24083,155 +36770,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-04</w:t>
-[...103 lines deleted...]
-1 004,0</w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+770,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24292,300 +36979,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...71 lines deleted...]
-22,0</w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+770,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24605,164 +37292,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-885,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24823,300 +37510,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...71 lines deleted...]
-97,0</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-2 070,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25136,341 +37823,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-2 070,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-73,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толықпайдаланылмаған) нысаналытрансферттердіқайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25490,8086 +38177,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8034 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1070,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -33601,55 +38362,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -33975,31 +38736,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>