--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9f381a5" w14:textId="9f381a5">
+    <w:p w14:paraId="de9343e" w14:textId="de9343e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -212,634 +212,694 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Солтүстік Қазақстан облысы Тайынша ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Солтүстік Қазақстан облысы Тайынша ауданы Келлер ауылдық округінің 2025 – 2027 жылдарға арналған бюджеті тиісінше осы шешімге 1, 2 және 3-қосымшаларға сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
+      1. Солтүстік Қазақстан облысы Тайынша ауданы Келлер ауылдық округінің 2025-2027 жылдарға арналған бюджеті тиісінше осы шешімге 1, 2 және 3-қосымшаларға сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 65579 мың теңге:</w:t>
+      1) кірістер – 77 627,9 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 25174 мың теңге;</w:t>
+      салықтық түсімдер – 25243,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер - 0 мың теңге;</w:t>
+      салықтық емес түсімдер – 501,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 634 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 564,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 39771 мың теңге;</w:t>
+      трансферттер түсімі – 51 318,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 68669,5 мың теңге;</w:t>
+      2) шығындар – 80 718,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтері мен операциялар бойынша сальдо – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -3090,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – -3090,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 3090,5 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары – 3090,5 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 08.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 355/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 15.10.2025 № 367/26 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тайынша ауданы Келлер ауылдық округінің бюджетінің кірістері Қазақстан Республикасының Бюджет кодексіне сәйкес қалыптастырылатыны белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға арналған республикалық бюджеттен Келлер ауылдық округінің бюджетіне 127 мың теңге мөлшерінде трансферттер бөлінетінін белгілеу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған аудандық бюджеттен Келлер ауылдық округінің бюджетіне 1430 мың теңге мөлшерінде трансферттер бөлінетінін белгілеу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы шешімнің 4-қосымшасына сәйкес, 2025 жылға арналған Келлер ауылдық округінің бюджетінде қаржы жылының басында қалыптасқан бос қалдықтар есебінен шығыстар қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 2025 жылға арналған аудандық бюджеттен Келлер ауылдық округінің бюджетіне 38214 мың теңге мөлшерінде бюджеттік субвенция бөлінетінін белгілеу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының келесі шешімдерінің күші жойылды деп танылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 258/20 "Солтүстік Қазақстан облысы Тайынша ауданы Келлер ауылдық округінің 2025-2027 жылдарға арналған бюджеті туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 2025 жылғы 5 наурыздағы № 284/21 "Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 258/20 "Солтүстік Қазақстан облысы Тайынша ауданы Келлер ауылдық округінің 2025-2027 жылдарға арналған бюджеті туралы" шешіміне өзгерістер мен толықтырулар енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1277,130 +1337,170 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Келлер ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда – Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 08.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 355/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 15.10.2025 № 367/26 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z44" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="30"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1413,70 +1513,68 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z41" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -1852,51 +1950,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65579</w:t>
+77627,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2029,51 +2127,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25174</w:t>
+25243,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2560,51 +2658,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15555</w:t>
+15624,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2914,51 +3012,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-148</w:t>
+129,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3091,51 +3189,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12981</w:t>
+13766,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3268,51 +3366,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2240</w:t>
+1542,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3663,187 +3761,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...135 lines deleted...]
-634</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+501,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3872,155 +3970,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-03</w:t>
-[...103 lines deleted...]
-634</w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+501,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4117,264 +4215,264 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жерді сату</w:t>
-[...35 lines deleted...]
-634</w:t>
+Мұнай секторы ұйымдарынан түсетін, бюджеттен тыс қорларға түсетін түсімдерді қоспағанда, мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+501,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...135 lines deleted...]
-39771</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+564.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4403,155 +4501,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 02</w:t>
-[...103 lines deleted...]
-39771</w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+564.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4612,341 +4710,479 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 3</w:t>
-[...71 lines deleted...]
-39771</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+564.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...104 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51318,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...58 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51318,2</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5005,429 +5241,341 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағдарлама</w:t>
-[...27 lines deleted...]
-          <w:p/>
+ 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51318,2</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
- 68669,5</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5445,166 +5593,120 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...114 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5654,486 +5756,482 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-41749,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2)Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 80718,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-20</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43651</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-13574</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43651</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6153,164 +6251,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-13574</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43631</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6371,300 +6469,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-5623</w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-1500</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23721,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6684,341 +6782,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-6451</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23721,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-11237</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13760,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7038,164 +7136,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-11237</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитарлық тазалығын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7256,300 +7354,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-006</w:t>
-[...71 lines deleted...]
-11237</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8461</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...135 lines deleted...]
-1636</w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11237</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7682,51 +7780,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1636</w:t>
+11237</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7787,300 +7885,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-013</w:t>
-[...71 lines deleted...]
-1636</w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11237</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
-[...135 lines deleted...]
-473,2</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1636</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8213,51 +8311,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-473,2</w:t>
+1636</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8318,296 +8416,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-048</w:t>
-[...71 lines deleted...]
-473,2</w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1636</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+473,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8627,378 +8729,516 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+473,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...104 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+473,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...58 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -9048,473 +9288,449 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...36 lines deleted...]
-          <w:p/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...125 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9528,333 +9744,746 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...100 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z41" w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4)Қаржы активтері мен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -9901,70 +10530,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z43" w:id="33"/>
+          <w:bookmarkStart w:name="z42" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
+          <w:bookmarkEnd w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -12968,68 +13597,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="34"/>
+    <w:bookmarkStart w:name="z49" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Келлер ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -13104,70 +13733,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z50" w:id="35"/>
+          <w:bookmarkStart w:name="z50" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="35"/>
+          <w:bookmarkEnd w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -20875,70 +21504,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z51" w:id="36"/>
+          <w:bookmarkStart w:name="z51" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="36"/>
+          <w:bookmarkEnd w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -21415,70 +22044,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z52" w:id="37"/>
+          <w:bookmarkStart w:name="z52" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="37"/>
+          <w:bookmarkEnd w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -24482,68 +25111,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="38"/>
+    <w:bookmarkStart w:name="z58" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Келлер ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -24618,70 +25247,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z59" w:id="39"/>
+          <w:bookmarkStart w:name="z59" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="39"/>
+          <w:bookmarkEnd w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -32389,70 +33018,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z60" w:id="40"/>
+          <w:bookmarkStart w:name="z60" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="40"/>
+          <w:bookmarkEnd w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -32929,70 +33558,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z61" w:id="41"/>
+          <w:bookmarkStart w:name="z61" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
+          <w:bookmarkEnd w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -35996,68 +36625,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z67" w:id="42"/>
+    <w:bookmarkStart w:name="z67" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылғы 1 қаңтарға қалыптасқан бюджеттік қаражаттардың бос қалдықтарын бағыттау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -36132,70 +36761,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z68" w:id="43"/>
+          <w:bookmarkStart w:name="z68" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="43"/>
+          <w:bookmarkEnd w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -37030,70 +37659,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z69" w:id="44"/>
+          <w:bookmarkStart w:name="z69" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="44"/>
+          <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -38784,55 +39413,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -39158,31 +39787,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>