--- v1 (2025-12-27)
+++ v2 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="de9343e" w14:textId="de9343e">
+    <w:p w14:paraId="ad908d7" w14:textId="ad908d7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -39413,55 +39413,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>