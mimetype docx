--- v0 (2025-12-27)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6a82221" w14:textId="6a82221">
+    <w:p w14:paraId="016b020" w14:textId="016b020">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -868,62 +868,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -941,51 +942,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1349,135 +1350,122 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z40" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Большеизюм ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1507,229 +1495,227 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 15.10.2025 № 368/26 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1298"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3384"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1758,129 +1744,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1903,3451 +1875,3192 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58041,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11188,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2957,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2957,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7962,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 109,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 275,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6669,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 908,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі салықтар тауарларға, жұмыстарға және қызметтерге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 268,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 268,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10782,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10782,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9731,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1050,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5381,164 +5094,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5567,129 +5273,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5712,4221 +5404,3892 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59627,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39975,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39975,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33723</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік органның күрделі шығыстыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2415,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ведомстволық бағыныстағы мемлекеттік мекемелер мен ұйымдардың күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3837</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14978</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14978</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11379</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3599</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1311</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қолданылмаған (түгел қолданылмаған) мақсатты трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9960,164 +9323,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10146,129 +9502,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10291,392 +9633,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10710,180 +10024,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z41" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="30"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="30"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10912,129 +10223,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11057,204 +10354,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11288,180 +10564,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z42" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="31"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11490,129 +10763,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11635,974 +10894,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -1585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -1585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12636,164 +11804,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12822,129 +11983,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12967,392 +12114,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13386,164 +12505,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13572,129 +12684,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13717,583 +12815,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14641,351 +13697,336 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z49" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Большеизюм ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1375"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2852"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z50" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="33"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15014,129 +14055,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15159,3260 +14186,3015 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43504</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12471</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8933</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 113</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5654</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2996</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі салықтар тауарларға, жұмыстарға және қызметтерге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 328</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 328</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1201</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1201</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1201</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29832</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29832</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18446,164 +17228,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18632,129 +17407,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18777,3266 +17538,3007 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43504</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29819</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29819</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29819</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10093</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10093</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5231</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1035</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3827</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2235</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2235</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2235</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1357</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1357</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1357</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22070,164 +20572,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22256,129 +20751,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22401,201 +20882,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22629,180 +21096,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z51" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="34"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22831,375 +21295,333 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23233,180 +21655,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z52" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="35"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="35"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23435,129 +21854,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23580,974 +21985,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24581,164 +22895,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24767,129 +23074,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24912,392 +23205,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25331,164 +23596,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25517,129 +23775,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25662,583 +23906,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26586,351 +24788,336 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z58" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Большеизюм ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1375"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2852"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z59" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="37"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="37"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26959,129 +25146,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27104,3260 +25277,3015 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44265</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12908</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3323</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3323</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9245</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 117</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 176</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5851</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі салықтар тауарларға, жұмыстарға және қызметтерге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1243</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1243</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1243</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30114</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30114</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30391,164 +28319,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30577,129 +28498,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30722,3266 +28629,3007 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44265</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10446</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10446</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5414</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1071</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3961</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2235</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2235</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2235</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34015,164 +31663,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34201,129 +31842,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34346,201 +31973,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34574,180 +32187,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z60" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="38"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="38"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34776,375 +32386,333 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35178,180 +32746,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z61" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="39"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35380,129 +32945,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35525,974 +33076,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36526,164 +33986,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36712,129 +34165,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36857,392 +34296,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37276,164 +34687,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -37462,129 +34866,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37607,583 +34997,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38549,231 +35897,229 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылғы 1 қаңтарға қалыптасқан бюджеттік қаражаттардың бос қалдықтарын бағыттау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1348"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3037"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z68" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1348" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -38802,129 +36148,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1348" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38947,583 +36279,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1831" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1348" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1348" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -39557,183 +36847,173 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3037" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z69" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="42"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1348" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -39762,129 +37042,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1348" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -39907,1929 +37173,1768 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1348" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1585,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1831" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1348" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1348" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1348" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1348" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік органның күрделі шығыстыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1831" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1348" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1348" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1348" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>